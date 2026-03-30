--- v0 (2026-03-04)
+++ v1 (2026-03-30)
@@ -195,1101 +195,1101 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05457254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Enquête sur la pratique du vélo en France entre 60 et 80 ans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Rigal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cycling for all ages and abilities</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Lausanne - Ouvema, Oct 2025, Lausanne ( CH), Suisse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05294335v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La transition écologique: nécessaire et improbable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Rigal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Communicafé Cerema Hauts de France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Cerema Hauts de France, Nov 2025, Lille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05362798v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les effets d’un événement de promotion du vélo : La Fête du Vélo 2025 à Lille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Rigal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olwen Penné</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Réunion Ville de Lille</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Maison des Mobilités Durables, Lille, Jul 2025, Lille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05191123v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freins et leviers pour l'écomobilité. Les enseignements de la sociologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Rigal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mobilité et insertion professionnelle - Accompagner le changement vers des solutions écomobiles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CREM; Région Hauts de France; ADAV, Apr 2025, Lille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05051193v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La pratique du vélo entre 60 et 80 ans en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Rigal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">En selle, seniors !</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Le pavillon des sciences, Sep 2025, Montbeliard, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05249323v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Grande Accélération. Définition et histoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Rigal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire Grande Accélération et Anthropocène</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LASUR, Ecole Polytechnique Fédérale de Lausanne, Nov 2025, Lausanne, Suisse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05385700v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La déshabituation. Une des trois formes du changement individuel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Rigal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire LASUR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LASUR, Ecole Polytechnique Fédérale de Lausanne, Nov 2025, Lausanne, Switzerland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05385695v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Acceptabilité et mécanismes du changement des modes de vie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Rigal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Transition en Action</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ville de Draguignan, Jun 2025, Draguignan, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05101930v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les effets d’un événement de promotion du vélo : La Broc’ à vélo à Lille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Rigal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olwen Penné</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Réunion des partenaires de la Broc' à vélo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Maison des Mobilités Durables, Jun 2025, Lille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05118920v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analyser un événement de promotion du vélo. La Broc' à Vélo de Lille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Rigal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olwen Penné</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rencontres Francophones Transport Mobilité 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université du Littoral Côte d'Opale, Jun 2025, Dunkerke, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05123300v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Analyzing the various appraisals of IRCELYON's research in the environmental crisis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Rigal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Assemblée générale IRCELYON 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IRCELYON, Mar 2025, Villeurbanne (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04993380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ateliers d’autoréparation de vélos: des lieux spécifiques de la ville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Rigal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontres nationales L'Heureux Cyclage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'Heureux Cyclage, Apr 2025, Angoulême, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05032603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Enquête sur la pratique du vélo en France entre 60 et 80 ans</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des conditions d'une mobilisation écologiste planétaire. Exploration théorique et empirique de l’hypothèse de Dana Fisher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Rigal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cycling for all ages and abilities</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Lausanne - Ouvema, Oct 2025, Lausanne ( CH), Suisse</w:t>
+              <w:t xml:space="preserve">Journées d’Etudes du RT38 « Sociologie de l’environnement »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AFS Sociologie de l'environnement, Oct 2024, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">La transition écologique: nécessaire et improbable</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04879197v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'efficacité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Rigal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communicafé Cerema Hauts de France</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Cerema Hauts de France, Nov 2025, Lille, France</w:t>
+              <w:t xml:space="preserve">Lost in Transition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ENTPE, Jun 2024, Vaux en Velin, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...612 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05110619v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réflexions sur le faire sans. L'habitude automobile et au-delà.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Rigal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontres Minimalisme</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Lyon 1; EHESS, Oct 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04879185v1</w:t>
-              </w:r>
-[...136 lines deleted...]
-                <w:t xml:space="preserve">halshs-05110619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards a Worldwide Ritual, Clapping for Carers During COVID-19</w:t>
               </w:r>
@@ -1433,385 +1433,385 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04879095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Towards a Global Ritual</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Rigal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Joseph-Goteiner</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">California Sociological Association 2020 Annual meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, California Sociological Association, Nov 2020, Online, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04879122v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Individual change and tools.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Rigal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">HUGSA Virtual Conference: Designing the Self</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, HUGSA, Jul 2020, Online, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04879130v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Individual change and self-tracking</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Rigal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SNSF Fellows Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SNSF, Jun 2020, Online, Switzerland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04879136v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">From Illich to Self-Tracking</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Rigal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The History of Science / Science and Technology Studies Working Group Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, The History of Science / Science and Technology Studies Working Group, Mar 2020, Berkeley (CA), United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04879143v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Individual changes in the bicycle community workshops</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Rigal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ASA Annual Meeting 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, American Association of Sociology, Aug 2020, Online, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04878643v1</w:t>
-              </w:r>
-[...287 lines deleted...]
-                <w:t xml:space="preserve">halshs-04879143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Visions du futur de la mobilité par des amateurs</w:t>
               </w:r>
@@ -1929,355 +1929,355 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04879163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">What is a Transport Mode?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Rigal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farzaneh Bahrami</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Swiss Mobility Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EPFL; UNIL, Oct 2016, Lausanne, Switzerland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04879171v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Regards d'un philosophe et d'un sociologue sur la question du mode de vie et de son changement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Rigal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maël Goarzin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Philosophie et transdisciplinarité - Journée d'études CUSO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CUSO, Nov 2016, Lausanne, Switzerland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04879160v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Trajectories Tool: Amplifying Network Visualization Complexity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Rigal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dario Rodighiero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loup Cellard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Digital Humanities Conference 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Kraków, Poland, Poland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04799016v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le réseau est mort, vive le réseau ! Ou l'image de pensée réseau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Rigal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Géopoint 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Géopoint, Jun 2016, Lausanne ( CH), Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04878710v1</w:t>
-              </w:r>
-[...257 lines deleted...]
-                <w:t xml:space="preserve">hal-04799016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards a Post-Car World.</w:t>
               </w:r>
@@ -2773,274 +2773,274 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04928817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Planning for plurality of streets: a spheric approach to micromobilities</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cycling Interaction Rituals in the Conflict against the Car. From the Bike Subculture to the City Scale and Beyond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Rigal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Applied Mobilities</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 8 (2), pp.113-128. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/23800127.2022.2095482⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04877777v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Changing Habits in the Cycling Subculture: The Case of Two Bike Workshops in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Rigal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mobilities</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 17 (1), pp.1-18. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/17450101.2021.1984850⟩</w:t>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/17450101.2022.2071630⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...58 lines deleted...]
-                <w:t xml:space="preserve">halshs-04877777v1</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03677900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Changing Habits in the Cycling Subculture: The Case of Two Bike Workshops in France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Planning for plurality of streets: a spheric approach to micromobilities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farzaneh Bahrami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Rigal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mobilities</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, </w:t>
+              <w:t xml:space="preserve">, 2022, 17 (1), pp.1-18. </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/17450101.2022.2071630⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/17450101.2021.1984850⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03677900v1</w:t>
+                <w:t xml:space="preserve">halshs-03604704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A visual model for mobility practices and learnings</w:t>
               </w:r>
@@ -4204,51 +4204,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Daily Design of the Quantified Self</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dario Rodighiero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Rigal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4964,51 +4964,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05457254v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Rigal" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Grimal" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Andr&#233; Horth" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04993380v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05032603v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05294335v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05362798v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05191123v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olwen Penn&#233;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05051193v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05249323v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05385700v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05385695v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05101930v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05118920v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05123300v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04879185v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04879197v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05110619v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04879084v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Joseph-Goteiner" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04879095v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farzaneh Bahrami" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04878643v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04879122v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04879130v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04879136v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04879143v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04879149v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04879163v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04878710v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04879171v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04879160v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Goarzin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799016v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Rodighiero" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loup Cellard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04878773v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Kaufmann" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Chenal" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04878787v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Rudler" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04878791v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877750v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00113921241275680" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05420806v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiago Ribeiro Santos" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928817v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1115801ar" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03604704v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17450101.2021.1984850" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04877777v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23800127.2022.2095482" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03677900v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17450101.2022.2071630" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04878990v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/articulo.3233" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05496594v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04877875v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Demoli" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Bonnet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04878929v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04878919v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04879587v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsje Alessandra Quadrelli" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Boumediene" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Degeorges" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04879046v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04877853v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877763v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04878840v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04877804v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Randall Collins" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.31357.03040" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04878942v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04879002v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05162553v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04878985v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04879026v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04877829v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37866/0563722" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04879077v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04879060v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04879009v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05457254v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Rigal" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Grimal" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Andr&#233; Horth" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05294335v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05362798v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05191123v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olwen Penn&#233;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05051193v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05249323v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05385700v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05385695v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05101930v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05118920v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05123300v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04993380v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05032603v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04879197v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05110619v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04879185v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04879084v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Joseph-Goteiner" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04879095v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farzaneh Bahrami" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04879122v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04879130v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04879136v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04879143v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04878643v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04879149v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04879163v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04879171v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04879160v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Goarzin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799016v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Rodighiero" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loup Cellard" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04878710v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04878773v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Kaufmann" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Chenal" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04878787v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Rudler" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04878791v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877750v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00113921241275680" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05420806v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiago Ribeiro Santos" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928817v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1115801ar" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04877777v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23800127.2022.2095482" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03677900v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17450101.2022.2071630" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03604704v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17450101.2021.1984850" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04878990v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/articulo.3233" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05496594v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04877875v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Demoli" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Bonnet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04878929v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04878919v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04879587v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsje Alessandra Quadrelli" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Boumediene" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Degeorges" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04879046v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04877853v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877763v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04878840v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04877804v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Randall Collins" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.31357.03040" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04878942v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04879002v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05162553v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04878985v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04879026v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04877829v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37866/0563722" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04879077v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04879060v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04879009v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>