--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -195,200 +195,200 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03531128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Waring rank of binary forms, harmonic cross-ratio and golden ratio</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Dimca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Sticlaru</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tohoku mathematical journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03531092v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">On conic-line arrangements with nodes, tacnodes, and ordinary triple points</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandru Dimca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piotr Pokora</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Algebraic Combinatorics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10801-022-01116-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03531120v1</w:t>
-              </w:r>
-[...80 lines deleted...]
-                <w:t xml:space="preserve">hal-03531092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unexpected curves in $\mathbb{P}^2$, line arrangements, and minimal degree of Jacobian relations</w:t>
               </w:r>
@@ -554,5248 +554,5330 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02337441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">On the minimal value of global Tjurina numbers for line arrangements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Dimca</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Journal of Mathematics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s40879-019-00373-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01951976v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On the jumping lines of bundles of logarithmic vector fields along plane curves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Dimca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Sticlaru</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Publicacions Matemàtiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 64 (2), pp.513-542. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5565/PUBLMAT6422006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01951978v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacobian syzygies, Fitting ideals, and plane curves with maximal global Tjurina numbers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Dimca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Sticlaru</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Collectanea Mathematica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03531082v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Plane curves with three syzygies, minimal Tjurina curves, and nearly cuspidal curves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Dimca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Sticlaru</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geometriae Dedicata</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03531073v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Computing Milnor fiber monodromy for some projective hypersurfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Dimca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Sticlaru</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Contemporary mathematics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, A panorama of singularities, 742, pp.31--52. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1090/conm/742/14937⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01518711v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deformations of plane curves and Jacobian syzygies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Dimca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Sticlaru</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mathematical News / Mathematische Nachrichten</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 293, pp.475--490. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/mana.201900137⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01951973v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Waring Rank of Symmetric Tensors, and Singularities of Some Projective Hypersurfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Dimca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Sticlaru</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mediterranean Journal of Mathematics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 17 (6), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00009-020-01609-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03531057v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freeness and invariants of rational plane curves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Busé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Dimca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Sticlaru</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mathematics of Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 89, pp.1525--1546. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1090/mcom/3495⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01767751v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">On complex supersolvable line arrangements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandru Dimca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Takuro Abe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Algebra</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 552, pp.38--51. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jalgebra.2020.02.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02514557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">Alexandru Dimca</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Computing the monodromy and pole order filtration on Milnor fiber cohomology of plane curves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Dimca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Sticlaru</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Mathematics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s40879-019-00373-0⟩</w:t>
+              <w:t xml:space="preserve">Journal of Symbolic Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 91, pp.98-115. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jsc.2018.06.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...54 lines deleted...]
-                <w:t xml:space="preserve">Gabriel Sticlaru</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01518716v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On the Milnor monodromy of the irreducible complex reflection arrangements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Dimca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Publicacions Matemàtiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5565/PUBLMAT6422006⟩</w:t>
+              <w:t xml:space="preserve">Journal of the Institute of Mathematics of Jussieu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 18, pp.1215--1231. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S147474801700038X⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Jacobian syzygies, Fitting ideals, and plane curves with maximal global Tjurina numbers</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01518725v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saturation of Jacobian ideals: Some applications to nearly free curves, line arrangements and rational cuspidal plane curves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandru Dimca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Sticlaru</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Collectanea Mathematica</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Pure and Applied Algebra</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, Journal of Pure and Applied Algebra, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jpaa.2019.03.009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...54 lines deleted...]
-                <w:t xml:space="preserve">Gabriel Sticlaru</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01761548v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On rational cuspidal plane curves, and the local cohomology of Jacobian rings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Dimca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Contemporary mathematics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1090/conm/742/14937⟩</w:t>
+              <w:t xml:space="preserve">Commentarii Mathematici Helvetici</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 94, pp.689--700. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4171/CMH/471⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Deformations of plane curves and Jacobian syzygies</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01616860v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Line and rational curve arrangements, and Walther's inequality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Dimca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Sticlaru</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rendiconti Lincei. Matematica e Applicazioni</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 30, pp.615--633. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4171/RLM/863⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01761528v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freeness for 13 lines arrangements is combinatorial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Dimca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Ibadula</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anca Macinic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Discrete Mathematics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 342, pp.2445--2453. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.disc.2019.05.016⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01761541v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On supersolvable and nearly supersolvable line arrangements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Dimca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Sticlaru</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Algebraic Combinatorics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10801-018-0859-6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01761545v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On the splitting type of bundles of logarithmic vector fields along plane curves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Dimca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Takuro Abe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Mathematics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 29, pp.1850055. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1142/S0129167X18500556⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01616859v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On 1-forms on isolated complete intersection curve singularities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Dimca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gert-Martin Greuel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Singularities</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 18, pp.114-118. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5427/jsing.2018.18h⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01616861v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On the Milnor monodromy of the exceptional reflection arrangement of type G31</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Dimca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Sticlaru</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Documenta Mathematica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 23, pp.1-14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.25537/dm.2018v23.1-14⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01518724v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Free and nearly free curves from conic pencils</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Dimca</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">J. Korean Math. Soc.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 55, pp.705-717. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4134/JKMS.j170425⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01518709v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Free and nearly free curves vs. rational cuspidal plane curves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Dimca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Sticlaru</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Publications of the Research Institute for Mathematical Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 54, pp.163-179. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4171/PRIMS/54-1-6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01195953v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Free and nearly free surfaces in P^3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Dimca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Sticlaru</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Asian J. Math.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 22, pp.787-810. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4310/AJM.2018.v22.n5.a1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01195955v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On the freeness of rational cuspidal plane curves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Dimca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Sticlaru</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Moscow Mathematical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 18, pp.659--666. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17323/1609-4514-2018-18-4-659-666⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01761536v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A vanishing result for the first twisted cohomology of affine varieties and applications to line arrangements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Dimca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Bailet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Masahiko Yoshinaga</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Manuscripta mathematica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 157, pp.497-511. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00229-018-0999-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01616857v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On the exponents of free and nearly free projective plane curves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Dimca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Sticlaru</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revista Matematica Complutense</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 30, pp.259-268. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13163-017-0228-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01264925v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Free divisors and rational cuspidal plane curves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Dimca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Sticlaru</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mathematical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 24 (4), pp.1023-1042. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4310/MRL.2017.v24.n4.a5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01141808v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On the syzygies and Hodge theory of nodal hypersurfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Dimca</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annali dell'Universita di Ferrara</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 63, pp.87-101. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11565-017-0278-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00940157v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A computational approach to Milnor fiber cohomology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Dimca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Sticlaru</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Forum Mathematicum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 29, pp.831-846. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/forum-2016-0044⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01518728v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mixed multiplicities, Hilbert polynomials and homaloidal surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Dimca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Sticlaru</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Math. Nachrichten</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 290, pp.785-793. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/mana.201600205⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01195958v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Curve arrangements, pencils, and Jacobian syzygies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Dimca</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Michigan Mathematical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 66 (2), pp.347-365. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1307/mmj/1490639821⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01264926v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freeness versus maximal global Tjurina number for plane curves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Dimca</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Math. Proc. Cambridge Phil. Soc.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 163, pp.161-172. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0305004116000803⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01195960v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacobian syzygies, stable reflexive sheaves, and Torelli properties for projective hypersurfaces with isolated singularities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Dimca</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Algebraic Geometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 4, pp.290-303. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.14231/AG-2017-016⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01141819v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On the fundamental groups of normal varieties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Donu Arapura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Dimca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Hain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Communications in Contemporary Mathematics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 18 (4), 17 p., DOI:10.1142/S0219199715500650. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1142/S0219199715500650⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01141811v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Syzygies of Jacobian ideals and weighted homogeneous singularities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Dimca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Sticlaru</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Symbolic Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 74, pp.627-634. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jsc.2015.11.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01141823v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freeness versus maximal degree of the singular subscheme for surfaces in P^3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Dimca</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geometriae Dedicata</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 183, pp.101-112. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10711-016-0148-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01195961v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hilbert series and Lefschetz properties of dimension one almost complete intersections</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Dimca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorin Popescu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Communications in Algebra</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 44, pp.4467-4482. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/00927872.2015.1087535⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01141824v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Poincaré-Deligne polynomial of Milnor fibers of triple point line arrangements is combinatorially determined</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Dimca</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Canadian Mathematical Bulletin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 59, pp.279-286. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4153/CMB-2016-003-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01141817v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pencil type line arrangements of low degree: classification and monodromy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Dimca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Ibadula</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniela Anca Macinic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annali della Scuola Normale Superiore di Pisa</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, XV, pp.249-267. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2422/2036-2145.201306_003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00940167v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On the fundamental groups of plane curve complements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Dimca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enrique Artal Bartolo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annali dell'Universita di Ferrara</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 61, pp.255-262</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01196017v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On the topology of some quasi-projective surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Dimca</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue roumaine de mathématiques pures et appliquées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 60, pp.321-330</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01196016v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Koszul complexes and pole order filtrations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Dimca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Sticlaru</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proceedings of the Edinburgh Mathematical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 58 (2), pp.333-354. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0013091514000182⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00940196v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hessian ideals of a homogeneous polynomial and generalized Tjurina algebras</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Dimca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Sticlaru</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Documenta Mathematica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 20, pp.689-705</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01141814v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Algebraic models, Alexander-type invariants, and Green-Lazarsfeld sets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Dimca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Papadima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander I. Suciu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bull. Math. Soc. Sci. Math. Roumanie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 58 ((106)), pp.257-269</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01141821v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Number of Jordan blocks of the maximal size for local monodromies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Dimca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morihiko Saito</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Compositio Mathematica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 150, pp.344-368. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1112/S0010437X13007513⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00940183v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Syzygies and logarithmic vector fields along plane curves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Dimca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edoardo Sernesi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal de l'École polytechnique — Mathématiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 1, pp.247-267. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5802/jep.10⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00940150v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Some remarks on limit mixed Hodge structure and spectrum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Dimca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morihiko Saito</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">An. Stiint. Univ. Ovidius Constanta, Ser. Mat.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 22 (2), pp.69-78</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00940173v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nonabelian cohomology jump loci from an analytic viewpoint</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Dimca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Papadima</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Communications in Contemporary Mathematics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 16, pp.1-47. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1142/S0219199713500259⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00940186v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The abelianization of the Johnson kernel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Dimca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Hain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Papadima</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of the European Mathematical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 16, pp.805-822. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4171/JEMS/447⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00940205v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Syzygies of Jacobian ideals and defects of linear systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Dimca</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bull. Math. Soc. Sci. Math. Roumanie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 56(104), pp.191-203</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00940177v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Weight filtration of the limit mixed Hodge structure at infinity for tame polynomials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Dimca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morihiko Saito</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mathematische Zeitschrift</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 275, pp.293-306. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00209-012-1135-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00940194v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arithmetic group symmetry and finiteness properties of Torelli groups</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Dimca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Papadima</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annals of Mathematics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 177, pp.395-423</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00940210v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanishing cycle sheaves of one-parameter smoothings and quasi-semistable degenerations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Dimca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morihiko Saito</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Algebraic Geometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 21, pp.247-253</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00940380v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chebyshev curves, free resolutions and rational curve arrangements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Dimca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Sticlaru</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mathematical Proceedings of the Cambridge Philosophical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 153, pp.385-397. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0305004112000138⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00940200v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On the syzygies and Alexander polynomials of nodal hypersurfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandru Dimca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Sticlaru</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mathematical News / Mathematische Nachrichten</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 293, pp.475--490. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/mana.201900137⟩</w:t>
+              <w:t xml:space="preserve">, 2012, 285 (17-18), pp.2120-2128. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/mana.201100326⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...54 lines deleted...]
-                <w:t xml:space="preserve">Gabriel Sticlaru</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00940191v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tate properties, polynomial-count varieties, and monodromy of hyperplane arrangements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Dimca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geometriae Dedicata</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nagoya Mathematical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 206, pp.75-97. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1215/00277630-1548502⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...54 lines deleted...]
-                <w:t xml:space="preserve">Gabriel Sticlaru</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00940207v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Finite Galois covers, cohomology jump loci, formality properties, and multinets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Dimca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Papadima</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mediterranean Journal of Mathematics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Annali della Scuola Normale Superiore di Pisa, Classe di Scienze</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 10, pp.253-268</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...67 lines deleted...]
-                <w:t xml:space="preserve">Gabriel Sticlaru</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00940215v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quasi-Kähler groups, 3-manifold groups, and formality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Dimca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Papadima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander I. Suciu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mathematics of Computation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1090/mcom/3495⟩</w:t>
+              <w:t xml:space="preserve">Mathematische Zeitschrift</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 268 (1), pp.169-186. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00209-010-0664-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...54 lines deleted...]
-                <w:t xml:space="preserve">Gabriel Sticlaru</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00940382v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spectrum and multiplier ideals of arbitrary subvarieties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Dimca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Maisonobe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morihiko Saito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Symbolic Computation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jsc.2018.06.015⟩</w:t>
+              <w:t xml:space="preserve">Annales de l'Institut Fourier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 61 (4), pp.1633-1653. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5802/aif.2654⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">On the Milnor monodromy of the irreducible complex reflection arrangements</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01289063v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Characteristic varieties and logarithmic differential 1-forms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandru Dimca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Institute of Mathematics of Jussieu</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S147474801700038X⟩</w:t>
+              <w:t xml:space="preserve">Compositio Mathematica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 146, pp.129-144. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1112/S0010437X09004461⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...1406 lines deleted...]
-                <w:t xml:space="preserve">Gabriel Sticlaru</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00940384v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Milnor fibre of the Pfaffian and the Hilbert scheme of four points on C^3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Dimca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Balazs Szendroi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mathematical Research Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 24 (4), pp.1023-1042. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2009, 16, pp.1037-1055</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...2812 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00940225v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Topology and geometry of cohomology jump loci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandru Dimca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5824,139 +5906,57 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Duke Mathematical Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 148 (3), pp.405-457</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00940229v1</w:t>
-              </w:r>
-[...80 lines deleted...]
-                <w:t xml:space="preserve">hal-00940225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6311,51 +6311,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nero Budur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandru Dimca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morihiko Saito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Topology of Algebraic Varieties</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, Bilbao, Spain. pp.279-292</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6770,51 +6770,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandru Dimca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marek Janasz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piotr Pokora</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7008,51 +7008,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Generalization of theorems of Griffiths and Steenbrink to hypersurfaces with ordinary double points</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandru Dimca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morihiko Saito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7083,51 +7083,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Graded Koszul cohomology and spectrum of certain homogeneous polynomials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandru Dimca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morihiko Saito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7314,51 +7314,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03531128v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandru Dimca" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Harbourne" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Sticlaru" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03531120v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piotr Pokora" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10801-022-01116-3" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03531092v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03531314v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02337441v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bus&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hal Schenck" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aim.2021.108035" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02514557v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takuro Abe" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jalgebra.2020.02.007" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951976v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40879-019-00373-0" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951978v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5565/PUBLMAT6422006" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03531082v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01518711v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/conm/742/14937" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951973v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mana.201900137" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03531073v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03531057v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00009-020-01609-0" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01767751v2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/mcom/3495" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01518716v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsc.2018.06.015" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01518725v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S147474801700038X" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616860v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/CMH/471" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761548v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpaa.2019.03.009" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761528v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/RLM/863" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761541v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Ibadula" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anca Macinic" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.disc.2019.05.016" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616857v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Bailet" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masahiko Yoshinaga" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00229-018-0999-y" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761545v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10801-018-0859-6" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616859v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0129167X18500556" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616861v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gert-Martin Greuel" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5427/jsing.2018.18h" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01518724v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25537/dm.2018v23.1-14" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01518709v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4134/JKMS.j170425" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195953v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/PRIMS/54-1-6" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195955v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4310/AJM.2018.v22.n5.a1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761536v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17323/1609-4514-2018-18-4-659-666" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141819v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14231/AG-2017-016" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01264925v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13163-017-0228-3" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141808v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4310/MRL.2017.v24.n4.a5" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940157v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11565-017-0278-y" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01518728v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/forum-2016-0044" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195958v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mana.201600205" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01264926v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1307/mmj/1490639821" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195960v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0305004116000803" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195961v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10711-016-0148-2" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141824v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorin Popescu" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00927872.2015.1087535" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141811v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donu Arapura" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Hain" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0219199715500650" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141823v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsc.2015.11.003" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141817v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4153/CMB-2016-003-1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940167v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Anca Macinic" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2422/2036-2145.201306_003" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01196017v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Artal Bartolo" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01196016v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940196v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0013091514000182" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141814v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141821v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Papadima" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander I. Suciu" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940205v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/JEMS/447" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940186v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0219199713500259" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940150v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edoardo Sernesi" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/jep.10" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940183v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morihiko Saito" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1112/S0010437X13007513" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940173v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940177v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940194v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00209-012-1135-4" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940210v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940380v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940200v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0305004112000138" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940191v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mana.201100326" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940207v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1215/00277630-1548502" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289063v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Maisonobe" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/aif.2654" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940215v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940382v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00209-010-0664-y" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940384v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1112/S0010437X09004461" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940229v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940225v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Balazs Szendroi" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02003283v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940204v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940162v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gus Lehrer" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-31580-5_10" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940208v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940221v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nero Budur" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01518752v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03531136v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ilardi" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Sticlaru" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03531096v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03531104v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03531108v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek Janasz" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951971v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01518720v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141825v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940169v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03531128v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandru Dimca" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Harbourne" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Sticlaru" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03531092v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03531120v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piotr Pokora" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10801-022-01116-3" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03531314v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02337441v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bus&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hal Schenck" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aim.2021.108035" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951976v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40879-019-00373-0" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951978v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5565/PUBLMAT6422006" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03531082v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03531073v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01518711v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/conm/742/14937" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951973v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mana.201900137" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03531057v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00009-020-01609-0" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01767751v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/mcom/3495" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02514557v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takuro Abe" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jalgebra.2020.02.007" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01518716v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsc.2018.06.015" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01518725v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S147474801700038X" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761548v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpaa.2019.03.009" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616860v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/CMH/471" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761528v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/RLM/863" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761541v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Ibadula" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anca Macinic" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.disc.2019.05.016" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761545v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10801-018-0859-6" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616859v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0129167X18500556" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616861v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gert-Martin Greuel" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5427/jsing.2018.18h" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01518724v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25537/dm.2018v23.1-14" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01518709v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4134/JKMS.j170425" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195953v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/PRIMS/54-1-6" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195955v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4310/AJM.2018.v22.n5.a1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761536v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17323/1609-4514-2018-18-4-659-666" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616857v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Bailet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masahiko Yoshinaga" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00229-018-0999-y" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01264925v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13163-017-0228-3" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141808v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4310/MRL.2017.v24.n4.a5" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940157v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11565-017-0278-y" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01518728v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/forum-2016-0044" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195958v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mana.201600205" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01264926v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1307/mmj/1490639821" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195960v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0305004116000803" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141819v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14231/AG-2017-016" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141811v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donu Arapura" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Hain" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0219199715500650" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141823v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsc.2015.11.003" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195961v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10711-016-0148-2" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141824v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorin Popescu" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00927872.2015.1087535" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141817v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4153/CMB-2016-003-1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940167v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Anca Macinic" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2422/2036-2145.201306_003" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01196017v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Artal Bartolo" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01196016v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940196v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0013091514000182" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141814v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141821v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Papadima" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander I. Suciu" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940183v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morihiko Saito" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1112/S0010437X13007513" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940150v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edoardo Sernesi" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/jep.10" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940173v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940186v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0219199713500259" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940205v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/JEMS/447" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940177v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940194v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00209-012-1135-4" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940210v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940380v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940200v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0305004112000138" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940191v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mana.201100326" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940207v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1215/00277630-1548502" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940215v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940382v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00209-010-0664-y" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289063v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Maisonobe" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/aif.2654" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940384v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1112/S0010437X09004461" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940225v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Balazs Szendroi" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940229v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02003283v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940204v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940162v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gus Lehrer" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-31580-5_10" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940208v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940221v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nero Budur" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01518752v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03531136v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ilardi" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Sticlaru" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03531096v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03531104v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03531108v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek Janasz" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951971v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01518720v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141825v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940169v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>