--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -900,429 +900,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04131635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improved In Vitro Anti-Mucorales Activity and Cytotoxicity of Amphotericin B with a Pegylated Surfactant</w:t>
+                <w:t xml:space="preserve">A New Pharmacokinetic-Pharmacodynamic Model To Characterize the Inoculum Effect of Acinetobacter baumannii on Polymyxin B In Vitro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kévin Brunet</w:t>
+                <w:t xml:space="preserve">Grace Akrong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexia Chauzy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cheikh Diop</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Noémie Prébonnaud</w:t>
+                <w:t xml:space="preserve">Vincent Aranzana-Climent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Marchand</w:t>
+                <w:t xml:space="preserve">Luc Deroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fungi</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 8 (2), pp.121. </w:t>
+              <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 66 (1), pp.e0178921. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/jof8020121⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/AAC.01789-21⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03615762v1</w:t>
+                <w:t xml:space="preserve">hal-03615758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A New Pharmacokinetic-Pharmacodynamic Model To Characterize the Inoculum Effect of Acinetobacter baumannii on Polymyxin B In Vitro</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
+                <w:t xml:space="preserve">PKPD Modeling of the Inoculum Effect of Acinetobacter baumannii on Polymyxin B in vivo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexia Chauzy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grace Akrong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Aranzana-Climent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Luc Deroche</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Prouvensier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/AAC.01789-21⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13, pp.842921. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fphar.2022.842921⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03615758v1</w:t>
+                <w:t xml:space="preserve">hal-03615739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PKPD Modeling of the Inoculum Effect of Acinetobacter baumannii on Polymyxin B in vivo</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Improved In Vitro Anti-Mucorales Activity and Cytotoxicity of Amphotericin B with a Pegylated Surfactant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cheikh Diop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexia Chauzy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Laure Prouvensier</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noémie Prébonnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Pharmacology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 13, pp.842921. </w:t>
+              <w:t xml:space="preserve">Journal of Fungi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 8 (2), pp.121. </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fphar.2022.842921⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/jof8020121⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03615739v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03615762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Minimal Physiologically Based Pharmacokinetic Model to Characterize CNS Distribution of Metronidazole in Neuro Care ICU Patients</w:t>
               </w:r>
@@ -1334,51 +1334,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexia Chauzy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salim Bouchène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Aranzana-Climent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Clarhaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1883,51 +1883,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Buyck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B.L.M. de Jonge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Grégoire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2298,51 +2298,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Adier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Couet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Marchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 62 (10), </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2376,51 +2376,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microdialysis as a way to measure antibiotics concentration in tissues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexia Chauzy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2701,51 +2701,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexia Chauzy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Dahyot-Fizelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Marchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">33rd ECCMID : : European Congress of Clinical Microbiology &amp; Infectious Diseases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Copenaghen, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3022,51 +3022,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Burtin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Prébonnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Grégoire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3173,51 +3173,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Mirfendereski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Marchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">34th European Congress of Clinical Microbiology and Infectious Diseases (ECCMID)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Barcelona, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3544,51 +3544,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Mirfendereski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Couet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Marchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">32nd ECCMID</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2022, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4389,51 +4389,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexia Chauzy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Grégoire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Mimoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4910,51 +4910,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05085650v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Pr&#233;bonnaud" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Chauzy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gr&#233;goire" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dahyot-Fizelier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Adier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/spectrum.00051-25" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144888v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Lacroix" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Moreau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Zampaloni" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caterina Bissantz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Mirfendereski" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/aac.01535-24" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05153931v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Aubry" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Buyck" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Prouvensier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Winoc Decousser" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/aac.01797-24" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05136030v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Mahieu" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Elens" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise van Bambeke" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2025.112076" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643050v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamasseh Shirvani" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijantimicag.2024.107189" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04131635v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. de Pablo" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. O'Connell" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Fern&#225;ndez-Garc&#237;a" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Marchand" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chauzy" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2023.122788" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03615762v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Brunet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheikh Diop" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Marchand" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jof8020121" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03615758v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grace Akrong" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Aranzana-Climent" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Deroche" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.01789-21" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03615739v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphar.2022.842921" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03906712v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Bouch&#232;ne" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Clarhaut" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antibiotics11101293" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03906736v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Ferrandi&#232;re" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sigismond Lasocki" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Ashenoune" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dkac299" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071620v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Rammaert" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Couet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40262-020-00968-x" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02888859v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Ih" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Jacobs" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Marchand" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Gr&#233;goire" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.00788-20" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02321069v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.L.M. de Jonge" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Gr&#233;goire" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmi.2018.11.025" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320523v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruna Gaelzer Silva Torres" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boudewijn Jonge" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/psp4.12452" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01957116v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdeloua&#239;d Nadji" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Combes" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Defrance" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belaid Bouhemad" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dky489" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02321070v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lamarche" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.01228-18" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02321071v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phrs.2016.06.001" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XP5RL8QN-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04142283v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrej Trauner" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04142287v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Prebonnaud" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04142302v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Bernard" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Imzi" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512124v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05240779v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Burtin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571024v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Martin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571091v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141371v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04014948v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Fourmy" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016532v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02528416v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mimoz" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02528382v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02528294v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Marquizeau" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Gobin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02528340v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Chavanet" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512109v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512083v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Paccalin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05030769v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02533170v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05085650v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Pr&#233;bonnaud" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Chauzy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gr&#233;goire" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dahyot-Fizelier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Adier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/spectrum.00051-25" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144888v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Lacroix" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Moreau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Zampaloni" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caterina Bissantz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Mirfendereski" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/aac.01535-24" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05153931v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Aubry" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Buyck" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Prouvensier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Winoc Decousser" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/aac.01797-24" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05136030v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Mahieu" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Elens" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise van Bambeke" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2025.112076" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643050v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamasseh Shirvani" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijantimicag.2024.107189" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04131635v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. de Pablo" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. O'Connell" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Fern&#225;ndez-Garc&#237;a" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Marchand" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chauzy" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2023.122788" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03615758v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grace Akrong" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Aranzana-Climent" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Deroche" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.01789-21" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03615739v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphar.2022.842921" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03615762v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Brunet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheikh Diop" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Marchand" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jof8020121" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03906712v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Bouch&#232;ne" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Clarhaut" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antibiotics11101293" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03906736v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Ferrandi&#232;re" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sigismond Lasocki" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Ashenoune" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dkac299" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071620v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Rammaert" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Couet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40262-020-00968-x" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02888859v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Ih" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Jacobs" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Marchand" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Gr&#233;goire" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.00788-20" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02321069v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.L.M. de Jonge" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Gr&#233;goire" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmi.2018.11.025" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320523v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruna Gaelzer Silva Torres" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boudewijn Jonge" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/psp4.12452" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01957116v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdeloua&#239;d Nadji" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Combes" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Defrance" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belaid Bouhemad" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dky489" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02321070v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lamarche" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.01228-18" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02321071v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phrs.2016.06.001" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XP5RL8QN-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04142283v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrej Trauner" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04142287v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Prebonnaud" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04142302v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Bernard" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Imzi" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512124v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05240779v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Burtin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571024v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Martin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571091v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141371v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04014948v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Fourmy" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016532v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02528416v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mimoz" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02528382v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02528294v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Marquizeau" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Gobin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02528340v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Chavanet" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512109v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512083v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Paccalin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05030769v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02533170v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>