--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -414,222 +414,222 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03999183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">International entrepreneurship in Sub-Saharan Africa: interfirm coordination and local economy dynamics in the informal economy</w:t>
+                <w:t xml:space="preserve">Widening the borders of entrepreneurial ecosystem through the international lens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christopher Boafo</w:t>
+                <w:t xml:space="preserve">Christina Theodoraki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Catanzaro</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Utz Dornberger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Small Business and Enterprise Development</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1108/JSBED-02-2021-0065⟩</w:t>
+              <w:t xml:space="preserve">Journal of Technology Transfer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 47 (2), pp.383-406. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10961-021-09852-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04685417v1</w:t>
+                <w:t xml:space="preserve">halshs-04006129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Widening the borders of entrepreneurial ecosystem through the international lens</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">International entrepreneurship in Sub-Saharan Africa: interfirm coordination and local economy dynamics in the informal economy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Boafo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Catanzaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christina Theodoraki</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alexis Catanzaro</w:t>
+                <w:t xml:space="preserve">Utz Dornberger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Technology Transfer</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 47 (2), pp.383-406. </w:t>
+              <w:t xml:space="preserve">Journal of Small Business and Enterprise Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 30 (3), pp.587-620. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10961-021-09852-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1108/JSBED-02-2021-0065⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04006129v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04685417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Appel à la contribution des recherches en entrepreneuriat à l’étude du phénomène d’effondrement sociétal</w:t>
               </w:r>
@@ -719,51 +719,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The role of innovation and internationalization support in small‐ and medium‐sized enterprises’ export performance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evangelos Pastelakos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christina Theodoraki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Catanzaro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1484,365 +1484,365 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04772808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of export support: a conceptual model for export start-ups</w:t>
+                <w:t xml:space="preserve">Development and validation of a measurement scale of export support for SMEs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Catanzaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Messeghem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Sammut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelaziz Swalhi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Management international = International management = Gestión internacional</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.7202/1030397ar⟩</w:t>
+              <w:t xml:space="preserve">Revue Internationale PME</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 28 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7202/1030482ar⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01832353v1</w:t>
+                <w:t xml:space="preserve">hal-01832354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development and validation of a measurement scale of export support for SMEs</w:t>
+                <w:t xml:space="preserve">Développement et validation d’une échelle de mesure de l’accompagnement des PME à l’exportation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Catanzaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Messeghem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Sammut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelaziz Swalhi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Internationale PME</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 28 (1), </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId59" w:history="1">
+              <w:t xml:space="preserve">, 2015, 28 (1), pp.117-156. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.7202/1030482ar⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01832354v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04685433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement et validation d’une échelle de mesure de l’accompagnement des PME à l’exportation</w:t>
+                <w:t xml:space="preserve">Impact of export support: a conceptual model for export start-ups</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Catanzaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Messeghem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Sammut</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Abdelaziz Swalhi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Internationale PME</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Management international = International management = Gestión internacional</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 19 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7202/1030397ar⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7202/1030482ar⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">halshs-04685433v1</w:t>
+                <w:t xml:space="preserve">hal-01832353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accompagner l'entreprise à internationalisation précoce et rapide : la place centrale de la dimension réticulaire</w:t>
               </w:r>
@@ -2286,139 +2286,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04720800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effondrement : les défis d’un changement de paradigme pour la recherche en entrepreneuriat</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hervé Goy</w:t>
+                <w:t xml:space="preserve">Outcomes of digitalization for SMEs’ internationalization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Alexandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Catanzaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Favre-Bonté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Waleed Omri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lynda Saoudi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’entrepreneuriat à l’heure d’un effondrement sociétal ? Rôles, responsabilités et défis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2021, Paris, France</w:t>
+              <w:t xml:space="preserve">CIFEPME</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03258622v1</w:t>
+                <w:t xml:space="preserve">halshs-04138975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Outcomes of digitalization for SMEs’ internationalization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Alexandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Catanzaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2443,194 +2482,155 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Waleed Omri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lynda Saoudi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CIFEPME</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2021, Nice, France</w:t>
+              <w:t xml:space="preserve">65e congrès mondial de l’ICSB</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04138975v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04138974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Outcomes of digitalization for SMEs’ internationalization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">L. Alexandre</w:t>
+                <w:t xml:space="preserve">Effondrement : les défis d’un changement de paradigme pour la recherche en entrepreneuriat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Goy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Catanzaro</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Lynda Saoudi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">65e congrès mondial de l’ICSB</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2021, Paris, France</w:t>
+              <w:t xml:space="preserve">L’entrepreneuriat à l’heure d’un effondrement sociétal ? Rôles, responsabilités et défis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04138974v1</w:t>
+                <w:t xml:space="preserve">hal-03258622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Collective pursuit of international opportunities: a conceptual model for SMEs</w:t>
               </w:r>
@@ -3275,217 +3275,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02024590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Collective pursuit of international entrepreneurial opportunities: the case of green SMEs&amp;quot; 26 – 28 September 2018</w:t>
+                <w:t xml:space="preserve">L’entrepreneuriat vert : une approche bibliométrique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcela Contreras Cruz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Messeghem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Catanzaro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16th IECER-Entrepreneurship Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Innsbruck, Austria</w:t>
+              <w:t xml:space="preserve">XXVIIe Conférence Internationale de Management Stratégique - AIMS 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02129201v1</w:t>
+                <w:t xml:space="preserve">halshs-01989897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’entrepreneuriat vert : une approche bibliométrique</w:t>
+                <w:t xml:space="preserve">Collective pursuit of international entrepreneurial opportunities: the case of green SMEs&amp;quot; 26 – 28 September 2018</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcela Contreras Cruz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Messeghem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Catanzaro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXVIIe Conférence Internationale de Management Stratégique - AIMS 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Montpellier, France</w:t>
+              <w:t xml:space="preserve">16th IECER-Entrepreneurship Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Innsbruck, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01989897v1</w:t>
+                <w:t xml:space="preserve">hal-02129201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Link between dimensions of International Entrepreneurial Orientation and their Influence on International Performance of SMEs” juin 2018</w:t>
               </w:r>
@@ -3642,217 +3642,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02129254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effectiveness of Export Support Programs : Impact on the Relational Capital And International Performance of Born-Global Small Businesses</w:t>
+                <w:t xml:space="preserve">Efficacité des programmes d’accompagnement à l’international. Influence sur le capital relationnel et la performance internationale des entreprises born global</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Catanzaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Messeghem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Sammut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The first International Conference on Innovating Export Promotion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2016, Zwolle, Netherlands</w:t>
+              <w:t xml:space="preserve">13eme Congrès international francophone en entrepreneuriat et PME</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Trois-Rivières, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02080111v1</w:t>
+                <w:t xml:space="preserve">hal-02077361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficacité des programmes d’accompagnement à l’international. Influence sur le capital relationnel et la performance internationale des entreprises born global</w:t>
+                <w:t xml:space="preserve">Effectiveness of Export Support Programs : Impact on the Relational Capital And International Performance of Born-Global Small Businesses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Catanzaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Messeghem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Sammut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13eme Congrès international francophone en entrepreneuriat et PME</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2016, Trois-Rivières, Canada</w:t>
+              <w:t xml:space="preserve">The first International Conference on Innovating Export Promotion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2016, Zwolle, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02077361v1</w:t>
+                <w:t xml:space="preserve">hal-02080111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence des Services d’Accompagnement à l’Export dans la Croissance des Entreprises à Internationalisation Précoce : Le cas de l’Acquisition de Nouvelles Connaissances sur les Marchés Etrangers</w:t>
               </w:r>
@@ -4058,195 +4058,195 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04718297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'organisation et le management à l'épreuve du spectre d'un effondrement global</w:t>
+                <w:t xml:space="preserve">L’organisation et le management à l’épreuve de l'effondrement global</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Catanzaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Goy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">In Anthony Hussenot,; Émilie Lanciano,; Philippe Lorino,; Jonathan Sambugaro (dir.). </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pratiques de travail et dynamiques organisationnelles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Presses de l'Université Laval, pp.77-97, 2022</w:t>
+              <w:t xml:space="preserve">, Presses de l'Université Laval, 2022, 9782763756776</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03653276v1</w:t>
+                <w:t xml:space="preserve">hal-03872436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’organisation et le management à l’épreuve de l'effondrement global</w:t>
+                <w:t xml:space="preserve">L'organisation et le management à l'épreuve du spectre d'un effondrement global</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Catanzaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Goy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pratiques de travail et dynamiques organisationnelles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Presses de l'Université Laval, 2022, 9782763756776</w:t>
+              <w:t xml:space="preserve">, Presses de l'Université Laval, pp.77-97, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03872436v1</w:t>
+                <w:t xml:space="preserve">halshs-03653276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4734,51 +4734,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05438825v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille H&#233;ral" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Messeghem" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Catanzaro" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/e.entre.pa.0006" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04685407v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Waleed Omri" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218495823500127" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03999183v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Din&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Vernac" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entin.053.0009" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04685417v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Boafo" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Utz Dornberger" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/JSBED-02-2021-0065" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04006129v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Theodoraki" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10961-021-09852-7" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03903823v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Goy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54695/ror.173.0059" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04006125v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evangelos Pastelakos" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/emre.12513" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04006110v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcela Contreras Cruz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11365-022-00811-8" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034452v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Teyssier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11187-020-00358-4" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02879045v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierno Bah" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis C&#233;sar Ndione" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1072624ar" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03100543v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Foued Cheriet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entin.045.0081" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928208v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Sammut" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jsbm.12489" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02009873v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gurau Calin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Duquesnois" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJESB.2017.085991" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772808v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1038341ar" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832353v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1030397ar" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832354v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz Swalhi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1030482ar" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04685433v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832356v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entre.113.0033" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720825v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rym Ibrahim" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Le Pontois" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Saniossian" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879127v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynda Saoudi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lesage Saoudi L." TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Favre-Bont&#233;" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Cheve" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720800v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-03258622v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04138975v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Alexandre" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04138974v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034425v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428959v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428930v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129262v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M., H&#233;ral" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129261v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129250v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02024590v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129201v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01989897v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129188v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129254v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080111v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077361v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02087029v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718297v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Eynaud" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Foliard" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03653276v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-03872436v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04772947v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04772902v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04685413v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurice Alexandre" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1107631ar" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05438825v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille H&#233;ral" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Messeghem" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Catanzaro" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/e.entre.pa.0006" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04685407v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Waleed Omri" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218495823500127" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03999183v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Din&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Vernac" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entin.053.0009" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04006129v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Theodoraki" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10961-021-09852-7" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04685417v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Boafo" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Utz Dornberger" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/JSBED-02-2021-0065" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03903823v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Goy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54695/ror.173.0059" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04006125v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evangelos Pastelakos" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/emre.12513" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04006110v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcela Contreras Cruz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11365-022-00811-8" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034452v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Teyssier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11187-020-00358-4" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02879045v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierno Bah" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis C&#233;sar Ndione" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1072624ar" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03100543v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Foued Cheriet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entin.045.0081" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928208v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Sammut" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jsbm.12489" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02009873v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gurau Calin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Duquesnois" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJESB.2017.085991" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772808v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1038341ar" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832354v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz Swalhi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1030482ar" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04685433v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832353v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1030397ar" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832356v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entre.113.0033" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720825v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rym Ibrahim" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Le Pontois" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Saniossian" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879127v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynda Saoudi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lesage Saoudi L." TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Favre-Bont&#233;" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Cheve" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720800v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04138975v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Alexandre" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04138974v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-03258622v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034425v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428959v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428930v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129262v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M., H&#233;ral" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129261v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129250v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02024590v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01989897v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129201v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129188v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129254v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077361v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080111v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02087029v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718297v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Eynaud" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Foliard" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-03872436v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03653276v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04772947v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04772902v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04685413v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurice Alexandre" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1107631ar" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>