--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -100,598 +100,598 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New methodological approach for deep penetrating geochemistry and environmental studies part 1: on-site soil extraction of trace and rare earth elements</w:t>
+                <w:t xml:space="preserve">New methodological approach for deep penetrating geochemistry and environmental studies part 2: field determination of Co(II) /Ni(II) and Pb(II) /Zn(II) of on-site soil extractions by electrochemical stripping techniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Laetitia Hackel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Rotureau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Guilleux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Poszwa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Alexis de Junet</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Pertti Sarala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geochemistry: Exploration, Environment, Analysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, pp.1-34. </w:t>
+              <w:t xml:space="preserve">, 2024, pp.1-22. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1144/geochem2023-056⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1144/geochem2023-057⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04569987v1</w:t>
+                <w:t xml:space="preserve">hal-04563958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New methodological approach for deep penetrating geochemistry and environmental studies part 2: field determination of Co(II) /Ni(II) and Pb(II) /Zn(II) of on-site soil extractions by electrochemical stripping techniques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">New methodological approach for deep penetrating geochemistry and environmental studies part 1: on-site soil extraction of trace and rare earth elements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis de Junet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Guilleux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Poszwa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laetitia Hackel</w:t>
+                <w:t xml:space="preserve">Simon Devin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elise Rotureau</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Alexis de Junet</w:t>
+                <w:t xml:space="preserve">Pertti Sarala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geochemistry: Exploration, Environment, Analysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, pp.1-22. </w:t>
+              <w:t xml:space="preserve">, 2024, pp.1-34. </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1144/geochem2023-057⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1144/geochem2023-056⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04563958v1</w:t>
+                <w:t xml:space="preserve">hal-04569987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bioavailability and transfer of elevated Sm concentration to alfalfa in spiked soils</w:t>
+                <w:t xml:space="preserve">No significant transfer of the rare earth element samarium from spiked soil to alfalfa by Funneliformis mosseae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ruoyu Hu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Beguiristain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis de Junet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Leyval</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11356-020-09223-z⟩</w:t>
+              <w:t xml:space="preserve">Mycorrhiza</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 30 (6), pp.761-771. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00572-020-00991-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02961811v1</w:t>
+                <w:t xml:space="preserve">hal-03015379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">No significant transfer of the rare earth element samarium from spiked soil to alfalfa by Funneliformis mosseae</w:t>
+                <w:t xml:space="preserve">Bioavailability and transfer of elevated Sm concentration to alfalfa in spiked soils</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ruoyu Hu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Beguiristain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis A. de Junet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Leyval</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mycorrhiza</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 30 (6), pp.761-771. </w:t>
+              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00572-020-00991-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11356-020-09223-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03015379v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02961811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamics of PAHs and derived organic compounds in a soil-plant mesocosm spiked with 13C-phenanthrene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johanne Cennerazzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis de Junet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Nicolas Audinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Leyval</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemosphere</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 168, pp.1619-1627. </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
@@ -725,51 +725,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterisation of organic matter from organo-mineral complexes in an Andosol from Reunion Island</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis de Junet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Basile-Doelsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -916,51 +916,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyses multi-élémentaires de sols par LIBS : vers un dosage in situ des métaux et du carbone total</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis de Junet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehran Movahedrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1011,51 +1011,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mise en place d’une méthodologie pour l’étude des matières organiques des sols de sites délaissés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis de Junet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Hamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1130,527 +1130,527 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01976239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Topsoil organic carbon prediction using vis-nir-swir reflectance spectra at lab, field and satellite levels over a periurban region</w:t>
+                <w:t xml:space="preserve">Prédiction régionale des teneurs superficielles en carbone organique de sols cultivés périurbains au moyen de spectres de réflectance mesurés en laboratoire, au champ ou issus d’images satellitaires multispectrales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Vaudour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Marc Gilliot</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Jean-Marc J.-M. Gilliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liliane L. Bel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis de Junet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dalila Hadjar</w:t>
+                <w:t xml:space="preserve">Joël J. Michelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eurosoil 2012, Soil science for the benefit of mankind and environment, 4th International Congress of ECSSS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2012, Bari, Italie. 2696 p</w:t>
+              <w:t xml:space="preserve">11e Journées d'Etude des Sols: Le sol face aux changements globaux </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2012, Versailles, France. pp.330-331</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01628864v1</w:t>
+                <w:t xml:space="preserve">hal-01585599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prédiction régionale des teneurs superficielles en carbone organique de sols cultivés périurbains au moyen de spectres de réflectance mesurés en laboratoire, au champ ou issus d’images satellitaires multispectrales</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Réponse spectrale du sol pour prédire les stocks de C sur la plaine de Versailles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle E. Vaudour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc J.-M. Gilliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liliane L. Bel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis A. de Junet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël J. Michelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11e Journées d'Etude des Sols: Le sol face aux changements globaux </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2012, Versailles, France. pp.330-331</w:t>
+              <w:t xml:space="preserve">Journée scientifique Méthodes NIRS et MIRS : applications aux Sciences de l'Environnement " réponse spectrale du sol à la plante, du labo à la mesure de terrain et télédetection, Fédération Île-de-France de Recherche sur l'Environnement (FIRE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, Paris, France. 14 diapos powerpoint</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01585599v1</w:t>
+                <w:t xml:space="preserve">hal-01004348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réponse spectrale du sol pour prédire les stocks de C sur la plaine de Versailles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Prédiction régionale des teneurs superficielles en carbone organique de sols cultivés périurbains au moyen de spectres de réflectance mesurés en laboratoire, au champ ou issus d’images satellitaires multispectrales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Vaudour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Gilliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liliane Bel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis de Junet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuelle E. Vaudour</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Joël J. Michelin</w:t>
+                <w:t xml:space="preserve">Joël Michelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée scientifique Méthodes NIRS et MIRS : applications aux Sciences de l'Environnement " réponse spectrale du sol à la plante, du labo à la mesure de terrain et télédetection, Fédération Île-de-France de Recherche sur l'Environnement (FIRE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2012, Paris, France. 14 diapos powerpoint</w:t>
+              <w:t xml:space="preserve">11. Journées d'Etude des Sols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Française pour l'Etude du Sol (AFES). FRA., 2012, Versailles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01004348v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02744900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prédiction régionale des teneurs superficielles en carbone organique de sols cultivés périurbains au moyen de spectres de réflectance mesurés en laboratoire, au champ ou issus d’images satellitaires multispectrales</w:t>
+                <w:t xml:space="preserve">Topsoil organic carbon prediction using vis-nir-swir reflectance spectra at lab, field and satellite levels over a periurban region</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Vaudour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Gilliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis de Junet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Liliane Bel</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Joël Michelin</w:t>
+                <w:t xml:space="preserve">Dalila Hadjar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11. Journées d'Etude des Sols</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Française pour l'Etude du Sol (AFES). FRA., 2012, Versailles, France</w:t>
+              <w:t xml:space="preserve">Eurosoil 2012, Soil science for the benefit of mankind and environment, 4th International Congress of ECSSS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Bari, Italie. 2696 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02744900v1</w:t>
+                <w:t xml:space="preserve">hal-01628864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1962,51 +1962,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569987v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis de Junet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Guilleux" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Poszwa" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Devin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pertti Sarala" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1144/geochem2023-056" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04563958v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Hackel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Rotureau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1144/geochem2023-057" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02961811v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruoyu Hu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Beguiristain" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis A. de Junet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Leyval" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-020-09223-z" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03015379v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00572-020-00991-7" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01417924v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanne Cennerazzo" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Nicolas Audinot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2016.11.145" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01114932v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Basile-Doelsch" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Borschneck" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Masion" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Legros" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaap.2012.10.020" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FZ507M1D-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587742v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Fabre" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehran Movahedrad" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saad Meriji" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01976239v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Hamon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Maunoury-Danger" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Biache" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Leglize" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628864v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Vaudour" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Gilliot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Michelin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalila Hadjar" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01585599v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc J.-M. Gilliot" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliane L. Bel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l J. Michelin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004348v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle E. Vaudour" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744900v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliane Bel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03236655v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Poszwa" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Grzesznik" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gebhardt" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Agat" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Even" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04563958v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Hackel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Rotureau" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Guilleux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Poszwa" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis de Junet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1144/geochem2023-057" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569987v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Devin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pertti Sarala" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1144/geochem2023-056" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03015379v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruoyu Hu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Beguiristain" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Leyval" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00572-020-00991-7" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02961811v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis A. de Junet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-020-09223-z" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01417924v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanne Cennerazzo" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Nicolas Audinot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2016.11.145" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01114932v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Basile-Doelsch" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Borschneck" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Masion" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Legros" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaap.2012.10.020" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FZ507M1D-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587742v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Fabre" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehran Movahedrad" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saad Meriji" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01976239v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Hamon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Maunoury-Danger" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Biache" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Leglize" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01585599v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Vaudour" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc J.-M. Gilliot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliane L. Bel" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l J. Michelin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004348v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle E. Vaudour" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744900v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Gilliot" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliane Bel" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Michelin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628864v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalila Hadjar" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03236655v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Poszwa" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Grzesznik" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gebhardt" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Agat" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Even" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>