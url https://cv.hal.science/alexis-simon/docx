--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -459,295 +459,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03335752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DILS: Demographic inferences with linked selection by using ABC</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">How do species barriers decay? Concordance and local introgression in mosaic hybrid zones of mussels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Fraïsse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iva Popovic</w:t>
+                <w:t xml:space="preserve">Tahani El Ayari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Mazoyer</w:t>
+                <w:t xml:space="preserve">Cathy Liautard‐haag</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Spataro</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Stephane Delmotte</w:t>
+                <w:t xml:space="preserve">Petr Strelkov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology Resources</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/1755-0998.13323⟩</w:t>
+              <w:t xml:space="preserve">Journal of Evolutionary Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 34, pp.208-223. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jeb.13709⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03156998v1</w:t>
+                <w:t xml:space="preserve">hal-03025054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How do species barriers decay? Concordance and local introgression in mosaic hybrid zones of mussels</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">DILS: Demographic inferences with linked selection by using ABC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Fraïsse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iva Popovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tahani El Ayari</w:t>
+                <w:t xml:space="preserve">Clément Mazoyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cathy Liautard‐haag</w:t>
+                <w:t xml:space="preserve">Bruno Spataro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Petr Strelkov</w:t>
+                <w:t xml:space="preserve">Stephane Delmotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Evolutionary Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 34, pp.208-223. </w:t>
+              <w:t xml:space="preserve">Molecular Ecology Resources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/jeb.13709⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/1755-0998.13323⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03025054v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03156998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agent-based modeling and genetics reveal the Limfjorden, Denmark, as a well-connected system for mussel larvae</w:t>
               </w:r>
@@ -1974,51 +1974,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116826v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurine Hammel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Touchard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E a V Burioli" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Paradis" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Cerqueira" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2023.2541" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802906v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Simon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graham Coop" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2312377121" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335752v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Arbiol" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Villalba" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika A.V. Burioli" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.16052" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03156998v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Fra&#239;sse" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iva Popovic" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Mazoyer" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Spataro" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Delmotte" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13323" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03025054v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tahani El Ayari" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Liautard&#8208;haag" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Strelkov" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jeb.13709" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03358213v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ane Pastor" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janus Larsen" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flemming Thorbj&#248;rn Hansen" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bierne" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/meps13559" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02372503v2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Einar Eg Nielsen" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Couteau" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rossana Sussarellu" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.12879" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02404031v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Trancart" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bernard" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Charles" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jip.2019.107271" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01980568v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Junge" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Donnellan" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlie Huveneers" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corey Bradshaw" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00227-018-3454-4" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350532v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marisa A Yonemitsu" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachael M Giersch" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Polo-Prieto" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.47788" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01865720v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John J Welch" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/evl3.66" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01865718v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Duranton" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/evo.13504" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01865716v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florentine Riquet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.12439" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02481299v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019MONTG032" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116826v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurine Hammel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Touchard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E a V Burioli" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Paradis" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Cerqueira" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2023.2541" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802906v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Simon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graham Coop" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2312377121" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335752v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Arbiol" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Villalba" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika A.V. Burioli" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.16052" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03025054v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Fra&#239;sse" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tahani El Ayari" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Liautard&#8208;haag" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Strelkov" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jeb.13709" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03156998v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iva Popovic" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Mazoyer" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Spataro" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Delmotte" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13323" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03358213v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ane Pastor" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janus Larsen" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flemming Thorbj&#248;rn Hansen" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bierne" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/meps13559" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02372503v2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Einar Eg Nielsen" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Couteau" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rossana Sussarellu" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.12879" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02404031v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Trancart" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bernard" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Charles" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jip.2019.107271" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01980568v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Junge" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Donnellan" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlie Huveneers" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corey Bradshaw" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00227-018-3454-4" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350532v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marisa A Yonemitsu" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachael M Giersch" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Polo-Prieto" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.47788" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01865720v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John J Welch" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/evl3.66" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01865718v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Duranton" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/evo.13504" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01865716v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florentine Riquet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.12439" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02481299v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019MONTG032" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>