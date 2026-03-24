--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Alexis Lebis </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Maître Assistant en Intelligence Artificielle et Aide à la Décision à IMT Nord Europe</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">alexislebis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-2104-8671</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capitaliser les processus d'analyse de traces d'apprentissage : modélisation ontologique & assistance à la réutilisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Environnements Informatiques pour l'Apprentissage Humain. Sorbonne Université, 2019. Français. </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2019SORUS523⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02164400v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Recommender System of Postgraduate Courses Based on Soft Skills: A Psychometric-inspired Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Alberto Pinos Ullauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abir B. Karami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vermeulen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Artificial Intelligence in Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s40593-025-00463-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04974355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling the effect of postgraduate courses on soft skills: a practical approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Alberto Pinos Ullauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abir B. Karami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vermeulen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 14, </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpsyg.2023.1281465⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04439022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enseignement de l’Automatisme basé sur la solution PLC3000. Retour d’expérience</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Duviella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédrick Beler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Chiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noury Bouraqadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal sur l'enseignement des sciences et technologies de l'information et des systèmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 22, pp.1014. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/j3ea/20231014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04272854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fully Individualized Curriculum with Decaying Knowledge, a New Hard Problem: Investigation and Recommendations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Humeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavien Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vermeulen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Artificial Intelligence in Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s40593-023-00376-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04296931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward an Innovative Educational Method to Train Students to Agile Approaches in Higher Education: The A.L.P.E.S.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jannik Laval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abir-Beatrice Karami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Lozenguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Education Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11, </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/educsci11060267⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03242393v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (22)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une hybridation repensée : définition, modèle, méthode</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vermeulen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Mandran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nour El Mawas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12e Conférence sur les Environnements Informatiques pour l'Apprentissage Humain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lille, Jun 2025, Villeneuse d'Ascq, France. pp.256-273</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05216463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'itératif à la navigation accompagnée : une évolution des méthodes de conduite de la recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Mandran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vermeulen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12ème Conférence sur les Environnements Informatiques pour l'Apprentissage Humain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Lille, France. pp.474-485</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05213560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthode de comparaison des modèles de jeux sérieux : vers un recouvrement sémantique des propositions de la littérature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madeleine Valat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12ème Conférence sur les Environnements Informatiques pour l'Apprentissage Humain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Lille, France. pp.536-542</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05216488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La place des mécaniques ludiques dans les feedbacks : une revue systématique de la littérature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Chassaing-Monjou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vermeulen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nour El Mawas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12ème Conférence sur les Environnements Informatiques pour l'Apprentissage Humain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Lille, France. pp.524-535</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05216477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Epistémologie instrumentée en EIAH : retour sur l'outil SEED</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Mandran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12ème Conférence sur les Environnements Informatiques pour l'Apprentissage Humain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Lille, France. pp.464-473</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05213578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flow visualisation with smartphones as an educational framework for affordable and interactive micro-lab sessions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tom Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">77th Annual Meeting of the Division of Fluid Dynamics (APS DFD 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, American Physical Society. Division of Fluid Dynamics, Nov 2024, Salt Lake City, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04718374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Système de recommandation de cours basé sur les soft skills : Une approche utilisant les algorithmes génétiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Alberto Pinos Ullauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abir Karami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vermeulen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EIAH2023 : 11ème Conférence sur les Environnements Informatiques pour l'Apprentissage Humain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association des Technologies de l’Information pour l’Education et la Formation (ATIEF), Jun 2023, Brest, France. pp.344-347</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04184360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling the effect of courses over soft skills: A simulation study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Alberto Pinos Ullauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wim van den Noortgate</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vermeulen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 AERA Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, American Educational Research Association, Apr 2023, Chicago, United States. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3102/2008368⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04202625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La pédagogie par projet agile abat ses cartes : une métaphore ludique au service de la pratique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Delaporte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Deleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Pinot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vermeulen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11ème Conférence Environnements Informatiques pour l’Apprentissage Humain (EIAH 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04148574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers un outil d'accompagnement pour l'hybridation de situations pédagogiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vermeulen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questions de Pédagogie dans l'Enseignement Supérieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2022, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03583964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cursus académique personnalisé dans une approche par compétences avec érosion : étude d'un nouveau problème fondamental</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Humeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vermeulen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10e Conférence sur les Environnements Informatiques pour l’Apprentissage Humain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Marie Lefevre, Christine Michel, Jun 2021, Fribourg / Virtual, Suisse. pp.94-105</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03292785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les IPMC : une plongée au cœur de la mise en pratique des compétences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Prior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Mandran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vermeulen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10e Conférence sur les Environnements Informatiques pour l’Apprentissage Humain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Marie Lefevre, Christine Michel, Jun 2021, Fribourg, France. pp.330-335</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03289266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La chorégraphie des traces étudiantes : une nouvelle visualisation multidimensionnelle pour les acteurs pédagogiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Mandran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vermeulen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10e Conférence sur les Environnements Informatiques pour l’Apprentissage Humain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Marie Lefevre, Christine Michel, Jun 2021, Fribourg, France. pp.324-329</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03289139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Planning in the midst of chaos: how a stochastic Blood Bowl model can help to identify key planning features</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Humeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vermeulen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Lozenguez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Conference on Games</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Copenhagen (virtual), Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03345360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Promouvoir et soutenir la Pédagogie Par Projet Centré Humain dans le supérieur : le projet APACHES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Prior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Mandran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abir Karami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vermeulen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DIDAPRO 8 - DIDASTIC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2020, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recherche intelligente de processus d'analyse de traces d'e-learning via des inférences sémantiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefevre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanda Luengo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Guin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées francophones d'Ingénierie des Connaissances (IC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02155496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assistance à la réutilisation de processus d'analyse de traces d'apprentissage via une approche narrative et sémantique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Septièmes Rencontres Jeunes Chercheurs en EIAH (RJC EIAH 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01769541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capitalisation of Analysis Processes : Enabling Reproducibility, Openess and Adaptability thanks to Narration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefevre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanda Luengo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Guin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LAK '18 - 8th International Conference on Learning Analytics and Knowledge</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Sydney, Australia. pp.245-254, </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3170358.3170408⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01714184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capitaliser les processus d'analyse de traces d'e-learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefevre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanda Luengo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Guin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Méthodologies et outils pour le recueil, l’analyse et la visualisation des traces d’interaction - ORPHEE-RDV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2017, Font-Romeu, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01637556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche narrative des processus d'analyses de traces d'apprentissage : un framework ontologique pour la capitalisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefevre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanda Luengo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Guin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environnements Informatiques pour l'Apprentissage Humain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01517145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a Capitalization of Processes Analyzing Learning Interaction Traces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefevre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanda Luengo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Guin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th European Conference on Technology Enhanced Learning (EC-TEL 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Lyon, France. pp.397-403, </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-45153-4_33⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01336851v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une capitalisation des processus d'analyse de traces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres Jeunes Chercheurs en EIAH (RJC-EIAH 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01336850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Objective Tests in Automated Grading of Computer Science Courses: An Overview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marin Lujak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marĳa Slavkovik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vermeulen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Doniec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook on Intelligent Techniques in the Educational Process</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 29, Springer International Publishing, pp.239-268, 2022, Learning and Analytics in Intelligent Systems, </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-04662-9_12⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03770667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'itératif au momentum : une évolution nécessaire aux méthodes de conduite de la recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Mandran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vermeulen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04798943v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Logiciel (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Epistemological Self-Assessment Tool</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025, </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:5c38fab90e1352a7dbba418816fd5b2bf7355262;origin=https://github.com/TALE4GDA/thedre-epistemological-self-assessment-tool;visit=swh:1:snp:5203921fe560dc358bc708912372a7cc5b33e4f7;anchor=swh:1:rev:c7ca33c32ca04332fcd3cf421026187682bfb1cb⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05058894v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Course recommender</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Alberto Pinos Ullauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024, </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:547864233517c8cdaba7e668471c16483bd71b5d;origin=https://github.com/F-FIDELO-19-008-FLEURY/course-recommender;visit=swh:1:snp:bf7fd2bc2d3f35378e04541f69e2c95ba967e971;anchor=swh:1:rev:40f04981dce459338256cd143adb2beea5fcb258⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04638389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">xAPI Profile - Card Game</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Deleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vermeulen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:e8d3648a0a99d032c7b9d743102410eb8ebad460;origin=https://gitlab.univ-lille.fr/alexis.lebis/xapi-profile-card-game.git;visit=swh:1:snp:bd989820bcfd2d59d772cd5c755f4c37a1ac3e74;anchor=swh:1:rev:484b1523e356f0dd52d38a70e21c93f1ffa35401⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04449626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">xAPI Profile - Agile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Deleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vermeulen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:ed54dca36c826c4f15f992fe5610fe732d250c50;origin=https://gitlab.univ-lille.fr/alexis.lebis/xapi-profile-agile.git;visit=swh:1:snp:ab2c3c377bf8222860fed340aba33b234acbfc7a;anchor=swh:1:rev:ab88b2f6fcbeb1335ba85b1bf9709ff992db2a08⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04449609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fully Individualized Curriculum with Decaying Knowledge Meta-Heuristic Solver</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Humeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:411f53f49872171a9c3da7caeb967c17fddadcbd;origin=http://gvipers.imt-nord-europe.fr/m3tal/csdvp-evolutionary-algorithm-optimization;visit=swh:1:snp:634276c83e6780dfcdfb1dd5683f7dc970353e9e;anchor=swh:1:rev:54e03bbd717749bab8b70ba3ae5041d70f355ca3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04298620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId94"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Alexis Lebis </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Maître Assistant en Intelligence Artificielle et Aide à la Décision à IMT Nord Europe</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">alexislebis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-2104-8671</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capitaliser les processus d'analyse de traces d'apprentissage : modélisation ontologique & assistance à la réutilisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Environnements Informatiques pour l'Apprentissage Humain. Sorbonne Université, 2019. Français. </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2019SORUS523⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02164400v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Recommender System of Postgraduate Courses Based on Soft Skills: A Psychometric-inspired Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Alberto Pinos Ullauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abir B. Karami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vermeulen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Artificial Intelligence in Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s40593-025-00463-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04974355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling the effect of postgraduate courses on soft skills: a practical approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Alberto Pinos Ullauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abir B. Karami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vermeulen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 14, </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpsyg.2023.1281465⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04439022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enseignement de l’Automatisme basé sur la solution PLC3000. Retour d’expérience</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Duviella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédrick Beler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Chiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noury Bouraqadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal sur l'enseignement des sciences et technologies de l'information et des systèmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 22, pp.1014. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/j3ea/20231014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04272854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fully Individualized Curriculum with Decaying Knowledge, a New Hard Problem: Investigation and Recommendations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Humeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavien Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vermeulen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Artificial Intelligence in Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s40593-023-00376-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04296931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward an Innovative Educational Method to Train Students to Agile Approaches in Higher Education: The A.L.P.E.S.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jannik Laval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abir-Beatrice Karami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Lozenguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Education Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11, </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/educsci11060267⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03242393v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (22)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'itératif à la navigation accompagnée : une évolution des méthodes de conduite de la recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Mandran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vermeulen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12ème Conférence sur les Environnements Informatiques pour l'Apprentissage Humain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Lille, France. pp.474-485</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05213560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une hybridation repensée : définition, modèle, méthode</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vermeulen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Mandran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nour El Mawas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12e Conférence sur les Environnements Informatiques pour l'Apprentissage Humain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lille, Jun 2025, Villeneuse d'Ascq, France. pp.256-273</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05216463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthode de comparaison des modèles de jeux sérieux : vers un recouvrement sémantique des propositions de la littérature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madeleine Valat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12ème Conférence sur les Environnements Informatiques pour l'Apprentissage Humain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Lille, France. pp.536-542</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05216488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La place des mécaniques ludiques dans les feedbacks : une revue systématique de la littérature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Chassaing-Monjou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vermeulen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nour El Mawas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12ème Conférence sur les Environnements Informatiques pour l'Apprentissage Humain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Lille, France. pp.524-535</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05216477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Epistémologie instrumentée en EIAH : retour sur l'outil SEED</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Mandran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12ème Conférence sur les Environnements Informatiques pour l'Apprentissage Humain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Lille, France. pp.464-473</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05213578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flow visualisation with smartphones as an educational framework for affordable and interactive micro-lab sessions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tom Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">77th Annual Meeting of the Division of Fluid Dynamics (APS DFD 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, American Physical Society. Division of Fluid Dynamics, Nov 2024, Salt Lake City, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04718374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Système de recommandation de cours basé sur les soft skills : Une approche utilisant les algorithmes génétiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Alberto Pinos Ullauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abir Karami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vermeulen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EIAH2023 : 11ème Conférence sur les Environnements Informatiques pour l'Apprentissage Humain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association des Technologies de l’Information pour l’Education et la Formation (ATIEF), Jun 2023, Brest, France. pp.344-347</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04184360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling the effect of courses over soft skills: A simulation study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Alberto Pinos Ullauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wim van den Noortgate</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vermeulen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 AERA Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, American Educational Research Association, Apr 2023, Chicago, United States. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3102/2008368⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04202625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La pédagogie par projet agile abat ses cartes : une métaphore ludique au service de la pratique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Delaporte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Deleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Pinot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vermeulen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11ème Conférence Environnements Informatiques pour l’Apprentissage Humain (EIAH 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04148574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers un outil d'accompagnement pour l'hybridation de situations pédagogiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vermeulen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questions de Pédagogie dans l'Enseignement Supérieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2022, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03583964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cursus académique personnalisé dans une approche par compétences avec érosion : étude d'un nouveau problème fondamental</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Humeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vermeulen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10e Conférence sur les Environnements Informatiques pour l’Apprentissage Humain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Marie Lefevre, Christine Michel, Jun 2021, Fribourg / Virtual, Suisse. pp.94-105</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03292785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les IPMC : une plongée au cœur de la mise en pratique des compétences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Prior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Mandran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vermeulen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10e Conférence sur les Environnements Informatiques pour l’Apprentissage Humain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Marie Lefevre, Christine Michel, Jun 2021, Fribourg, France. pp.330-335</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03289266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La chorégraphie des traces étudiantes : une nouvelle visualisation multidimensionnelle pour les acteurs pédagogiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Mandran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vermeulen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10e Conférence sur les Environnements Informatiques pour l’Apprentissage Humain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Marie Lefevre, Christine Michel, Jun 2021, Fribourg, France. pp.324-329</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03289139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Planning in the midst of chaos: how a stochastic Blood Bowl model can help to identify key planning features</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Humeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vermeulen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Lozenguez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Conference on Games</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Copenhagen (virtual), Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03345360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Promouvoir et soutenir la Pédagogie Par Projet Centré Humain dans le supérieur : le projet APACHES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Prior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Mandran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abir Karami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vermeulen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DIDAPRO 8 - DIDASTIC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2020, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recherche intelligente de processus d'analyse de traces d'e-learning via des inférences sémantiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefevre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanda Luengo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Guin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées francophones d'Ingénierie des Connaissances (IC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02155496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assistance à la réutilisation de processus d'analyse de traces d'apprentissage via une approche narrative et sémantique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Septièmes Rencontres Jeunes Chercheurs en EIAH (RJC EIAH 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01769541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capitalisation of Analysis Processes : Enabling Reproducibility, Openess and Adaptability thanks to Narration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefevre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanda Luengo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Guin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LAK '18 - 8th International Conference on Learning Analytics and Knowledge</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Sydney, Australia. pp.245-254, </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3170358.3170408⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01714184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capitaliser les processus d'analyse de traces d'e-learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefevre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanda Luengo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Guin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Méthodologies et outils pour le recueil, l’analyse et la visualisation des traces d’interaction - ORPHEE-RDV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2017, Font-Romeu, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01637556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche narrative des processus d'analyses de traces d'apprentissage : un framework ontologique pour la capitalisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefevre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanda Luengo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Guin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environnements Informatiques pour l'Apprentissage Humain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01517145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a Capitalization of Processes Analyzing Learning Interaction Traces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefevre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanda Luengo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Guin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th European Conference on Technology Enhanced Learning (EC-TEL 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Lyon, France. pp.397-403, </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-45153-4_33⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01336851v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une capitalisation des processus d'analyse de traces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres Jeunes Chercheurs en EIAH (RJC-EIAH 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01336850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Objective Tests in Automated Grading of Computer Science Courses: An Overview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marin Lujak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marĳa Slavkovik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vermeulen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Doniec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook on Intelligent Techniques in the Educational Process</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 29, Springer International Publishing, pp.239-268, 2022, Learning and Analytics in Intelligent Systems, </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-04662-9_12⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03770667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'itératif au momentum : une évolution nécessaire aux méthodes de conduite de la recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Mandran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vermeulen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04798943v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Logiciel (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Epistemological Self-Assessment Tool</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025, </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:5c38fab90e1352a7dbba418816fd5b2bf7355262;origin=https://github.com/TALE4GDA/thedre-epistemological-self-assessment-tool;visit=swh:1:snp:5203921fe560dc358bc708912372a7cc5b33e4f7;anchor=swh:1:rev:c7ca33c32ca04332fcd3cf421026187682bfb1cb⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05058894v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Course recommender</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Alberto Pinos Ullauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024, </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:547864233517c8cdaba7e668471c16483bd71b5d;origin=https://github.com/F-FIDELO-19-008-FLEURY/course-recommender;visit=swh:1:snp:bf7fd2bc2d3f35378e04541f69e2c95ba967e971;anchor=swh:1:rev:40f04981dce459338256cd143adb2beea5fcb258⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04638389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">xAPI Profile - Card Game</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Deleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vermeulen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:e8d3648a0a99d032c7b9d743102410eb8ebad460;origin=https://gitlab.univ-lille.fr/alexis.lebis/xapi-profile-card-game.git;visit=swh:1:snp:bd989820bcfd2d59d772cd5c755f4c37a1ac3e74;anchor=swh:1:rev:484b1523e356f0dd52d38a70e21c93f1ffa35401⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04449626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">xAPI Profile - Agile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Deleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vermeulen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:ed54dca36c826c4f15f992fe5610fe732d250c50;origin=https://gitlab.univ-lille.fr/alexis.lebis/xapi-profile-agile.git;visit=swh:1:snp:ab2c3c377bf8222860fed340aba33b234acbfc7a;anchor=swh:1:rev:ab88b2f6fcbeb1335ba85b1bf9709ff992db2a08⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04449609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fully Individualized Curriculum with Decaying Knowledge Meta-Heuristic Solver</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Lebis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Humeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:411f53f49872171a9c3da7caeb967c17fddadcbd;origin=http://gvipers.imt-nord-europe.fr/m3tal/csdvp-evolutionary-algorithm-optimization;visit=swh:1:snp:634276c83e6780dfcdfb1dd5683f7dc970353e9e;anchor=swh:1:rev:54e03bbd717749bab8b70ba3ae5041d70f355ca3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04298620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId94"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="AFA3884B"/>
+    <w:nsid w:val="5387A0D5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/alexislebis" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2104-8671" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02164400v2" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Lebis" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019SORUS523" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04974355v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Alberto Pinos Ullauri" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abir B. Karami" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Vermeulen" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Fleury" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40593-025-00463-z" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04439022v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2023.1281465" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04272854v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Duviella" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;drick Beler" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Chiron" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noury Bouraqadi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/j3ea/20231014" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296931v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Humeau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Lucas" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40593-023-00376-9" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03242393v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jannik Laval" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abir-Beatrice Karami" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lozenguez" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/educsci11060267" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216463v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Martinet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Mandran" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour El Mawas" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213560v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216488v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madeleine Valat" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216477v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Chassaing-Monjou" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213578v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718374v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Lacassagne" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Mercier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184360v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abir Karami" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202625v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fleury" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wim van den Noortgate" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3102/2008368" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148574v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Delaporte" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Deleau" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Pinot" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03583964v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03292785v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289266v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Prior" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289139v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03345360v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02465268v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155496v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lefevre" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanda Luengo" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Guin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01769541v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714184v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3170358.3170408" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637556v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01517145v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336851v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-45153-4_33" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336850v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03770667v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marin Lujak" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#307;a Slavkovik" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Doniec" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-04662-9_12" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798943v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05058894v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:5c38fab90e1352a7dbba418816fd5b2bf7355262;origin=https://github.com/TALE4GDA/thedre-epistemological-self-assessment-tool;visit=swh:1:snp:5203921fe560dc358bc708912372a7cc5b33e4f7;anchor=swh:1:rev:c7ca33c32ca04332fcd3cf421026187682bfb1cb" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638389v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:547864233517c8cdaba7e668471c16483bd71b5d;origin=https://github.com/F-FIDELO-19-008-FLEURY/course-recommender;visit=swh:1:snp:bf7fd2bc2d3f35378e04541f69e2c95ba967e971;anchor=swh:1:rev:40f04981dce459338256cd143adb2beea5fcb258" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449626v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:e8d3648a0a99d032c7b9d743102410eb8ebad460;origin=https://gitlab.univ-lille.fr/alexis.lebis/xapi-profile-card-game.git;visit=swh:1:snp:bd989820bcfd2d59d772cd5c755f4c37a1ac3e74;anchor=swh:1:rev:484b1523e356f0dd52d38a70e21c93f1ffa35401" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449609v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:ed54dca36c826c4f15f992fe5610fe732d250c50;origin=https://gitlab.univ-lille.fr/alexis.lebis/xapi-profile-agile.git;visit=swh:1:snp:ab2c3c377bf8222860fed340aba33b234acbfc7a;anchor=swh:1:rev:ab88b2f6fcbeb1335ba85b1bf9709ff992db2a08" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298620v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:411f53f49872171a9c3da7caeb967c17fddadcbd;origin=http://gvipers.imt-nord-europe.fr/m3tal/csdvp-evolutionary-algorithm-optimization;visit=swh:1:snp:634276c83e6780dfcdfb1dd5683f7dc970353e9e;anchor=swh:1:rev:54e03bbd717749bab8b70ba3ae5041d70f355ca3" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/alexislebis" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2104-8671" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02164400v2" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Lebis" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019SORUS523" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04974355v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Alberto Pinos Ullauri" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abir B. Karami" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Vermeulen" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Fleury" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40593-025-00463-z" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04439022v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2023.1281465" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04272854v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Duviella" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;drick Beler" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Chiron" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noury Bouraqadi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/j3ea/20231014" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296931v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Humeau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Lucas" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40593-023-00376-9" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03242393v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jannik Laval" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abir-Beatrice Karami" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lozenguez" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/educsci11060267" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213560v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Mandran" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216463v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Martinet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour El Mawas" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216488v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madeleine Valat" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216477v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Chassaing-Monjou" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213578v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718374v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Lacassagne" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Mercier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184360v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abir Karami" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202625v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fleury" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wim van den Noortgate" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3102/2008368" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148574v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Delaporte" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Deleau" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Pinot" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03583964v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03292785v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289266v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Prior" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289139v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03345360v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02465268v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155496v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lefevre" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanda Luengo" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Guin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01769541v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714184v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3170358.3170408" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637556v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01517145v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336851v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-45153-4_33" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336850v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03770667v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marin Lujak" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#307;a Slavkovik" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Doniec" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-04662-9_12" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798943v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05058894v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:5c38fab90e1352a7dbba418816fd5b2bf7355262;origin=https://github.com/TALE4GDA/thedre-epistemological-self-assessment-tool;visit=swh:1:snp:5203921fe560dc358bc708912372a7cc5b33e4f7;anchor=swh:1:rev:c7ca33c32ca04332fcd3cf421026187682bfb1cb" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638389v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:547864233517c8cdaba7e668471c16483bd71b5d;origin=https://github.com/F-FIDELO-19-008-FLEURY/course-recommender;visit=swh:1:snp:bf7fd2bc2d3f35378e04541f69e2c95ba967e971;anchor=swh:1:rev:40f04981dce459338256cd143adb2beea5fcb258" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449626v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:e8d3648a0a99d032c7b9d743102410eb8ebad460;origin=https://gitlab.univ-lille.fr/alexis.lebis/xapi-profile-card-game.git;visit=swh:1:snp:bd989820bcfd2d59d772cd5c755f4c37a1ac3e74;anchor=swh:1:rev:484b1523e356f0dd52d38a70e21c93f1ffa35401" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449609v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:ed54dca36c826c4f15f992fe5610fe732d250c50;origin=https://gitlab.univ-lille.fr/alexis.lebis/xapi-profile-agile.git;visit=swh:1:snp:ab2c3c377bf8222860fed340aba33b234acbfc7a;anchor=swh:1:rev:ab88b2f6fcbeb1335ba85b1bf9709ff992db2a08" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298620v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:411f53f49872171a9c3da7caeb967c17fddadcbd;origin=http://gvipers.imt-nord-europe.fr/m3tal/csdvp-evolutionary-algorithm-optimization;visit=swh:1:snp:634276c83e6780dfcdfb1dd5683f7dc970353e9e;anchor=swh:1:rev:54e03bbd717749bab8b70ba3ae5041d70f355ca3" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>