--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -240,321 +240,321 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Next Generation of Porphysomes for Improved Photodynamic Therapy Applications</w:t>
+                <w:t xml:space="preserve">Photoactivatable bioinspired nanomedicines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Khatia Merabishvili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Islam Zmerli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Jana Alhoussein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Cressey</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Christophe Regeard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Makky</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Controlled Release</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 381, pp.113621. </w:t>
+              <w:t xml:space="preserve">Chemical Society Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 54 (18), pp.8170-8195. </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jconrel.2025.113621⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/d5cs00257e⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05432004v1</w:t>
+                <w:t xml:space="preserve">hal-05432014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photoactivatable bioinspired nanomedicines</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Next Generation of Porphysomes for Improved Photodynamic Therapy Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jana Alhoussein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khatia Merabishvili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Islam Zmerli</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jana Alhoussein</w:t>
+                <w:t xml:space="preserve">Tiffany Ho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdechakour Elkihel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Regeard</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Paul Cressey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Society Reviews</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 54 (18), pp.8170-8195. </w:t>
+              <w:t xml:space="preserve">Journal of Controlled Release</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 381, pp.113621. </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/d5cs00257e⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jconrel.2025.113621⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05432014v1</w:t>
+                <w:t xml:space="preserve">hal-05432004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Membrane Fluidization Strategy Significantly Boosts Photodynamic Therapy and Antitumor Immunity of Porphyrin-Lipid Nanoparticles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiffany Ho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Valic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -644,90 +644,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Self‐Organization of Lipid‐Porphyrin Conjugates at the Air/Water Interface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Cressey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wasim Abuillan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nada Ibrahim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jana Alhoussein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oleg Konovalov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -912,51 +912,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Novel Strategy to Drive the Intracellular Uptake of Lipid Nanoparticles for Photodynamic Therapy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiffany Ho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Keegan Guidolin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1040,334 +1040,351 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04271340v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photo-triggerable liposomes based on lipid-porphyrin conjugate and cholesterol combination: Formulation and mechanistic study on monolayers and bilayers</w:t>
+                <w:t xml:space="preserve">Influence of the porphyrin structure and linker length on the interfacial behavior of phospholipid-porphyrin conjugates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Massiot</w:t>
+                <w:t xml:space="preserve">Louis-Gabriel Bronstein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Cressey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wasim Abuillan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oleg Konovalov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maciej Jankowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochimica et Biophysica Acta:Biomembranes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bbamem.2021.183812⟩</w:t>
+              <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 611, pp.441-450. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcis.2021.12.114⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04271345v1</w:t>
+                <w:t xml:space="preserve">hal-04225702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Novel liposome-like assemblies composed of phospholipid-porphyrin conjugates with photothermal and photodynamic activities against bacterial biofilms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Cressey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis-Gabriel Bronstein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rayene Benmahmoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Rosilio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Regeard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Pharmaceutics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 623, pp.121915. </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ijpharm.2022.121915⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04225714v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phospholipid–porphyrin conjugates: deciphering the driving forces behind their supramolecular assemblies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis-Gabriel Bronstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ágota Tóth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Cressey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Rosilio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1425,191 +1442,174 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04225708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of the porphyrin structure and linker length on the interfacial behavior of phospholipid-porphyrin conjugates</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Paul Cressey</w:t>
+                <w:t xml:space="preserve">Photo-triggerable liposomes based on lipid-porphyrin conjugate and cholesterol combination: Formulation and mechanistic study on monolayers and bilayers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Massiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wasim Abuillan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oleg Konovalov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Makky</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 611, pp.441-450. </w:t>
+              <w:t xml:space="preserve">Biochimica et Biophysica Acta:Biomembranes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 1864 (1), pp.183812. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jcis.2021.12.114⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.bbamem.2021.183812⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04225702v1</w:t>
+                <w:t xml:space="preserve">hal-04271345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multifunctional polydopamine-based nanoparticles: synthesis, physico-chemical properties and applications for bimodal photothermal/photodynamic therapy of cancer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Islam Zmerli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1669,77 +1669,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design and Synthesis of New PEGylated Polydopamine-Based Nanoconstructs Bearing ROS-Responsive Linkers and a Photosensitizer for Bimodal Photothermal and Photodynamic Therapies against Cancer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Islam Zmerli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nada Ibrahim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Cressey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1916,51 +1916,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bioinspired polydopamine nanoparticles: synthesis, nanomechanical properties, and efficient PEGylation strategy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Islam Zmerli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2131,913 +2131,913 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03035064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two new polymorphic structures of human full-length alpha-synuclein fibrils solved by cryo-electron microscopy</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Photo-triggerable liposomal drug delivery systems: from simple porphyrin insertion in the lipid bilayer towards supramolecular assemblies of lipid–porphyrin conjugates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Massiot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Rosilio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Makky</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">eLife</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.7554/eLife.48907⟩</w:t>
+              <w:t xml:space="preserve">Journal of materials chemistry‎ B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 7 (11), pp.1805-1823. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c9tb00015a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-02402414v2</w:t>
+                <w:t xml:space="preserve">hal-04269466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photo-triggerable liposomal drug delivery systems: from simple porphyrin insertion in the lipid bilayer towards supramolecular assemblies of lipid–porphyrin conjugates</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Véronique Rosilio</w:t>
+                <w:t xml:space="preserve">Capillary zone electrophoresis-native mass spectrometry for the quality control of intact therapeutic monoclonal antibodies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Le-Minh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N.Thuy Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Makky</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronique Rosilio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Taverna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of materials chemistry‎ B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C9TB00015A⟩</w:t>
+              <w:t xml:space="preserve">Journal of Chromatography A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 1601, pp.375 - 384. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chroma.2019.05.050⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04271373v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03488222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photo-triggerable liposomal drug delivery systems: from simple porphyrin insertion in the lipid bilayer towards supramolecular assemblies of lipid–porphyrin conjugates</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Two new polymorphic structures of human full-length alpha-synuclein fibrils solved by cryo-electron microscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ricardo Guerrero-Ferreira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas M.I. Taylor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana-Andreea Arteni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pratibha Kumari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Mona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of materials chemistry‎ B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c9tb00015a⟩</w:t>
+              <w:t xml:space="preserve">eLife</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 8, pp.e48907. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7554/eLife.48907⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04269466v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02402414v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Capillary zone electrophoresis-native mass spectrometry for the quality control of intact therapeutic monoclonal antibodies</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">N.Thuy Tran</w:t>
+                <w:t xml:space="preserve">Photo-triggerable liposomal drug delivery systems: from simple porphyrin insertion in the lipid bilayer towards supramolecular assemblies of lipid–porphyrin conjugates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Massiot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Rosilio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Makky</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chromatography A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 1601, pp.375 - 384. </w:t>
+              <w:t xml:space="preserve">Journal of materials chemistry‎ B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 7 (11), pp.1805-1823. </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.chroma.2019.05.050⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/C9TB00015A⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03488222v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04271373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ib-AMP4 insertion causes surface rearrangement in the phospholipid bilayer of biomembranes: Implications from quartz-crystal microbalance with dissipation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Newly synthesized lipid-porphyrin conjugates: evaluation of their self assembling properties, their miscibility with phospholipids and their photodynamic activity in vitro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Massiot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Rosilio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nada Ibrahim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xiaobo Fan</w:t>
+                <w:t xml:space="preserve">Akihisa Yamamoto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agatha Korytowski</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Valérie Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochimica et Biophysica Acta:Biomembranes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bbamem.2017.10.025⟩</w:t>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 24 (72), pp.19179-19194. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chem.201804865⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04271398v1</w:t>
+                <w:t xml:space="preserve">hal-04271414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular interactions governing the incorporation of cholecalciferol and retinyl-palmitate in mixed taurocholate-lipid micelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Desmarchelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Rosilio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Chapron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Makky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Preveraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 250, pp.221 - 229. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.foodchem.2018.01.063⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01757864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Newly synthesized lipid-porphyrin conjugates: evaluation of their self assembling properties, their miscibility with phospholipids and their photodynamic activity in vitro</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nada Ibrahim</w:t>
+                <w:t xml:space="preserve">Ib-AMP4 insertion causes surface rearrangement in the phospholipid bilayer of biomembranes: Implications from quartz-crystal microbalance with dissipation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaobo Fan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agatha Korytowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Makky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Motomu Tanaka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Akihisa Yamamoto</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Michael Wink</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Biochimica et Biophysica Acta:Biomembranes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 1860 (2), pp.617-623. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bbamem.2017.10.025⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/chem.201804865⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04271414v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04271398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nanomechanical properties of distinct fibrillar polymorphs of the protein α-synuclein</w:t>
               </w:r>
@@ -3741,64 +3741,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cholecalciferol (vitamin D3) and retinyl palmitate (vitamin A) display different solubilization capacities in mixed micelle solutions: effect of interactions with mixed micelle components and of cholecalciferol self-associating properties.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien P. Prévéraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Desmarchelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Chapron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Makky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3853,90 +3853,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Retinyl esters and cholecalciferol interact for their incorporation into mixed micelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Desmarchelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Makky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Chapron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Preveraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Rosilio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4250,51 +4250,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05459934v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdechakour Elkihel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isokjon Pozilov" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Makky" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-443-40431-3.00008-6" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05432004v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Alhoussein" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khatia Merabishvili" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffany Ho" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Cressey" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconrel.2025.113621" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05432014v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Islam Zmerli" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Regeard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5cs00257e" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05432017v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Valic" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tracy Liu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Zheng" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiming Yang" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnanomed.5c00053" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225692v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wasim Abuillan" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nada Ibrahim" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Konovalov" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.202200687" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04273314v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Czajor" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Zhakhov" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Ischenko" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-46066-3" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04271340v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keegan Guidolin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lili Ding" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202218218" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04271345v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Massiot" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamem.2021.183812" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225714v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Gabriel Bronstein" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rayene Benmahmoudi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Rosilio" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2022.121915" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225708v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;gota T&#243;th" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Di Meo" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2NR01158A" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225702v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maciej Jankowski" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2021.12.114" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225742v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Michel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2399-7532/abf0fa" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225729v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Denis" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.molpharmaceut.1c00597" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03018846v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Bousset" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Madiona" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronald Melki" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2020.10.045" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225722v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9TB02769F" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03035064v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02402414v2" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Guerrero-Ferreira" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas M.I. Taylor" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Andreea Arteni" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pratibha Kumari" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Mona" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.48907" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04271373v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9TB00015A" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269466v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9tb00015a" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03488222v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Le-Minh" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.Thuy Tran" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Rosilio" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Taverna" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2019.05.050" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04271398v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaobo Fan" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agatha Korytowski" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Motomu Tanaka" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Wink" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamem.2017.10.025" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-080N62HV-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01757864v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Desmarchelier" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Chapron" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Preveraud" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2018.01.063" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04271414v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akihisa Yamamoto" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Nicolas" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201804865" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01410315v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Polesel-Maris" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep37970" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01273519v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; A. Mor&#225;n-Meza" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lubin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Thoyer" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cap.2015.05.015" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03242781v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Viel" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shu-Wen Wendy Chen" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Berthelot" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Pellequer" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jmr.2294" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/E92756C3E13653947DD6E9BCDFA0E632F2EE67D3/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00960500v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Polesel-Maris" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Legrand" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Garcia" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2011.11.032" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9WSLMX20-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594974v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Daghildjian" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Maillard" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamem.2012.07.003" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595512v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien P. Pr&#233;v&#233;raud" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594761v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00800719v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05459934v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdechakour Elkihel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isokjon Pozilov" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Makky" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-443-40431-3.00008-6" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05432014v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khatia Merabishvili" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Islam Zmerli" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Alhoussein" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Regeard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5cs00257e" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05432004v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffany Ho" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Cressey" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconrel.2025.113621" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05432017v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Valic" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tracy Liu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Zheng" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiming Yang" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnanomed.5c00053" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225692v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wasim Abuillan" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nada Ibrahim" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Konovalov" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.202200687" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04273314v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Czajor" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Zhakhov" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Ischenko" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-46066-3" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04271340v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keegan Guidolin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lili Ding" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202218218" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225702v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Gabriel Bronstein" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maciej Jankowski" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2021.12.114" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225714v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rayene Benmahmoudi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Rosilio" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2022.121915" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225708v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;gota T&#243;th" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Di Meo" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2NR01158A" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04271345v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Massiot" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamem.2021.183812" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225742v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Michel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2399-7532/abf0fa" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225729v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Denis" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.molpharmaceut.1c00597" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03018846v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Bousset" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Madiona" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronald Melki" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2020.10.045" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225722v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9TB02769F" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03035064v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269466v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9tb00015a" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03488222v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Le-Minh" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.Thuy Tran" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Rosilio" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Taverna" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2019.05.050" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02402414v2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Guerrero-Ferreira" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas M.I. Taylor" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Andreea Arteni" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pratibha Kumari" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Mona" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.48907" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04271373v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9TB00015A" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04271414v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akihisa Yamamoto" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Nicolas" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201804865" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01757864v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Desmarchelier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Chapron" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Preveraud" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2018.01.063" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04271398v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaobo Fan" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agatha Korytowski" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Motomu Tanaka" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Wink" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamem.2017.10.025" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-080N62HV-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01410315v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Polesel-Maris" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep37970" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01273519v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; A. Mor&#225;n-Meza" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lubin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Thoyer" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cap.2015.05.015" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03242781v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Viel" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shu-Wen Wendy Chen" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Berthelot" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Pellequer" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jmr.2294" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/E92756C3E13653947DD6E9BCDFA0E632F2EE67D3/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00960500v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Polesel-Maris" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Legrand" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Garcia" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2011.11.032" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9WSLMX20-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594974v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Daghildjian" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Maillard" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamem.2012.07.003" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595512v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien P. Pr&#233;v&#233;raud" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594761v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00800719v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>