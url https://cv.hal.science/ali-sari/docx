--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -66,2321 +66,2321 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (44)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (45)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the impact of the negative electrode in Graphite/LFP cells during first and second life aging experiments</w:t>
+                <w:t xml:space="preserve">Passive impedance spectroscopy of EV Lithium-ion batteries in transient operation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">William Wheeler</w:t>
+                <w:t xml:space="preserve">Jules Millet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yann Bultel</w:t>
+                <w:t xml:space="preserve">Daniel Depernet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Venet</w:t>
+                <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elie Riviere</w:t>
+                <w:t xml:space="preserve">Frédéric Gustin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ali Sari</w:t>
+                <w:t xml:space="preserve">Hugo Helbling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Energy Storage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 129, pp.117288. </w:t>
+              <w:t xml:space="preserve">Results in engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 29, pp.109746. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.est.2025.117288⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.rineng.2026.109746⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05113413v1</w:t>
+                <w:t xml:space="preserve">hal-05563064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Forecasting the remaining useful life (RUL) of metallized film capacitors affected by the self-healing phenomenon</w:t>
+                <w:t xml:space="preserve">On the impact of the negative electrode in Graphite/LFP cells during first and second life aging experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Rochefort</w:t>
+                <w:t xml:space="preserve">William Wheeler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Bultel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Venet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie Riviere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Venet</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Dielectrics and Electrical Insulation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TDEI.2025.3579739⟩</w:t>
+              <w:t xml:space="preserve">Journal of Energy Storage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 129, pp.117288. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.est.2025.117288⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05118152v1</w:t>
+                <w:t xml:space="preserve">hal-05113413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An ageing study of twenty 18650 lithium-ion Graphite/LFP cells in first and second life use</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yann Bultel</w:t>
+                <w:t xml:space="preserve">Forecasting the remaining useful life (RUL) of metallized film capacitors affected by the self-healing phenomenon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Rochefort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Venet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Clerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Venet</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radoslava Mitova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Data </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE Transactions on Dielectrics and Electrical Insulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.1-1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TDEI.2025.3579739⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41597-025-04712-7⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04980674v1</w:t>
+                <w:t xml:space="preserve">hal-05118152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">State of the art on the sustainability of lithium-ion batteries for electric mobility</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">An ageing study of twenty 18650 lithium-ion Graphite/LFP cells in first and second life use</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Wheeler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Bultel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Venet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Energy Storage</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.est.2025.118631⟩</w:t>
+              <w:t xml:space="preserve">Scientific Data </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 12 (1), pp.392. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41597-025-04712-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05343884v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04980674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aging in First and Second Life of G/LFP 18650 Cells: Diagnosis and Evolution of the State of Health of the Cell and the Negative Electrode under Cycling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">William Wheeler</w:t>
+                <w:t xml:space="preserve">State of the art on the sustainability of lithium-ion batteries for electric mobility</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Gillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Helbling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Venet</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elie Riviere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Batteries</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/batteries10040137⟩</w:t>
+              <w:t xml:space="preserve">Journal of Energy Storage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 139, pp.118631. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.est.2025.118631⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04911791v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05343884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Postmortem Analysis of 18650 Graphite/LFP Cells in a Long-Term Aging Study for Second-Life Applications</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Aging in First and Second Life of G/LFP 18650 Cells: Diagnosis and Evolution of the State of Health of the Cell and the Negative Electrode under Cycling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Wheeler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Venet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Bultel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Venet</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Riviere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Batteries</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 10 (4), pp.119. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/batteries10040119⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 10 (4), pp.137. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/batteries10040137⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04911793v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04911791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal runaway indicators of metallized polypropylene film capacitors</w:t>
+                <w:t xml:space="preserve">Postmortem Analysis of 18650 Graphite/LFP Cells in a Long-Term Aging Study for Second-Life Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Rochefort</w:t>
+                <w:t xml:space="preserve">William Wheeler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Bultel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Venet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Venet</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie Riviere</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Dielectrics and Electrical Insulation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TDEI.2024.3385351⟩</w:t>
+              <w:t xml:space="preserve">Batteries</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 10 (4), pp.119. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/batteries10040119⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04570104v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04911793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ageing metallized polypropylene film capacitors laws confronted with the phenomenon of corrosion</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Thermal runaway indicators of metallized polypropylene film capacitors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Rochefort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Venet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Clerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Venet</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Radoslava Mitova</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miao-Xin Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microelectronics Reliability</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.microrel.2023.115174⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Dielectrics and Electrical Insulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.1-1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TDEI.2024.3385351⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04288771v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04570104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A submodule with integrated supercapacitors for HVDC-MMC providing fast frequency response</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Ageing metallized polypropylene film capacitors laws confronted with the phenomenon of corrosion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Rochefort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Venet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Clerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radoslava Mitova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Power Delivery</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TPWRD.2021.3086864⟩</w:t>
+              <w:t xml:space="preserve">Microelectronics Reliability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 150, pp.115174. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.microrel.2023.115174⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03516860v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04288771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generation of a Real-Life Battery Usage Pattern for Electrical Vehicle Application and Aging Comparison With the WLTC Profile</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A submodule with integrated supercapacitors for HVDC-MMC providing fast frequency response</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Errigo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed Ben-Marzouk</w:t>
+                <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Serge Pelissier</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Cedric Mathieu de Vienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Chedot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Vehicular Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TVT.2021.3077671⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Power Delivery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 37 (3), pp.1423 - 1432. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TPWRD.2021.3086864⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03776188v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03516860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a Capacitance versus Voltage Model for Lithium-Ion Capacitors</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Generation of a Real-Life Battery Usage Pattern for Electrical Vehicle Application and Aging Comparison With the WLTC Profile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Ben-Marzouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Pelissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Clerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Venet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Batteries</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/batteries6040054⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Vehicular Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 70 (6), pp.5618-5627. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TVT.2021.3077671⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03811369v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03776188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparing lithium-ion battery architecture performances with Colored Petri Net</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laurent Piétrac</w:t>
+                <w:t xml:space="preserve">Development of a Capacitance versus Voltage Model for Lithium-Ion Capacitors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nagham El Ghossein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Ali Sari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Pascal Venet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Eric Niel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SN Applied Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 1, pp.1691. </w:t>
+              <w:t xml:space="preserve">Batteries</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 6 (4), pp.54. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s42452-019-1723-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/batteries6040054⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02491587v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03811369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamical Coupling of a Battery Electro-Thermal Model and the Traction Model of an EV for Driving Range Simulation</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Détermination des modes de conduite des véhicules électriques dans des conditions réelles par des méthodes de classification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Ben-Marzouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Clerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Pelissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Venet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Vehicular Technology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">La Revue 3E.I</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 96</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03811370v1</w:t>
+                <w:t xml:space="preserve">hal-02131899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Détermination des modes de conduite des véhicules électriques dans des conditions réelles par des méthodes de classification</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Comparing lithium-ion battery architecture performances with Colored Petri Net</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Savard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Piétrac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Venet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pascal Venet</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Niel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Revue 3E.I</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SN Applied Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 1, pp.1691. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s42452-019-1723-6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02131899v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02491587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The EFQM method to compare battery performance</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Dynamical Coupling of a Battery Electro-Thermal Model and the Traction Model of an EV for Driving Range Simulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan German</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seima Shili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anatole Desreveaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Venet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global Journal of Business, Economics and Management: Current Issues</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.18844/gjbem.v9i1.4044⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Vehicular Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 69 (1), pp.328-337. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TVT.2019.2955856⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02131854v1</w:t>
+                <w:t xml:space="preserve">hal-03811370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Innovative Incremental Capacity Analysis Implementation for C/LiFePO4 Cell State-of-Health Estimation in Electrical Vehicles</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">The EFQM method to compare battery performance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Savard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Venet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Yann Bultel</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anni Nikulina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Dupuis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Batteries</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/batteries5020037⟩</w:t>
+              <w:t xml:space="preserve">Global Journal of Business, Economics and Management: Current Issues</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (1), pp.41-54. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.18844/gjbem.v9i1.4044⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02131856v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02131854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lifetime Prediction of Lithium-Ion Capacitors Based on Accelerated Aging Tests</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Innovative Incremental Capacity Analysis Implementation for C/LiFePO4 Cell State-of-Health Estimation in Electrical Vehicles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie Riviere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Venet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Meniere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Bultel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Batteries</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 5 (1), pp.28. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/batteries5010028⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 5 (2), pp.37. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/batteries5020037⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02131866v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02131856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reinforcement learning for the control of battery electrothermal behaviours in electric vehicles</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Lifetime Prediction of Lithium-Ion Capacitors Based on Accelerated Aging Tests</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nagham El Ghossein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Venet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Turkish Journal of Electrical Engineering and Computer Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, </w:t>
+              <w:t xml:space="preserve">Batteries</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 5 (1), pp.28. </w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/15567036.2020.1849456⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/batteries5010028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01969240v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02131866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heath Monitoring of Capacitors and Supercapacitors Using Neo Fuzzy Neural Approach</w:t>
               </w:r>
@@ -2392,51 +2392,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdenour Soualhi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maawad Makdessi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan German</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francklin Rivas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2494,577 +2494,577 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01631513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonlinear Capacitance Evolution of Lithium-Ion Capacitors Based on Frequency and Time Domain Measurements</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Reinforcement learning for the control of battery electrothermal behaviours in electric vehicles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riadh Abdelhedi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Lahyani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Chiheb Ammari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Venet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TPEL.2017.2745716⟩</w:t>
+              <w:t xml:space="preserve">Turkish Journal of Electrical Engineering and Computer Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/15567036.2020.1849456⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01646176v1</w:t>
+                <w:t xml:space="preserve">hal-01969240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of the Hybrid Composition of Commercial Lithium-Ion Capacitors on their Floating Aging</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
+                <w:t xml:space="preserve">Nonlinear Capacitance Evolution of Lithium-Ion Capacitors Based on Frequency and Time Domain Measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nagham El Ghossein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Venet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, pp.1 - 1. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TPEL.2018.2838678⟩</w:t>
+              <w:t xml:space="preserve">, 2018, 33 (7), pp.5909 - 5916. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TPEL.2017.2745716⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01864487v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01646176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of Battery Architecture Dependability</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christophe Savard</w:t>
+                <w:t xml:space="preserve">Effects of the Hybrid Composition of Commercial Lithium-Ion Capacitors on their Floating Aging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nagham El Ghossein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Ali Sari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Pascal Venet</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Batteries</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/batteries4030031⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, pp.1 - 1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TPEL.2018.2838678⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01969239v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01864487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Balancing Circuit New Control for Supercapacitor Storage System Lifetime Maximization</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Comparison of Battery Architecture Dependability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Savard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Venet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Niel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Pietrac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pascal Venet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 32 (6), pp.4939 - 4948. </w:t>
+              <w:t xml:space="preserve">Batteries</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 4 (3), pp.31. </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TPEL.2016.2602393⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/batteries4030031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01645945v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01969239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frequency Power Sharing for Battery/Supercapacitors Hybrid Energy Storage System in Electric Vehicles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riadh Abdelhedi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amine Lahyani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Chiheb Ammari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Venet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Review on Modelling and Simulations (IREMOS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 10 (6), pp.399. </w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3092,607 +3092,607 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01969236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contrôle des circuits d’équilibrage des systèmes de stockage d’énergie (supercondensateurs) en vue d’estimer et d’améliorer leur durée de vie</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
+                <w:t xml:space="preserve">Balancing Circuit New Control for Supercapacitor Storage System Lifetime Maximization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seïma Shili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alaa Hijazi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Ali Sari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xuefang Lin-Shi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Pascal Venet</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Xuefang Lin-Shi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Revue 3E.I</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 32 (6), pp.4939 - 4948. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TPEL.2016.2602393⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01721837v1</w:t>
+                <w:t xml:space="preserve">hal-01645945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lithium-Ion Battery Aging Experiments at Subzero Temperatures and Model Development for Capacity Fade Estimation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Contrôle des circuits d’équilibrage des systèmes de stockage d’énergie (supercondensateurs) en vue d’estimer et d’améliorer leur durée de vie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seïma Shili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Venet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joris Jaguemont</w:t>
+                <w:t xml:space="preserve">Alaa Hijazi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loïc Boulon</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Ali Sari</w:t>
+                <w:t xml:space="preserve">Xuefang Lin-Shi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Vehicular Technology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">La Revue 3E.I</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 87, pp.19 et suivantes</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TVT.2015.2473841⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01951218v1</w:t>
+                <w:t xml:space="preserve">hal-01721837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Novel Experimental Identification Method for a Supercapacitor Multipore Model in Order to Monitor the State of Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ronan German</w:t>
+                <w:t xml:space="preserve">Online supercapacitor health monitoring using a balancing circuit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seïma Shili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alaa Hijazi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abderrahmane Hammar</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Pascal Bevilacqua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Venet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TPEL.2015.2408457⟩</w:t>
+              <w:t xml:space="preserve">Journal of Energy Storage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 7, pp.159 - 166. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.est.2016.06.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01951301v1</w:t>
+                <w:t xml:space="preserve">hal-01721810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Online supercapacitor health monitoring using a balancing circuit</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Novel Experimental Identification Method for a Supercapacitor Multipore Model in Order to Monitor the State of Health</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan German</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderrahmane Hammar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Lallemand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Venet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Energy Storage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 7, pp.159 - 166. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 31 (1), pp.548-559. </w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.est.2016.06.004⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TPEL.2015.2408457⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01721810v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01951301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimal hybridization and amortized cost study of battery/supercapacitors system under pulsed loads</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amine Lahyani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Insaf Lahbib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Venet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Energy Storage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 6, pp.222-231. </w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3732,1898 +3732,2052 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01324453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Practical Online Estimation of Lithium-Ion Battery Apparent Series Resistance for Mild Hybrid Vehicles</w:t>
+                <w:t xml:space="preserve">Lithium-Ion Battery Aging Experiments at Subzero Temperatures and Model Development for Capacity Fade Estimation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélien Lièvre</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Joris Jaguemont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Boulon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Venet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Dube</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Vehicular Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 65 (6), pp. 4505-4511. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TVT.2015.2446333⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 65 (6), pp.4328-4343. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TVT.2015.2473841⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01341178v1</w:t>
+                <w:t xml:space="preserve">hal-01951218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of Voltage Resets on Supercapacitors Aging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan German</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Briat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Vinassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Venet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Industrial Electronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 63 (12), pp.7703 - 7711. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/TIE.2016.2594786⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01646203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accelerated Ageing of Metallized Film Capacitors Under High Ripple Currents Combined With a DC Voltage</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Practical Online Estimation of Lithium-Ion Battery Apparent Series Resistance for Mild Hybrid Vehicles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Lièvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Venet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alaa Hijazi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Ouattara-Brigaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TPEL.2014.2351274⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Vehicular Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 65 (6), pp. 4505-4511. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TVT.2015.2446333⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01387629v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01341178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lifetime estimation of high-temperature high-voltage polymer film capacitor based on capacitance loss</w:t>
+                <w:t xml:space="preserve">Accelerated Ageing of Metallized Film Capacitors Under High Ripple Currents Combined With a DC Voltage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maawad Makdessi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Venet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Bevilacqua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Joubert</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microelectronics Reliability</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.microrel.2015.06.099⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 30 (5), pp.2435 - 2444. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TPEL.2014.2351274⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01951253v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01387629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of Supercapacitor Ageing Model on Optimal Sizing and Control of a HEV using Combinatorial Optimization</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Lifetime estimation of high-temperature high-voltage polymer film capacitor based on capacitance loss</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maawad Makdessi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Venet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Bideaux</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">G. Aubard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IFAC-PapersOnLine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2015.10.058⟩</w:t>
+              <w:t xml:space="preserve">Microelectronics Reliability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 55 (9-10), pp.2012-2016. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.microrel.2015.06.099⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01873473v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01951253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study on specific effects of high frequency ripple currents and temperature on supercapacitors ageing</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Impact of Supercapacitor Ageing Model on Optimal Sizing and Control of a HEV using Combinatorial Optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Chauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alaa Hijazi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jean-Michel Vinassa</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Bideaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microelectronics Reliability</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.microrel.2015.06.026⟩</w:t>
+              <w:t xml:space="preserve">IFAC-PapersOnLine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 48 (15), pp.403 - 410. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2015.10.058⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01657470v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01873473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improved model of metalized film capacitors</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Study on specific effects of high frequency ripple currents and temperature on supercapacitors ageing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan German</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Venet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Briat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Vinassa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Dielectrics and Electrical Insulation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TDEI.2013.004158⟩</w:t>
+              <w:t xml:space="preserve">Microelectronics Reliability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 55 (9-10), pp.2027-2031. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.microrel.2015.06.026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00998332v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01657470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improved Supercapacitor Floating Ageing Interpretation Through Multipore Impedance Model Parameters Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ronan German</w:t>
+                <w:t xml:space="preserve">Improved model of metalized film capacitors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maawad Makdessi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Ali Sari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Pascal Venet</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean-Michel Vinassa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TPEL.2013.2279428⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Dielectrics and Electrical Insulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 21 (2), pp.582 - 593. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TDEI.2013.004158⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00988961v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00998332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prediction of supercapacitors floating ageing with surface electrode interface based ageing law</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+                <w:t xml:space="preserve">Improved Supercapacitor Floating Ageing Interpretation Through Multipore Impedance Model Parameters Evolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan German</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Venet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Briat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Vinassa</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microelectronics Reliability</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.microrel.2014.07.105⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 29 (7), pp.3669 - 3678. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TPEL.2013.2279428⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01657480v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00988961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metallized polymer film capacitors ageing law based on capacitance degradation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Prediction of supercapacitors floating ageing with surface electrode interface based ageing law</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan German</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Venet</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Ayadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Briat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microelectronics Reliability</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 54 (9-10), pp.1823-1827. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.microrel.2014.07.103⟩</w:t>
+              <w:t xml:space="preserve">, 2014, 54, pp.1813-1817. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.microrel.2014.07.105⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01951292v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01657480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrochemical Double Layer Capacitors (supercapacitors) Ageing Impacts and Comparison on Different Impedance Models</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ronan German</w:t>
+                <w:t xml:space="preserve">Metallized polymer film capacitors ageing law based on capacitance degradation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maawad Makdessi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Ali Sari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Pascal Venet</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean-Michel Vinassa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPE Journal - European Power Electronics and Drives</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/09398368.2014.11742747⟩</w:t>
+              <w:t xml:space="preserve">Microelectronics Reliability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 54 (9-10), pp.1823-1827. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.microrel.2014.07.103⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01969229v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01951292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Control of PEMFC system air group using differential flatness approach: Validation by a dynamic fuel cell system model</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Electrochemical Double Layer Capacitors (supercapacitors) Ageing Impacts and Comparison on Different Impedance Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan German</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Venet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Sari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Briat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Vinassa</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Energy</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EPE Journal - European Power Electronics and Drives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Septembre 2014, 24 (3), pp.6-13. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/09398368.2014.11742747⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.apenergy.2013.07.043⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01431715v1</w:t>
+                <w:t xml:space="preserve">hal-01969229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of high frequency current ripple on supercapacitors ageing through floating ageing tests</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Ayadi</w:t>
+                <w:t xml:space="preserve">Control of PEMFC system air group using differential flatness approach: Validation by a dynamic fuel cell system model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ramon Naiff da Fonseca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Bideaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Gerard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Jeanneret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Desbois-Renaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microelectronics Reliability</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Applied Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 113, pp. 219-229. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apenergy.2013.07.043⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.microrel.2013.07.030⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-00950564v1</w:t>
+                <w:t xml:space="preserve">hal-01431715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Health Monitoring of DC link Capacitors</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Impact of high frequency current ripple on supercapacitors ageing through floating ageing tests</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan German</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Briat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Venet</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Ayadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Engineering Transactions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3303/CET1333185⟩</w:t>
+              <w:t xml:space="preserve">Microelectronics Reliability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 53 (9-11), pp.1643-1647. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.microrel.2013.07.030⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00998334v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00950564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Health Monitoring of DC link Capacitors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maawad Makdessi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Sari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Venet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chemical Engineering Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 33, pp.1105-1110. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3303/CET1333185⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00998334v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Particle swarm optimization applied to the co-design of a fuel cell air circuit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Espanet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Hissel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Power Sources</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 176 (1), pp.121-131. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jpowsour.2008.01.018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00322189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5633,7877 +5787,7877 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prise en compte du vieillissement des batteries lithium-ion dans un modèle d'analyse du cycle de vie environnementale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eduardo Redondo-Iglesias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Helbling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Symposium de Génie Électrique SGE 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, cnrs, ups, Jul 2025, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05506772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Système d'équilibrage de l'état de santé des cellules pour l'amélioration de la durée de vie des batteries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Brigant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margot Gaetani-Liseo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alaa Hijazi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Venet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6ème Symposium de Génie Électrique (SGE 2025)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CNRS; UPS, Jul 2025, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05507075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prise en compte du vieillissement des batteries lithium-ion dans un modèle d’analyse du cycle de vie environnementale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eduardo Redondo-Iglesias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Helbling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SYMPOSIUM DE GENIE ELECTRIQUE (SGE 2025)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05163579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impedance measurement methods for assessing the performance of Fuel Cells and Li-ion batteries in on-board applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jules Millet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Depernet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Sari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Gustin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Helbling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 26th European Conference on Power Electronics and Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, GDR SEEDS France &amp; EPE Association, Mar 2025, Paris, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.34746/epe2025-0131⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05098673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etat de l'art sur la soutenabilité forte des batteries lithium-ion dans le cadre de la mobilité électrique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Helbling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées couplées du GDR SEEDS et de la conférence JCGE - Jeunes Chercheurs en Génie Electrique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, GDR SEEDS, Jun 2024, 44490 Le Croisic, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04828335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diagnostic et pronostic du vieillissement de cellules lithium-ion G/LFP en vue d'une réutilisation en seconde vie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Wheeler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Venet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Bultel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SYMPOSIUM DE GENIE ELECTRIQUE (SGE 2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04292206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimal multi-criteria management of energy storage systems in a micro-grid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Célié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margot Gaetani-Liseo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amine Lahyani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2023 IEEE Vehicle Power and Propulsion (IEEE VPPC 2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IEEE VTS, Oct 2023, Milan, Italy. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/VPPC60535.2023.10403298⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04338784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude du vieillissement de cellules LFP : diagnostic de l'état de santé de la cellule et des électrodes en vue d'une réutilisation en seconde vie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Wheeler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Venet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Bultel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Rivière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JCGE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Le Croisic, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03696184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modular Multilevel Converter with Embedded Energy Storage for Power Oscillation Damping and Fast Frequency Response - A case study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Errigo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Carlos Gonzalez-Torres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelkrim Benchaib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Chédot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">41. CIGRE International Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Ljubljana, Slovenia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03669846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling and control of an MMC-HVDC submodule with energy storage for fast frequency response</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Errigo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Chédot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Venet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EPE'21 ECCE Europe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Ghent, Belgium. https://ieeexplore.ieee.org/document/9570453, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.23919/EPE21ECCEEurope50061.2021.9570453⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03516895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unplugged Series Hybrid Bike Study: Cost versus Performance Analysis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId182" w:history="1">
+                <w:t xml:space="preserve">Efficiency Comparison between Series Hybrid Bike and Traditional Bike</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edgar Tournon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Venet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Barbedette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Lelievre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Judicael Aubry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2019 IEEE Vehicle Power and Propulsion Conference (VPPC)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/VPPC46532.2019.8952560⟩</w:t>
+              <w:t xml:space="preserve">2019 Fourteenth International Conference on Ecological Vehicles and Renewable Energies (EVER)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Monte-Carlo, France. pp.1-7, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/EVER.2019.8813618⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03047464v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03047465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficiency Comparison between Series Hybrid Bike and Traditional Bike</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId182" w:history="1">
+                <w:t xml:space="preserve">Unplugged Series Hybrid Bike Study: Cost versus Performance Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edgar Tournon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Venet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Barbedette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Lelievre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Judicael Aubry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2019 Fourteenth International Conference on Ecological Vehicles and Renewable Energies (EVER)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/EVER.2019.8813618⟩</w:t>
+              <w:t xml:space="preserve">2019 IEEE Vehicle Power and Propulsion Conference (VPPC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Hanoi, France. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/VPPC46532.2019.8952560⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03047465v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03047464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preliminary Design of Energy Storage System and Bidirectional DC-DC Converter for Aircraft application</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassan Cheaito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joris Pallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Pommier-Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Allard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Clerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE ISIE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Vancouver, Canada. pp.2547-2552, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ISIE.2019.8781329⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02465993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessment of the Impact of Split Storage within Modular Multilevel Converter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Errigo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Chédot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Venet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Venet</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piotr Dworakowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">45th IEEE IECON</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Lisbon, Portugal. pp.4785-4792, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/IECON.2019.8927698⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02432358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accelerated Cycle Aging Tests Applied to Lithium-Ion Capacitors</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Increase lifespan with a cell management algorithm in electric energy storage systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Savard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Venet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Piétrac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Niel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pascal Venet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">VPPC</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/VPPC.2017.8331032⟩</w:t>
+              <w:t xml:space="preserve">2018 IEEE ICIT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2018, Lyon, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICIT.2018.8352447⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01864515v1</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01864491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Lithium-Ion Capacitor electrical model considering pore size dispersion</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Ageing Law for Supercapacitors Floating Ageing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan German</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Venet</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Younes Zitouni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Briat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2018 IEEE ICIT</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ICIT.2018.8352445⟩</w:t>
+              <w:t xml:space="preserve">IEEE ISIE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Istanbul, Turkey. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISIE.2014.6864883⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01864496v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01783998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ageing Law for Supercapacitors Floating Ageing</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Optimal supercapacitor pack sizing for modular multilevel converter with integrated energy storage system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Errigo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Venet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Chédot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE ISIE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ISIE.2014.6864883⟩</w:t>
+              <w:t xml:space="preserve">2018 IEEE ICIT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2018, Lyon, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICIT.2018.8352449⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01783998v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01864478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Increase lifespan with a cell management algorithm in electric energy storage systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christophe Savard</w:t>
+                <w:t xml:space="preserve">Accelerated Cycle Aging Tests Applied to Lithium-Ion Capacitors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nagham El Ghossein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Ali Sari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Pascal Venet</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2018 IEEE ICIT</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ICIT.2018.8352447⟩</w:t>
+              <w:t xml:space="preserve">VPPC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2017, Belfort, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/VPPC.2017.8331032⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01864491v1</w:t>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01864515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal supercapacitor pack sizing for modular multilevel converter with integrated energy storage system</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Florian Errigo</w:t>
+                <w:t xml:space="preserve">A Lithium-Ion Capacitor electrical model considering pore size dispersion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nagham El Ghossein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Ali Sari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Pascal Venet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2018 IEEE ICIT</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2018, Lyon, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ICIT.2018.8352449⟩</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICIT.2018.8352445⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01864478v1</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01864496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aging laws of electrolytic capacitors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Antoine El Hayek</w:t>
+                <w:t xml:space="preserve">Characterization Method for Electrothermal Model of Li-Ion Large Cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan German</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seïma Shili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Ali Sari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Pascal Venet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Bouscayrol</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Evolution of Functional Performance and Expected Lifetime of Electrical Equipments (ELTEE)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">VPPC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2017, Belfort, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/VPPC.2017.8330987⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01922188v1</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01864510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Détermination des modes de conduite des véhicules électriques dans des conditions réelles par des méthodes de classification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Ben-Marzouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Clerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Pelissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Venet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Symposium de Génie Electrique (SGE'18)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Lorraine [UL], Jul 2018, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02981839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization Method for Electrothermal Model of Li-Ion Large Cells</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Aging laws of electrolytic capacitors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine El Hayek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Venet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radoslava Mitova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miao-Xin Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Clerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">VPPC</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Evolution of Functional Performance and Expected Lifetime of Electrical Equipments (ELTEE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Grenoble, France. pp.16 - 17</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01864510v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01922188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reinforcement learning-based power sharing between batteries and supercapacitors in electric vehicles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riadh Abdelhedi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amine Lahyani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Chiheb Ammari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Venet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2018 IEEE ICIT</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2018, Lyon, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ICIT.2018.8352508⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01864499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effets du Vieillissement Calendaire sur les Supercondensateurs Lithium-Ion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nagham El Ghossein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Venet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Symposium de Génie Electrique (SGE'18)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Lorraine [UL], Jul 2018, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02981848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Degradation Behavior of Lithium-Ion Capacitors during Calendar Aging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nagham El Ghossein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Venet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICRERA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2017, San-Diego CA, United States. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ICRERA.2017.8191256⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01646247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lithium-Ion Capacitors : a New Promising Technology of Supercapacitors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nagham El Ghossein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Venet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7èmes Journées Nationales sur la Récupération et le Stockage d'Energie (JNRSE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01921908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Online Lithium-ion Batterie Health Monitoring Using Balancing Circuits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seïma Shili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alaa Hijazi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Venet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2017 IEEE ICIT</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2017, Toronto, ON, Canada. pp.484-488, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ICIT.2017.7913279⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01645847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An improved Frequency Sharing Strategy Between Battery and Supercapacitors in Electric Vehicles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riadh Abdelhedi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Chiheb Ammari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amine Lahyani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Venet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electrimacs 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01589271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interpretation of the Particularities of Lithium-Ion Capacitors and Development of a Simple Circuit Model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nagham El Ghossein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Venet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">VPPC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2016, Hangzhou, China. 7791712 (5 p.), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/VPPC.2016.7791712⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01645639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C-3C: A structure for high reliability with minimal redundancy for batteries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Savard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Venet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Piétrac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Niel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2016 IEEE ICIT</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2016, Taipei, Taiwan. pp.281-286, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ICIT.2016.7474765⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01619563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimal power sharing between batteries and supercapacitors in Electric vehicles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riadh Abdelhedi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Chiheb Ammari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amine Lahyani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Venet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SETIT</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2016, Hammamet, Tunisia. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/SETIT.2016.7939849⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01589297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contrôle des circuits d'équilibrage des systèmes de stockage d'énergie (supercondensateurs) en vue d'estimer et d'améliorer leur durée de vie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seïma Shili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Venet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alaa Hijazi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Venet</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xuefang Lin-Shi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Symposium de Génie Electrique (SGE'16)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01361666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélioration de la fiabilité des structures matricielles de batteries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Savard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Niel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Piétrac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Venet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20e Congrès de maîtrise des risques et de sûreté de fonctionnement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2016, Saint-Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01619640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low temperature aging tests for lithium-ion batteries</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">L. Boulon</w:t>
+                <w:t xml:space="preserve">Combinatorial approach for sizing and optimal energy management of HEV including durability constraints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Chauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alaa Hijazi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Bideaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE ISIE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2015, Búzios, RJ, Brazil. pp.1284-1289, </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, Jun 2015, Búzios, RJ, Brazil. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISIE.2015.7281649⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ISIE.2015.7281657⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01951307v1</w:t>
+                <w:t xml:space="preserve">hal-01873447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of Static Converters related Ripple Currents Effects on Supercapacitors Ageing within DC Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan German</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Venet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Briat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Vinassa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE ISIE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Búzios, RJ, Brazil. pp.1302-1307, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISIE.2015.7281660⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId238" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01778388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combinatorial approach for sizing and optimal energy management of HEV including durability constraints</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Low temperature aging tests for lithium-ion batteries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Jaguemont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Boulon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Venet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Dube</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE ISIE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2015, Búzios, RJ, Brazil. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, Jun 2015, Búzios, RJ, Brazil. pp.1284-1289, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISIE.2015.7281657⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ISIE.2015.7281649⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01873447v1</w:t>
+                <w:t xml:space="preserve">hal-01951307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luenberger Observer for SoC Determination of Lithium-Ion Cells in Mild Hybrid Vehicles, compared to a Kalman Filter</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Lifetime estimation of high-temperature high-voltage polymer film capacitor based on capacitance loss</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maawad Makdessi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Venet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Aubard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EVER 2015</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ESREF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Toulouse, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01436708v1</w:t>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01969261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reliability and Safety Monitoring for more Electrical Transportation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Allard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Clerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emil Dumitrescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan German</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Lièvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">APE Automotive Power Electronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01922178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lifetime estimation of high-temperature high-voltage polymer film capacitor based on capacitance loss</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Luenberger Observer for SoC Determination of Lithium-Ion Cells in Mild Hybrid Vehicles, compared to a Kalman Filter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Lièvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Pelissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Venet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alaa Hijazi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESREF</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EVER 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2015, Monaco, Monaco. 7 p, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/EVER.2015.7112986⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01969261v1</w:t>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01436708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Online health monitoring of metallized polymer film capacitors for avionics applications</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">LiFePO4 Battery State of Health Online Estimation Using Electric Vehicle Embedded Incremental Capacity Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie Riviere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Venet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Meniere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Bultel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE ISIE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ISIE.2015.7281659⟩</w:t>
+              <w:t xml:space="preserve">VPPC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Montréal, Canada. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/VPPC.2015.7352972⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01387627v1</w:t>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01864281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LiFePO4 Battery State of Health Online Estimation Using Electric Vehicle Embedded Incremental Capacity Analysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elie Riviere</w:t>
+                <w:t xml:space="preserve">Cost Optimization for Plug-In Integration in a Hybrid Electric Mini-Excavator with Mixed-Integer Linear Programming</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Chauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alaa Hijazi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Bideaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Venet</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yann Bultel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">VPPC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2015, Montréal, Canada. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/VPPC.2015.7352972⟩</w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/VPPC.2015.7352923⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01864281v1</w:t>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01873439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cost Optimization for Plug-In Integration in a Hybrid Electric Mini-Excavator with Mixed-Integer Linear Programming</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId87" w:history="1">
+                <w:t xml:space="preserve">Balancing circuit control for supercapacitor state estimation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seïma Shili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alaa Hijazi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Venet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xuefang Lin-Shi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">VPPC</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/VPPC.2015.7352923⟩</w:t>
+              <w:t xml:space="preserve">EVER 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2015, Monte Carlo, France. 7 p., </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/EVER.2015.7112981⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01873439v1</w:t>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01240978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Balancing circuit control for supercapacitor state estimation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alaa Hijazi</w:t>
+                <w:t xml:space="preserve">Online health monitoring of metallized polymer film capacitors for avionics applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maawad Makdessi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Ali Sari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Aubard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Pascal Venet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Xuefang Lin-Shi</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EVER 2015</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/EVER.2015.7112981⟩</w:t>
+              <w:t xml:space="preserve">IEEE ISIE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Rio de Janeiro, Brazil. pp.électronique, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISIE.2015.7281659⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01240978v1</w:t>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01387627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Health monitoring of metallized film capacitors using Neo Fuzzy Neural approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maawad Makdessi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdenour Soualhi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Venet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Razik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE ISIE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Búzios, RJ, Brazil. pp.1266-1271, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ISIE.2015.7281654⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01240925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study on specific effects of high frequency ripple currents and temperature on supercapacitors ageing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan German</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Venet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Briat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Vinassa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESREF</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2015, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01969263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">State of Health Online Estimation of Energy Storage System using Balancing Circuit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seïma Shili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alaa Hijazi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Venet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Venet</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xuefang Lin-Shi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESREF</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2014, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01721853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metallized polymer film capacitors ageing law based on capacitance degradation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maawad Makdessi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Venet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESREF</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2014, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01969258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimal sizing of an energy storage system for a hybrid vehicle applied to an off-road application</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Chauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alaa Hijazi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bideaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AIM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2014, Besançon, France. pp.775 - 780, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/AIM.2014.6878173⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01075201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Performance analysis of a lead-acid battery / supercapacitors hybrid and a battery stand-alone under pulsed loads</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Insaf Lahbib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amine Lahyani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Venet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICGE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2014, Sfax, Tunisia. pp.CD, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ICGE.2014.6835434⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00998337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prediction of Supercapacitors Floating Ageing with Surface Electrode Interface based Ageing Law</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan German</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Venet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Ayadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Briat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESREF</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2014, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01969257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An energy saver for tramway networks using double active bridge and supercapacitors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Morand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Bergogne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Venet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Venet</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Bevilacqua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EPE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2013, Lille, France. pp.CD, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/EPE.2013.6631993⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00998343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flatness control strategy for the air subsystem of a hydrogen fuel cell system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ramon da Fonseca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bideaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Gerard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Desbois-Renaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th Asian Control Conference (ASCC) 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2013, Istanbul, Turkey. pp.1-6, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ASCC.2013.6606374⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04030637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of high frequency current ripple on supercapacitors ageing through floating ageing tests</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan German</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Briat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Venet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Ayadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESREF</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2013, Arcachon, France. pp.E2a-3 #64</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00998341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Supercapacitors Ageing Prediction by Neural Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdenour Soualhi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Razik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Venet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Clerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">39th IEEE IECON</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2013, Vienne, Austria. pp.CD</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00920298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of EDLC impedance models used for ageing monitoring</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ronan German</w:t>
+                <w:t xml:space="preserve">Modeling of metallized polymer films capacitor's impedance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maawad Makdessi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Ali Sari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Pascal Venet</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st IEEE REVET</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/REVET.2012.6195275⟩</w:t>
+              <w:t xml:space="preserve">38th IEEE IECON</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2012, Montréal, Canada. pp.4048 - 4053, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IECON.2012.6389242⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00747083v1</w:t>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00800529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling of metallized polymer films capacitor's impedance</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Comparison of EDLC impedance models used for ageing monitoring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan German</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Venet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Briat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Vinassa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pascal Venet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">38th IEEE IECON</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/IECON.2012.6389242⟩</w:t>
+              <w:t xml:space="preserve">1st IEEE REVET</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2012, Hammamet, Tunisia. pp.224 - 229, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/REVET.2012.6195275⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00800529v1</w:t>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00747083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interpretation of Electrochemical Double Layer Capacitors (Supercapacitors) Floating Ageing by Multi-pore Model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan German</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Venet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Venet</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Vinassa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Briat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th IEEE IPEC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2012, Ho Chi Minh City, Vietnam. pp.P0172, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ASSCC.2012.6523267⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00798810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Energy management strategy for hybrid fuel cell vehicle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ramon Naiff da Fonseca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bideaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Jeanneret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Gérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Desbois-Renaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICCAS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2012, Jeju Island, South Korea. pp.485 - 490</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00805802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation électromagnétique d'un alternateur tubulaire à aimants permanents pour groupe électrogène à moteur Stirling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Chamagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Espanet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Lanzetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Marquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence Electrotechnique du Futur, EF'09</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2009, Compiègne, France. 6 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00467261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-Objective Design Optimization of PMSM for PEM Fuel Cell Air-Circuit with PSO Algorithms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Dubas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Espanet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE International Electric Machines and Drives Conference (IEMDC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2009, Miami, United States. 6 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00467209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cogging Torque Evaluation through a Magnetic Field Analytical Computation in Permanent Magnet Motors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Dubas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Kauffmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Espanet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE International Conference on Electrical Machines and Systems (ICEMS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2009, Tokyo, Japan. 6 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00467203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conception et analyse des performances d'un groupe électrogène à moteur Stirling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Lanzetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Chamagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Espanet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Marquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Société Française de Thermique, 2009</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2009, Vannes, France. 6 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00467256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reluctance network modeling tubular linear alternator considering iron nonlinearities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Chamagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Espanet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Lanzetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Marquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on electrical machines and systems (ICEMS 2009)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2009, Japan. pp.1-10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00467183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design and Performance Prediction for Miniaturized Stirling Power generators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Espanet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Lanzetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Chamagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Marquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Intelec</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2008, United States. pp.1-10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00467173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Comparison between CG and PSO Algorithms for the Design of a PM Motor for Fuel Cell Ancillaries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Dubas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Hissel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Espanet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Vehicle Power and Propulsion Conference (VPPC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2008, Harbin, China. pp.01-07</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00322516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -13513,150 +13667,150 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LFP battery aging behavior: diagnosis of cell materials for second life applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Wheeler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Venet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Bultel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Riviere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21st International Meeting Lithium Batteries (IMLB2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Sydney, Australia. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03725345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -13666,219 +13820,219 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Batteries électriques pour applications portables et embarquées - T2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Pelissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Venet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Techniques de l'Ingénieur</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, E 2 141 V1, 15 p., 2018, Électronique - Photonique | Électronique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01764995v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Batteries électriques pour applications portables et embarquées -T1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Pelissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Venet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Techniques de l'Ingénieur</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, E 2 140 V3, 16 p., 2018, Électronique - Photonique | Électronique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01764964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -13888,497 +14042,497 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Detection of runaway of metallized film capacitors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Rochefort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radoslava Mitova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miao - Xin Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radoslava Mitova</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Pascal Venet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Clerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : EP23306366. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04914542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Convertisseur de tension multi-niveaux à stockage d'énergie additionnel optimisé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Errigo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Lagier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Chédot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Venet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : WO 2020225332 A1. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04914593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation of the Remaining Useful Life of capacitors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine El Hayek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radoslava Mitova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miao - Xin Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radoslava Mitova</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Pascal Venet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Clerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : EP19305671.0. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04914616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Method for determining the maximum time when a capacitor should be replaced</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maawad Makdessi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Aubard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jimmy Duwattez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Venet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">United States, Patent n° : US2017336463 (A1). 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01679048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -14388,253 +14542,253 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aging study on twenty A123 18650 Graphite/LFP 1.1 Ah cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Wheeler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Venet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Bultel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Venet</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.57745/OLBXKT⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04980712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réalisation d'une analyse du cycle de vie d'un système pile à hydrogène</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aya Bouhlila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Helbling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Walter Lhomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Pahon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05170319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -14644,170 +14798,170 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conception optimale d'un vélo à architecture hybride série et à base de supercondensateur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edgar Tournon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Venet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Barbedette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judicael Aubry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Venet</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Ali Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Energie électrique. Université Claude Bernard Lyon 1, 2020. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03464204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId314"/>
+      <w:footerReference w:type="default" r:id="rId318"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -14954,51 +15108,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113413v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Wheeler" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bultel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Venet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Riviere" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Sari" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.est.2025.117288" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05118152v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Rochefort" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Clerc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radoslava Mitova" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TDEI.2025.3579739" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980674v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-025-04712-7" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343884v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Gillet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Helbling" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.est.2025.118631" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911791v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/batteries10040137" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911793v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/batteries10040119" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04570104v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miao-Xin Wang" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TDEI.2024.3385351" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288771v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2023.115174" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03516860v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Errigo" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Morel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Mathieu de Vienne" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chedot" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPWRD.2021.3086864" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03776188v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ben-Marzouk" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Pelissier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVT.2021.3077671" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811369v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nagham El Ghossein" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/batteries6040054" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491587v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Savard" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pi&#233;trac" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Niel" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42452-019-1723-6" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811370v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan German" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seima Shili" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anatole Desreveaux" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVT.2019.2955856" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02131899v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02131854v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anni Nikulina" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Dupuis" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18844/gjbem.v9i1.4044" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02131856v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Meniere" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/batteries5020037" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02131866v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/batteries5010028" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969240v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riadh Abdelhedi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Lahyani" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Chiheb Ammari" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15567036.2020.1849456" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631513v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdenour Soualhi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maawad Makdessi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francklin Rivas" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Razik" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TII.2017.2701823" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01646176v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2017.2745716" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864487v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2018.2838678" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969239v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pietrac" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/batteries4030031" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01645945v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Se&#239;ma Shili" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaa Hijazi" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuefang Lin-Shi" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2016.2602393" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969236v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15866/iremos.v10i6.12364" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01721837v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951218v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Jaguemont" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Boulon" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Dube" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVT.2015.2473841" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951301v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahmane Hammar" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Lallemand" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2015.2408457" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01721810v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bevilacqua" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.est.2016.06.004" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01324453v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Insaf Lahbib" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.est.2016.01.007" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GPZVNKG3-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01341178v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Li&#232;vre" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Ouattara-Brigaudet" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVT.2015.2446333" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01646203v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Briat" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Vinassa" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2016.2594786" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01387629v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Joubert" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2014.2351274" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951253v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Aubard" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Chevalier" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2015.06.099" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01873473v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Chauvin" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bideaux" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2015.10.058" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01657470v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2015.06.026" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00998332v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TDEI.2013.004158" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00988961v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2013.2279428" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01657480v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ayadi" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2014.07.105" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951292v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2014.07.103" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969229v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09398368.2014.11742747" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01431715v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramon Naiff da Fonseca" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Gerard" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Jeanneret" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Desbois-Renaudin" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apenergy.2013.07.043" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00950564v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2013.07.030" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2GFKP8GL-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00998334v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET1333185" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00322189v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Espanet" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Hissel" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2008.01.018" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5QLXL4WJ-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506772v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Redondo-Iglesias" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05507075v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Brigant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Gaetani-Liseo" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163579v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05098673v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Millet" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Depernet" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gustin" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34746/epe2025-0131" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828335v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292206v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338784v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan C&#233;li&#233;" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VPPC60535.2023.10403298" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03696184v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Rivi&#232;re" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03669846v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Carlos Gonzalez-Torres" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Benchaib" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ch&#233;dot" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03516895v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EPE21ECCEEurope50061.2021.9570453" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03047464v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edgar Tournon" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Barbedette" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Lelievre" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judicael Aubry" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VPPC46532.2019.8952560" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03047465v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EVER.2019.8813618" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02465993v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Cheaito" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Pallier" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Pommier-Petit" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Allard" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIE.2019.8781329" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02432358v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piotr Dworakowski" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON.2019.8927698" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864515v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VPPC.2017.8331032" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864496v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIT.2018.8352445" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783998v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younes Zitouni" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIE.2014.6864883" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864491v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIT.2018.8352447" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864478v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIT.2018.8352449" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922188v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine El Hayek" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02981839v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864510v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bouscayrol" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VPPC.2017.8330987" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864499v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIT.2018.8352508" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02981848v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01646247v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICRERA.2017.8191256" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01921908v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01645847v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIT.2017.7913279" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01589271v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01645639v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VPPC.2016.7791712" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01619563v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIT.2016.7474765" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01589297v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SETIT.2016.7939849" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361666v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01619640v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951307v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Jaguemont" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Boulon" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Dube" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIE.2015.7281657" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01778388v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIE.2015.7281660" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01873447v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIE.2015.7281649" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436708v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EVER.2015.7112986" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922178v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emil Dumitrescu" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969261v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01387627v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Aubard" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIE.2015.7281659" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864281v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Meniere" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VPPC.2015.7352972" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01873439v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VPPC.2015.7352923" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240978v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EVER.2015.7112981" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240925v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIE.2015.7281654" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969263v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01721853v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969258v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01075201v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AIM.2014.6878173" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00998337v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICGE.2014.6835434" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969257v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00998343v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Morand" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bergogne" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EPE.2013.6631993" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04030637v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramon da Fonseca" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ASCC.2013.6606374" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00998341v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00920298v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00747083v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/REVET.2012.6195275" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00800529v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON.2012.6389242" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00798810v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ASSCC.2012.6523267" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00805802v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias G&#233;rard" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00467261v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Chamagne" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Lanzetta" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Marquet" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00467209v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dubas" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00467203v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Kauffmann" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00467256v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00467183v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Marquet" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00467173v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00322516v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03725345v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01764995v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01764964v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04914542v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miao - Xin Wang" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04914593v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lagier" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04914616v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01679048v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Duwattez" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980712v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57745/OLBXKT" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05170319v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aya Bouhlila" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Lhomme" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Pahon" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03464204v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05563064v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Millet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Depernet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Sari" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gustin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Helbling" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rineng.2026.109746" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113413v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Wheeler" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bultel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Venet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Riviere" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.est.2025.117288" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05118152v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Rochefort" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Clerc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radoslava Mitova" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TDEI.2025.3579739" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980674v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-025-04712-7" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343884v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Gillet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.est.2025.118631" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911791v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/batteries10040137" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911793v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/batteries10040119" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04570104v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miao-Xin Wang" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TDEI.2024.3385351" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288771v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2023.115174" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03516860v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Errigo" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Morel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Mathieu de Vienne" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chedot" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPWRD.2021.3086864" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03776188v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ben-Marzouk" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Pelissier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVT.2021.3077671" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811369v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nagham El Ghossein" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/batteries6040054" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02131899v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491587v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Savard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pi&#233;trac" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Niel" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42452-019-1723-6" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811370v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan German" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seima Shili" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anatole Desreveaux" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVT.2019.2955856" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02131854v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anni Nikulina" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Dupuis" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18844/gjbem.v9i1.4044" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02131856v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Meniere" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/batteries5020037" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02131866v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/batteries5010028" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631513v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdenour Soualhi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maawad Makdessi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francklin Rivas" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Razik" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TII.2017.2701823" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969240v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riadh Abdelhedi" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Lahyani" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Chiheb Ammari" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15567036.2020.1849456" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01646176v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2017.2745716" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864487v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2018.2838678" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969239v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pietrac" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/batteries4030031" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969236v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15866/iremos.v10i6.12364" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01645945v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Se&#239;ma Shili" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaa Hijazi" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuefang Lin-Shi" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2016.2602393" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01721837v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01721810v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bevilacqua" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.est.2016.06.004" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951301v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahmane Hammar" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Lallemand" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2015.2408457" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01324453v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Insaf Lahbib" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.est.2016.01.007" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GPZVNKG3-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951218v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Jaguemont" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Boulon" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Dube" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVT.2015.2473841" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01646203v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Briat" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Vinassa" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2016.2594786" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01341178v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Li&#232;vre" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Ouattara-Brigaudet" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVT.2015.2446333" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01387629v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Joubert" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2014.2351274" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951253v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Aubard" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Chevalier" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2015.06.099" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-68QMNK2J-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01873473v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Chauvin" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bideaux" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2015.10.058" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01657470v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2015.06.026" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00998332v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TDEI.2013.004158" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00988961v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2013.2279428" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01657480v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ayadi" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2014.07.105" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951292v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2014.07.103" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P8L7FT2B-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969229v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09398368.2014.11742747" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01431715v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramon Naiff da Fonseca" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Gerard" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Jeanneret" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Desbois-Renaudin" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apenergy.2013.07.043" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00950564v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2013.07.030" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2GFKP8GL-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00998334v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET1333185" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00322189v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Espanet" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Hissel" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2008.01.018" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5QLXL4WJ-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506772v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Redondo-Iglesias" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05507075v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Brigant" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Gaetani-Liseo" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163579v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05098673v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34746/epe2025-0131" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828335v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292206v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338784v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan C&#233;li&#233;" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VPPC60535.2023.10403298" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03696184v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Rivi&#232;re" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03669846v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Carlos Gonzalez-Torres" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Benchaib" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ch&#233;dot" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03516895v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EPE21ECCEEurope50061.2021.9570453" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03047465v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edgar Tournon" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Barbedette" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Lelievre" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judicael Aubry" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EVER.2019.8813618" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03047464v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VPPC46532.2019.8952560" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02465993v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Cheaito" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Pallier" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Pommier-Petit" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Allard" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIE.2019.8781329" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02432358v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piotr Dworakowski" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON.2019.8927698" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864491v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIT.2018.8352447" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783998v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younes Zitouni" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIE.2014.6864883" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864478v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIT.2018.8352449" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864515v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VPPC.2017.8331032" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864496v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIT.2018.8352445" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864510v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bouscayrol" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VPPC.2017.8330987" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02981839v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922188v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine El Hayek" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864499v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIT.2018.8352508" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02981848v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01646247v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICRERA.2017.8191256" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01921908v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01645847v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIT.2017.7913279" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01589271v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01645639v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VPPC.2016.7791712" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01619563v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIT.2016.7474765" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01589297v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SETIT.2016.7939849" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361666v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01619640v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01873447v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIE.2015.7281649" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01778388v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIE.2015.7281660" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951307v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Jaguemont" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Boulon" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Dube" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIE.2015.7281657" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969261v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922178v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emil Dumitrescu" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436708v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EVER.2015.7112986" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864281v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Meniere" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VPPC.2015.7352972" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01873439v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VPPC.2015.7352923" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240978v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EVER.2015.7112981" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01387627v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Aubard" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIE.2015.7281659" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240925v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIE.2015.7281654" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969263v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01721853v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969258v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01075201v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AIM.2014.6878173" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00998337v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICGE.2014.6835434" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969257v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00998343v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Morand" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bergogne" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EPE.2013.6631993" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04030637v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramon da Fonseca" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ASCC.2013.6606374" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00998341v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00920298v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00800529v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON.2012.6389242" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00747083v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/REVET.2012.6195275" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00798810v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ASSCC.2012.6523267" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00805802v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias G&#233;rard" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00467261v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Chamagne" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Lanzetta" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Marquet" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00467209v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dubas" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00467203v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Kauffmann" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00467256v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00467183v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Marquet" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00467173v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00322516v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03725345v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01764995v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01764964v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04914542v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miao - Xin Wang" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04914593v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lagier" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04914616v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01679048v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Duwattez" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980712v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57745/OLBXKT" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05170319v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aya Bouhlila" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Lhomme" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Pahon" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03464204v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>