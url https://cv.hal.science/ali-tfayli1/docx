--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (35)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (52)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -217,1233 +217,1233 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05193601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strat-M® positioning for skin permeation studies: A comparative study including EpiSkin® RHE, and human skin</w:t>
+                <w:t xml:space="preserve">AI-assisted identification of nonmelanoma skin cancer structures based on combined line-field confocal optical coherence tomography and confocal Raman microspectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hichem Kichou</w:t>
+                <w:t xml:space="preserve">Meriem Ayadh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Bonnier</w:t>
+                <w:t xml:space="preserve">Léna Waszczuk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yuri Dancik</w:t>
+                <w:t xml:space="preserve">Jonas Ogien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joudi Bakar</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Rime Michael-Jubeli</w:t>
+                <w:t xml:space="preserve">Grégoire Dauce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Augis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Pharmaceutics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijpharm.2023.123488⟩</w:t>
+              <w:t xml:space="preserve">Journal of Biomedical Optics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 30 (07), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/1.jbo.30.7.076008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04249883v1</w:t>
+                <w:t xml:space="preserve">hal-05527375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Skin surface lipids photo‐oxidation: A vibrational spectroscopy study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Noninvasive evaluation of the skin barrier in reconstructed human epidermis using speckle analysis: Correlation with Raman microspectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Habib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ali Assi</w:t>
+                <w:t xml:space="preserve">Léa Abi Nassif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Marie Abboud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Rime Michael‐jubeli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Arlette Baillet‐guffroy</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Tfayli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Raman Spectroscopy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jrs.6504⟩</w:t>
+              <w:t xml:space="preserve">Skin Research and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 30 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/srt.13708⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04059468v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04563648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of solar radiations on stratum corneum hydration: Part I, protective role of skin surface lipids</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Skin surface lipids photo‐oxidation: A vibrational spectroscopy study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Assi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rime Michael‐jubeli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Jacques‐jamin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Duplan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carine Jacques-Jamin</w:t>
+                <w:t xml:space="preserve">Arlette Baillet‐guffroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biophotonics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 16 (8), </w:t>
+              <w:t xml:space="preserve">Journal of Raman Spectroscopy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/jbio.202300055⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/jrs.6504⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04521976v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04059468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Première application d’un dispositif couplant LC-OCT et microspectroscopie Raman confocale pour la caractérisation de pièces opératoires de carcinomes basocellulaires à l’échelle micrométrique</w:t>
+                <w:t xml:space="preserve">Strat-M® positioning for skin permeation studies: A comparative study including EpiSkin® RHE, and human skin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Ayadh</w:t>
+                <w:t xml:space="preserve">Hichem Kichou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Assi</w:t>
+                <w:t xml:space="preserve">Franck Bonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Waszczuk</w:t>
+                <w:t xml:space="preserve">Yuri Dancik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Ogien</w:t>
+                <w:t xml:space="preserve">Joudi Bakar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Dubois</w:t>
+                <w:t xml:space="preserve">Rime Michael-Jubeli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales de Dermatologie et de Vénéréologie - FMC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 3 (8), pp.A180-A181. </w:t>
+              <w:t xml:space="preserve">International Journal of Pharmaceutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 647, pp.123488. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.fander.2023.09.207⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijpharm.2023.123488⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05079928v1</w:t>
+                <w:t xml:space="preserve">hal-04249883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of triglycerides photooxidation under solar radiations: A stepwise Raman study</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Effects of solar radiations on stratum corneum hydration: Part I, protective role of skin surface lipids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Assi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rime Michael-Jubeli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Duplan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlette Baillet-Guffroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Jacques-Jamin</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hélène Duplan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytical Science Advances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ansa.202200060⟩</w:t>
+              <w:t xml:space="preserve">Journal of Biophotonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 16 (8), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jbio.202300055⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04059366v1</w:t>
+                <w:t xml:space="preserve">hal-04521976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In vitro Raman imaging of human macrophages: Impact of eicosapentaenoic acid on the hydrolysis of cholesterol esters in lipid droplets</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Première application d’un dispositif couplant LC-OCT et microspectroscopie Raman confocale pour la caractérisation de pièces opératoires de carcinomes basocellulaires à l’échelle micrométrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hani Dakroub</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ali Assi</w:t>
+                <w:t xml:space="preserve">M. Ayadh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Louis Paul</w:t>
+                <w:t xml:space="preserve">A. Assi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Waszczuk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Ogien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Talanta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.talanta.2023.124314⟩</w:t>
+              <w:t xml:space="preserve">Annales de Dermatologie et de Vénéréologie - FMC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 3 (8), pp.A180-A181. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.fander.2023.09.207⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04528241v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05079928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Glycerol and natural sugar‐derived complex modulate differentially stratum corneum water‐binding properties and structural parameters in an in vitro Raman‐desorption model</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Joly-Tonetti</w:t>
+                <w:t xml:space="preserve">Characterization of triglycerides photooxidation under solar radiations: A stepwise Raman study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Assi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rime Michael-Jubeli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Jacques-Jamin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlette Baillet-Guffroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Duplan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biophotonics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jbio.202200201⟩</w:t>
+              <w:t xml:space="preserve">Analytical Science Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ansa.202200060⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04343417v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04059366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monitoring dermal penetration and permeation kinetics of topical products; the role of Raman microspectroscopy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">In vitro Raman imaging of human macrophages: Impact of eicosapentaenoic acid on the hydrolysis of cholesterol esters in lipid droplets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Muhieddine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Bielfeldt</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Franck Bonnier</w:t>
+                <w:t xml:space="preserve">Natalie Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H.J. Byrne</w:t>
+                <w:t xml:space="preserve">Hani Dakroub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Assi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Igor Chourpa</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Y. Dancik</w:t>
+                <w:t xml:space="preserve">Jean-Louis Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trends in Analytical Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.trac.2022.116709⟩</w:t>
+              <w:t xml:space="preserve">Talanta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 256, pp.124314. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.talanta.2023.124314⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03698007v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04528241v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimating the Analytical Performance of Raman Spectroscopy for Quantification of Active Ingredients in Human Stratum Corneum</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hichem Kichou</w:t>
+                <w:t xml:space="preserve">Glycerol and natural sugar‐derived complex modulate differentially stratum corneum water‐binding properties and structural parameters in an in vitro Raman‐desorption model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joachim Fluhr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Tfayli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Munnier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yuri Dancik</w:t>
+                <w:t xml:space="preserve">Razvigor Darlenski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kamilia Kemel</w:t>
+                <w:t xml:space="preserve">Maxim Darvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hugh Byrne</w:t>
+                <w:t xml:space="preserve">Nicolas Joly-Tonetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecules</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 27 (9), pp.2843. </w:t>
+              <w:t xml:space="preserve">Journal of Biophotonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 16 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/molecules27092843⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/jbio.202200201⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03659475v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04343417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New Cocrystallization Method: Non-photochemical Laser-Induced Nucleation of a Cocrystal of Caffeine–Gallic Acid in Water</w:t>
               </w:r>
@@ -1687,3050 +1687,5328 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03831133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Studying the effects of suberythemal UV doses on human stratum corneum by in vivo confocal Raman spectroscopy</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Monitoring dermal penetration and permeation kinetics of topical products; the role of Raman microspectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alessia Quatela</w:t>
+                <w:t xml:space="preserve">S. Bielfeldt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Bonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Bonnier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Arlette Baillet-Guffroy</w:t>
+                <w:t xml:space="preserve">H.J. Byrne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Igor Chourpa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Dancik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Dermatology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1684/ejd.2021.4134⟩</w:t>
+              <w:t xml:space="preserve">Trends in Analytical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, pp.116709. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.trac.2022.116709⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04527943v1</w:t>
+                <w:t xml:space="preserve">hal-03698007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of free fatty acids photo‐oxidation under UV radiations: A stepwise Raman study</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Estimating the Analytical Performance of Raman Spectroscopy for Quantification of Active Ingredients in Human Stratum Corneum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hichem Kichou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Munnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuri Dancik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamilia Kemel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugh Byrne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Raman Spectroscopy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jrs.6449⟩</w:t>
+              <w:t xml:space="preserve">Molecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 27 (9), pp.2843. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/molecules27092843⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04528003v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03659475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raman confocal microscopy and biophysics multiparametric characterization of the skin barrier evolution with age</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Stratum corneum ceramide profiles in vitro, ex vivo, and in vivo: characterization of the α-hydroxy double esterified ceramides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joudi Bakar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rime Michael-Jubeli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danielle Libong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arlette Baillet-Guffroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Tfayli</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biophotonics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jbio.202100107⟩</w:t>
+              <w:t xml:space="preserve">Analytical and Bioanalytical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 414 (12), pp.3675-3685. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00216-022-04011-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04528043v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04521930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization of experimental conditions by surface enhanced Raman Scattering (SERS) spectroscopy with gold nanoparticles suspensions</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Ali Tfayli</w:t>
+                <w:t xml:space="preserve">Studying the effects of suberythemal UV doses on human stratum corneum by in vivo confocal Raman spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Assi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sana Tfaili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessia Quatela</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Bonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlette Baillet-Guffroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Spectrochimica Acta Part A: Molecular and Biomolecular Spectroscopy [1994-..]</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.saa.2021.120628⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Dermatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 32 (3), pp.338-346. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1684/ejd.2021.4134⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04270367v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04527943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A mathematical approach to deal with nanoparticle polydispersity in surface enhanced Raman spectroscopy to quantify antineoplastic agents</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Characterization of free fatty acids photo‐oxidation under UV radiations: A stepwise Raman study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Assi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rime Michael‐jubeli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlette Baillet‐guffroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Tfayli</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Talanta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.talanta.2020.121040⟩</w:t>
+              <w:t xml:space="preserve">Journal of Raman Spectroscopy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 54 (1), pp.24-36. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jrs.6449⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02557279v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04528003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A mathematical approach to deal with nanoparticle polydispersity in surface enhanced Raman spectroscopy to quantify antineoplastic agents</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId89" w:history="1">
+                <w:t xml:space="preserve">Discriminative and quantitative analysis of norepinephrine and epinephrine by Surface Enhanced Raman Spectroscopy with gold nanoparticle suspensions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Dowek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Tom Rohmer</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Berge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Prognon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hynd Remita</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Larquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Talanta</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Analytical and Bioanalytical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 414 (2), pp.1163-1176. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00216-021-03743-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.talanta.2020.121040⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04294318v1</w:t>
+                <w:t xml:space="preserve">hal-04664781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A mathematical approach to deal with nanoparticle polydispersity in surface enhanced Raman spectroscopy to quantify antineoplastic agents</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Hynd Remita</w:t>
+                <w:t xml:space="preserve">Biomolecular modifications during keratinocyte differentiation: Raman spectroscopy and chromatographic techniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joudi Bakar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rime Michael-Jubeli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sana Tfaili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Assi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlette Baillet-Guffroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Talanta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.talanta.2020.121040⟩</w:t>
+              <w:t xml:space="preserve">Analyst</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 146 (9), pp.2965-2973. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d1an00231g⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03437402v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04528250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raman mapping coupled to self‐modelling MCR‐ALS analysis to estimate active cosmetic ingredient penetration profile in skin</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Hugh Byrne</w:t>
+                <w:t xml:space="preserve">EBT3 Gafchromic® film as a new substrate for in vitro evaluation of sun protection factor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rindala El Khoury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Abboud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rime Michael-Jubeli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Najet Yagoubi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlette Baillet-Guffroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biophotonics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jbio.202000136⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Dermatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 31 (3), pp.335-341. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1684/ejd.2021.4049⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02989900v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04528251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantification of gemcitabine intravenous drugs by direct measurement in chemotherapy plastic bags using a handheld Raman spectrometer</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marion Berge</w:t>
+                <w:t xml:space="preserve">Comprehensive characterization of the structure and properties of human stratum corneum relating to barrier function and skin hydration: modulation by a moisturizer formulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie‐florence Galliano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Tfayli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Patrice Prognon</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reinhold Dauskardt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Payre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Carrasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Talanta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.talanta.2018.11.062⟩</w:t>
+              <w:t xml:space="preserve">Experimental Dermatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 30 (9), pp.1352-1357. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/exd.14331⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01970020v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04528247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Qualitative and quantitative analysis of therapeutic solutions using Raman and infrared spectroscopy</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Ali Tfayli</w:t>
+                <w:t xml:space="preserve">Assessment of the skin barrier function in the reconstructed human epidermis using a multimodal approach at molecular, tissue and functional levels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joudi Bakar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rime Michael-Jubeli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rindala El Khoury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Hamla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Assi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Spectrochimica Acta Part A: Molecular and Biomolecular Spectroscopy [1994-..]</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.saa.2019.03.056⟩</w:t>
+              <w:t xml:space="preserve">Analyst</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 146 (14), pp.4649-4658. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D1AN00465D⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02866199v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04528245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of lipid modifications in J774 macrophages by vibrational spectroscopies after eicosapentaenoic acid membrane incorporation in unloaded and cholesterol-loaded cells</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean-Louis Paul</w:t>
+                <w:t xml:space="preserve">Raman confocal microscopy and biophysics multiparametric characterization of the skin barrier evolution with age</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Rigal-Dachaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rime Michael-Jubeli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alex Nkengne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlette Baillet-Guffroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armelle Bigouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Talanta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.talanta.2019.01.122⟩</w:t>
+              <w:t xml:space="preserve">Journal of Biophotonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 14 (9), pp.e202100107. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jbio.202100107⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03484939v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04528043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapid discrimination and quantification analysis of five antineoplastic drugs in aqueous solutions using Raman spectroscopy</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId88" w:history="1">
+                <w:t xml:space="preserve">Optimization of experimental conditions by surface enhanced Raman Scattering (SERS) spectroscopy with gold nanoparticles suspensions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Berge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Dowek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Prognon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Xavier Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Tfayli</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Patrice Prognon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Pharmaceutical Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ejps.2017.09.046⟩</w:t>
+              <w:t xml:space="preserve">Spectrochimica Acta Part A: Molecular and Biomolecular Spectroscopy [1994-..]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 268, pp.120628. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.saa.2021.120628⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01970012v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04270367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Discriminative and Quantitative Analysis of Antineoplastic Taxane Drugs Using a Handheld Raman Spectrometer</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A mathematical approach to deal with nanoparticle polydispersity in surface enhanced Raman spectroscopy to quantify antineoplastic agents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Dowek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Minh Mai Lê</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tom Rohmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Xavier Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hynd Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BioMed Research International </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1155/2018/8746729⟩</w:t>
+              <w:t xml:space="preserve">Talanta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 217, pp.121040. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.talanta.2020.121040⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01969980v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02557279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization of classification and regression analysis of four monoclonal antibodies from Raman spectra using collaborative machine learning approach</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">David Nguyen</w:t>
+                <w:t xml:space="preserve">Skin surface lipid composition in women: increased 2,3-oxidosqualene correlates with older age</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Rigal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rime Michael-Jubeli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armelle Bigouret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alex Nkengne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Talanta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.talanta.2018.02.109⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Dermatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 30 (2), pp.103-110. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1684/ejd.2020.3753⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01975523v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04529660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Retinoblastoma membrane models and their interactions with porphyrin photosensitisers: An infrared microspectroscopy study</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Véronique Rosilio</w:t>
+                <w:t xml:space="preserve">A mathematical approach to deal with nanoparticle polydispersity in surface enhanced Raman spectroscopy to quantify antineoplastic agents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Dowek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Minh Mai Lê</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tom Rohmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Xavier Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hynd Remita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry and Physics of Lipids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.chemphyslip.2018.07.003⟩</w:t>
+              <w:t xml:space="preserve">Talanta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 217, pp.121040. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.talanta.2020.121040⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-04269450v1</w:t>
+                <w:t xml:space="preserve">hal-04294318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ATR-FTIR Characterization of Janus Nanoparticles. Part I: Implementation of Spectroscopic Descriptors</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Vincent Faivre</w:t>
+                <w:t xml:space="preserve">A mathematical approach to deal with nanoparticle polydispersity in surface enhanced Raman spectroscopy to quantify antineoplastic agents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Dowek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Minh Mai Lê</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tom Rohmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Xavier Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hynd Remita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Pharmaceutical Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.xphs.2018.04.022⟩</w:t>
+              <w:t xml:space="preserve">Talanta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 217, pp.121040. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.talanta.2020.121040⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04322993v1</w:t>
+                <w:t xml:space="preserve">hal-03437402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Confocal Raman spectroscopic imaging for in vitro monitoring of active ingredient penetration and distribution in Reconstructed Human Epidermis model</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Raman mapping coupled to self‐modelling MCR‐ALS analysis to estimate active cosmetic ingredient penetration profile in skin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Stella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Bonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Tfayli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Yvergnaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hugh J. Byrne</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugh Byrne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Biophotonics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, pp.e201700221. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jbio.201700221⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 13 (11), pp.e202000136. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jbio.202000136⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01643896v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02989900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of structure and organization of cutaneous lipids in a reconstructed skin model and human skin: spectroscopic imaging and chromatographic profiling.</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId143" w:history="1">
+                <w:t xml:space="preserve">Comprehensive characterization and simultaneous analysis of overall lipids in reconstructed human epidermis using NPLC/HR-MSn: 1-O-E (EO) Cer, a new ceramide subclass</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Assi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joudi Bakar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danielle Libong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hugh J Byrne</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie Sarkees</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Solgadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Dermatology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/exd.12423⟩</w:t>
+              <w:t xml:space="preserve">Analytical and Bioanalytical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 412 (3), pp.777-793. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00216-019-02301-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01128914v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04529614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative static curing versus dynamic curing on tablet coating structures</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Barbara Fayard</w:t>
+                <w:t xml:space="preserve">Quantification of gemcitabine intravenous drugs by direct measurement in chemotherapy plastic bags using a handheld Raman spectrometer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Lê</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Berge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Tfayli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Boiret</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlette Baillet-Guffroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Prognon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Pharmaceutics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijpharm.2013.06.008⟩</w:t>
+              <w:t xml:space="preserve">Talanta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 196, pp.376-380. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.talanta.2018.11.062⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01631583v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01970020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comprehensive study of dynamic curing effect on tablet coating structure</w:t>
+                <w:t xml:space="preserve">Skin lightening effect of natural extracts coming from Senegal botanical biodiversity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Gendre</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Julio Cesar Da Silva</w:t>
+                <w:t xml:space="preserve">Hussein Zeitoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rime Michael-Jubeli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rindala El Khoury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlette Baillet-Guffroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Tfayli</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Boiret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Pharmaceutics and Biopharmaceutics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ejpb.2012.04.006⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Dermatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 59 (2), pp.178-183. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ijd.14699⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01631586v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04528254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal dependence of Raman descriptors of ceramides. Part II: effect of chains lengths and head group structures.</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Qualitative and quantitative analysis of therapeutic solutions using Raman and infrared spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alaa Makki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Bonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Respaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatma Chtara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Tfayli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytical and Bioanalytical Chemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Spectrochimica Acta Part A: Molecular and Biomolecular Spectroscopy [1994-..]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 218, pp.97-108. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.saa.2019.03.056⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00832907v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02866199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular interactions of penetration enhancers within ceramides organization: A FTIR approach.</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Investigation of lipid modifications in J774 macrophages by vibrational spectroscopies after eicosapentaenoic acid membrane incorporation in unloaded and cholesterol-loaded cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sana Tfaili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Almar Al Assaad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalie Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima Allaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Paul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Pharmaceutical Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/ejps.2008.10.010⟩</w:t>
+              <w:t xml:space="preserve">Talanta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 199, pp.54 - 64. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.talanta.2019.01.122⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00400341v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03484939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Origanum essential oils reduce the level of melanin in B16-F1 melanocytes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rindala El Khoury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rime Michael-Jubeli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joudi Bakar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hani Dakroub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toufic Rizk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Journal of Dermatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 29 (6), pp.596-602. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1684/ejd.2019.3677⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04528256v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lipid organization in xerosis: the key of the problem?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Vyumvuhore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Michael-Jubeli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Verzeaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Boudier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Le Guillou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Cosmetic Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 40 (6), pp.549-554. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ics.12496⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04528260v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phytochemical screening and antityrosinase activity of carvacrol, thymoquinone, and four essential oils of Lebanese plants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rindala El Khoury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rime Michael Jubeli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc El Beyrouthy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlette Baillet Guffroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toufic Rizk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Cosmetic Dermatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 18 (3), pp.944-952. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jocd.12754⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04528258v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discriminative and Quantitative Analysis of Antineoplastic Taxane Drugs Using a Handheld Raman Spectrometer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Lê</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Tfayli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Prognon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Caudron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BioMed Research International </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 2018, pp.1-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1155/2018/8746729⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01969980v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Measurement of the biomechanical function and structure of ex vivo drying skin using raman spectral analysis and its modulation with emollient mixtures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Krysta Biniek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Tfayli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raoul Vyumvuhore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessia Quatela</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie‐florence Galliano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Experimental Dermatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 27 (8), pp.901-908. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/exd.13721⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04528257v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rapid discrimination and quantification analysis of five antineoplastic drugs in aqueous solutions using Raman spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Minh Mai Lê</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Berge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Tfayli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jiangyan Zhou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Prognon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Journal of Pharmaceutical Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 111, pp.158-166. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejps.2017.09.046⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01970012v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Optimization of classification and regression analysis of four monoclonal antibodies from Raman spectra using collaborative machine learning approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Minh Maï Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Balázs Kégl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Gramfort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Marini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Talanta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 184, pp.260-265. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.talanta.2018.02.109⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01975523v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Retinoblastoma membrane models and their interactions with porphyrin photosensitisers: An infrared microspectroscopy study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Donia Essaid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Tfayli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Maillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Sandt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Rosilio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chemistry and Physics of Lipids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 215, pp.34-45. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chemphyslip.2018.07.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04269450v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clustering-based preprocessing method for lipidomic data analysis: application for the evolution of newborn skin surface lipids from birth until 6 months</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rime Michael-Jubeli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Tfayli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Baudouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Bleton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Analytical and Bioanalytical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 410 (25), pp.6517-6528. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00216-018-1255-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04528261v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ATR-FTIR Characterization of Janus Nanoparticles. Part I: Implementation of Spectroscopic Descriptors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamilia Kemel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sana Tfaili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Tfayli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlette Baillet-Guffroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Faivre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Pharmaceutical Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 107 (9), pp.2457-2464. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.xphs.2018.04.022⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04322993v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Confocal Raman spectroscopic imaging for in vitro monitoring of active ingredient penetration and distribution in Reconstructed Human Epidermis model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lynda Miloudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Bonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Tfayli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Yvergnaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugh J. Byrne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Biophotonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, pp.e201700221. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jbio.201700221⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01643896v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comparison of structure and organization of cutaneous lipids in a reconstructed skin model and human skin: spectroscopic imaging and chromatographic profiling.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Tfayli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Bonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeineb Farhane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danielle Libong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugh J Byrne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Experimental Dermatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 23 (6), pp.441-443. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/exd.12423⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01128914v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raman spectroscopic analysis of human skin tissue sections ex-vivo : evaluation of the effects of tissue processing and dewaxing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. M. Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Bonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Tfayli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helen Lambkin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kathleen Flynn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Biomedical Optics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 18 (6), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/1.JBO.18.6.061202⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01864802v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comparative static curing versus dynamic curing on tablet coating structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Gendre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Genty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Fayard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Tfayli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Boiret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Pharmaceutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 453 (2), pp.448-453. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijpharm.2013.06.008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01631583v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comprehensive study of dynamic curing effect on tablet coating structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Gendre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Genty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julio Cesar Da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Tfayli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Boiret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Journal of Pharmaceutics and Biopharmaceutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 81 (3), p. 657-665. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejpb.2012.04.006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01631586v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thermal dependence of Raman descriptors of ceramides. Part II: effect of chains lengths and head group structures.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Guillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Tfayli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Manfait</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Baillet-Guffroy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Analytical and Bioanalytical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 397 (3), pp.1281-1296</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00832907v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Molecular interactions of penetration enhancers within ceramides organization: A FTIR approach.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Corbe-Guillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Tfayli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Laugel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Baillet-Guffroy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Journal of Pharmaceutical Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 36, pp.192-199. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/ejps.2008.10.010⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00400341v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Raman spectral imaging of single living cancer cells : a preliminary study.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Draux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jeannesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelilah Beljebbar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Tfayli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Fourre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Analyst</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 134 (3), pp.542-548. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/B812610K⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00380252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4740,154 +7018,154 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">NPLIN (Non-Photochemical Laser-Induced nucleation) de co-cristaux de caffeine-acide gallique : vers une nucléation raisonnée de nouveaux coformers.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Mellah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Bosnjakovic-Pavlovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Gemeiner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Konate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Assi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AFC 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2021, En ligne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04096102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4897,525 +7175,525 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blue Light's Impact on Skin Barrier Components: Insights from NP-LC/HR-MS n and Raman Analyses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Habib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Abboud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Lteif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Tfayli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rime Michael-Jubeli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">COMET</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2025, Cergy-Pontoise, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04986540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Première application d’un dispositif couplant LC-OCT et microspectroscopie Raman confocale pour la caractérisation morpho-chimique de pièces opératoires de carcinomes basocellulaires à l’échelle micrométrique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meriem Ayadh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Tfayli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sana Tfaili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Assi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léna Waszczuk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées dermatologique de Paris (JDP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2023, paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04541356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">NPLIN (Non-Photochemical Laser-Induced Nucleation) de co-cristaux de caféine-acide gallique : vers une nucléation raisonnée des co-cristaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dania Mellah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nada Bosnjakovic-Pavlovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Gemeiner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sokona Konate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Assi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Association Française de Cristallographie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04098863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Data acquisition for analytical platforms: Automating scientific workflows and building an open database platform for chemical anlysis metadata</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sana Tfaili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diem Bui Thi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karima Rafes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Tfayli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arlette Baillet-Guffroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chimiométrie XVII</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2016, Namur, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01423371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5425,173 +7703,173 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A platform prototype for co-localized line-field confocal optical coherence tomography (LC-OCT) and confocal Raman microspectroscopy (CRM) acquisitions on ex vivo skin tissues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léna Waszczuk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonas Ogien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Tfayli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Perrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Dubois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optical Coherence Imaging Techniques and Imaging in Scattering Media V, SPIE proceedings</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 12632, pp.1263210, 2023, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1117/12.2672229⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04403843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId195"/>
+      <w:footerReference w:type="default" r:id="rId260"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5738,51 +8016,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193601v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Augis" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Tfaili" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Legrand" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Tfayli" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molliq.2025.128234" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-04249883v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hichem Kichou" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bonnier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuri Dancik" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joudi Bakar" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rime Michael-Jubeli" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2023.123488" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04059468v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Assi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rime Michael&#8208;jubeli" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Jacques&#8208;jamin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Duplan" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arlette Baillet&#8208;guffroy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jrs.6504" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521976v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arlette Baillet-Guffroy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Jacques-Jamin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jbio.202300055" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-05079928v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ayadh" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Assi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Waszczuk" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ogien" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dubois" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fander.2023.09.207" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04059366v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ansa.202200060" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528241v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Muhieddine" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Fournier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hani Dakroub" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Paul" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2023.124314" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343417v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Fluhr" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Razvigor Darlenski" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxim Darvin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Joly-Tonetti" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jbio.202200201" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03698007v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bielfeldt" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.J. Byrne" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Chourpa" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Dancik" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trac.2022.116709" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03659475v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Munnier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamilia Kemel" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugh Byrne" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27092843" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03788064v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dania Mellah" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Nicola&#239;" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Fournier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nada Bo&#353;njakovi&#263;-Pavlovi&#263;" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois-Xavier Legrand" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.2c00624" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831133v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Souce" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Rosilio" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis Nicolis" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athena Kasselouri" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamem.2022.184077" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527943v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessia Quatela" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bonnier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ejd.2021.4134" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528003v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jrs.6449" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528043v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Rigal-Dachaud" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Nkengne" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Bigouret" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jbio.202100107" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04270367v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Berge" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dowek" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Prognon" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.saa.2021.120628" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02557279v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Minh Mai L&#234;" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Rohmer" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hynd Remita" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2020.121040" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294318v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437402v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02989900v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Stella" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Yvergnaux" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jbio.202000136" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01970020v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia L&#234;" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2018.11.062" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02866199v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaa Makki" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Respaud" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Chtara" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.saa.2019.03.056" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03484939v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Almar Al Assaad" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Allaoui" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2019.01.122" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01970012v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiangyan Zhou" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejps.2017.09.046" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969980v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Caudron" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2018/8746729" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975523v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Minh Ma&#239; Le" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bal&#225;zs K&#233;gl" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gramfort" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Marini" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Nguyen" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2018.02.109" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269450v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donia Essaid" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Maillard" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Sandt" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemphyslip.2018.07.003" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-57XL4NS3-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04322993v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Faivre" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.xphs.2018.04.022" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01643896v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynda Miloudi" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugh J. Byrne" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jbio.201700221" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01128914v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeineb Farhane" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Libong" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugh J Byrne" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/exd.12423" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631583v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gendre" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Genty" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Fayard" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Boiret" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2013.06.008" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631586v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio Cesar Da Silva" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejpb.2012.04.006" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00832907v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Guillard" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tfayli" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Manfait" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Baillet-Guffroy" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400341v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Corbe-Guillard" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Laugel" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/ejps.2008.10.010" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00380252v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Draux" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Jeannesson" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelilah Beljebbar" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fourre" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/B812610K" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-V7VF2SZP-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04096102v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mellah" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bosnjakovic-Pavlovic" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gemeiner" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Konate" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04986540v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Habib" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Abboud" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Lteif" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04541356v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Ayadh" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na Waszczuk" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04098863v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nada Bosnjakovic-Pavlovic" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Gemeiner" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sokona Konate" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01423371v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diem Bui Thi" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Rafes" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04403843v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Ogien" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Perrot" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Dubois" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2672229" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193601v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Augis" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Tfaili" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Legrand" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Tfayli" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molliq.2025.128234" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-05527375v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Ayadh" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na Waszczuk" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Ogien" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Dauce" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.jbo.30.7.076008" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563648v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Habib" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Abi Nassif" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Abboud" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rime Michael&#8208;jubeli" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/srt.13708" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04059468v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Assi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Jacques&#8208;jamin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Duplan" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arlette Baillet&#8208;guffroy" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jrs.6504" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-04249883v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hichem Kichou" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bonnier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuri Dancik" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joudi Bakar" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rime Michael-Jubeli" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2023.123488" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521976v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arlette Baillet-Guffroy" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Jacques-Jamin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jbio.202300055" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-05079928v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ayadh" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Assi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Waszczuk" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ogien" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dubois" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fander.2023.09.207" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04059366v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ansa.202200060" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528241v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Muhieddine" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Fournier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hani Dakroub" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Paul" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2023.124314" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343417v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Fluhr" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Razvigor Darlenski" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxim Darvin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Joly-Tonetti" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jbio.202200201" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03788064v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dania Mellah" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Nicola&#239;" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Fournier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nada Bo&#353;njakovi&#263;-Pavlovi&#263;" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois-Xavier Legrand" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.2c00624" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831133v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Souce" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Rosilio" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis Nicolis" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athena Kasselouri" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamem.2022.184077" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03698007v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bielfeldt" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.J. Byrne" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Chourpa" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Dancik" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trac.2022.116709" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03659475v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Munnier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamilia Kemel" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugh Byrne" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27092843" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521930v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Libong" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-022-04011-9" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527943v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessia Quatela" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bonnier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ejd.2021.4134" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528003v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jrs.6449" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04664781v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dowek" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Berge" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Prognon" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Larquet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-021-03743-4" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528250v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1an00231g" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528251v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rindala El Khoury" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najet Yagoubi" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ejd.2021.4049" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528247v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;florence Galliano" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinhold Dauskardt" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Payre" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Carrasco" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/exd.14331" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528245v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Hamla" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1AN00465D" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528043v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Rigal-Dachaud" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Nkengne" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Bigouret" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jbio.202100107" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04270367v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.saa.2021.120628" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02557279v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Minh Mai L&#234;" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Rohmer" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hynd Remita" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2020.121040" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529660v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Rigal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bertrand" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ejd.2020.3753" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294318v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437402v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02989900v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Stella" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Yvergnaux" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jbio.202000136" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529614v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Sarkees" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Solgadi" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-019-02301-3" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01970020v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia L&#234;" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2018.11.062" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528254v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein Zeitoun" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ijd.14699" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02866199v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaa Makki" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Respaud" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Chtara" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.saa.2019.03.056" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03484939v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Almar Al Assaad" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Allaoui" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2019.01.122" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528256v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toufic Rizk" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ejd.2019.3677" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528260v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Vyumvuhore" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Michael-Jubeli" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Verzeaux" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Boudier" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Le Guillou" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ics.12496" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528258v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rime Michael Jubeli" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc El Beyrouthy" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arlette Baillet Guffroy" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jocd.12754" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969980v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Caudron" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2018/8746729" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528257v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krysta Biniek" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raoul Vyumvuhore" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/exd.13721" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01970012v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiangyan Zhou" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejps.2017.09.046" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975523v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Minh Ma&#239; Le" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bal&#225;zs K&#233;gl" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gramfort" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Marini" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Nguyen" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2018.02.109" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269450v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donia Essaid" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Maillard" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Sandt" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemphyslip.2018.07.003" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-57XL4NS3-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528261v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Baudouin" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Bleton" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-018-1255-8" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04322993v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Faivre" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.xphs.2018.04.022" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01643896v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynda Miloudi" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugh J. Byrne" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jbio.201700221" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01128914v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeineb Farhane" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugh J Byrne" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/exd.12423" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01864802v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. M. Ali" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Lambkin" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathleen Flynn" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.JBO.18.6.061202" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631583v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gendre" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Genty" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Fayard" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Boiret" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2013.06.008" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631586v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio Cesar Da Silva" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejpb.2012.04.006" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00832907v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Guillard" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tfayli" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Manfait" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Baillet-Guffroy" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400341v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Corbe-Guillard" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Laugel" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/ejps.2008.10.010" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00380252v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Draux" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Jeannesson" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelilah Beljebbar" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fourre" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/B812610K" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-V7VF2SZP-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04096102v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mellah" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bosnjakovic-Pavlovic" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gemeiner" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Konate" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04986540v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Lteif" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04541356v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04098863v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nada Bosnjakovic-Pavlovic" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Gemeiner" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sokona Konate" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01423371v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diem Bui Thi" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Rafes" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04403843v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Perrot" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Dubois" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2672229" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>