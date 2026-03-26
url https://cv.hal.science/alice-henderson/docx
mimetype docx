--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:108.47457627119px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Alice Henderson </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Alice HendersonProfesseure des universités, Université Grenoble-AlpesDirectrice adjointe, laboratoire LIDILEM</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">alice-henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-3951-416X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">083179488</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intelligibility and identity: From teaching pronunciation to training for spoken language variation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Education. Université Savoie Mont Blanc, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03295473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revisiting Paratone Prosodic Features with the EIIDA corpus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Ballier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Méli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taylor Arnold</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of Speech Prosody</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.450-454, 2022, Proc. Speech Prosody 2022, </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/SpeechProsody.2022-92⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03846508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">English Pronunciation : Issues and Practices (EPIP): Proceedings of the First International Conference. June 3-5 2009, Université de Savoie, Chambéry, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">First English Pronunciation: Issues &amp; Practices (EPIP) conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Chambéry, France. Langages (9), Université de Savoie, pp.246, 2010, 978-2-915797-73-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00636626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the 8th International Conference on English Pronunciation: Issues and Practices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastazija Kirkova-Naskova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Humanez-Berral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université Grenoble-Alpes, 2025, </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.17319582⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05309539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the 7th International Conference English Pronunciation: Issues and Practices (EPIP 7)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastazija Kirkova-Naskova</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université Grenoble-Alpes, 2023, </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.10205580⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04306572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">English Pronunciation Instruction: Research-based Insights</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastazija Kirkova-Naskova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonás Fouz-González</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">John Benjamins, 2021, English Pronunciation Instruction: Research-based Insights, Anastazija Kirkova-Naskova,; Alice Henderson; Jonás Fouz-González</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03168961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Say It Again, Please : English Pronunciation Exercises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université Savoie Mont Blanc, Corpus (8), pp.149, 2015, 978-2-919732-43-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01260065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pronunciation features noticed by L1 Vietnamese MOOC users: In search of sociolinguistic salience</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Rupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">In A. Kirkova-Naskova, P. Humanez-Berral &amp; A. Henderson, (Eds.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 8th International Conference on English Pronunciation: Issues and Practices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.109-117, 2025, </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.16696322⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05196451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Handbook of Second Language Listening</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marnie Reed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Levis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook of Second Language Listening</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, Wiley Blackwell, pp.380-395, 2025, 978-1-394-31234-4. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/9781394312375.ch27⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05499201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction: Looking back and moving forward for online EPIP proceedings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Humánez-Berral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastazija Kirkova-Naskova</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">A. Kirkova-Naskova (Eds.); P. Humánez-Berral (Eds.); A. Henderson (Eds.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 8th International Conference on English Pronunciation: Issues and Practices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.iv-xii, 2025, </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.17273047⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05298107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction: Extending the reach of English pronunciation issues and practices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastazija Kirkova-Naskova</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alice Henderson; Anastazija Kirkova-Naskova. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 7th International Conference on English Pronunciation: Issues and Practices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.iii-vii, 2023, </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.8225005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04181493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Foreign-language accent imitation: Matching production with perception</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arkadiusz Rojczyk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Veronica Sardegna; Anna Jarosz. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">English pronunciation teaching: Theory, practice, and research findings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multilingual Matters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 9781800410497</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03846465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Experiment in Paratone Detection in a Prosodically Annotated EAP Spoken Corpus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Méli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Ballier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achille Falaise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proc. Interspeech 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Proc. Interspeech 2021, ISCA, pp.2616-2620, 2021, </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/Interspeech.2021-294⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03375609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The IP-CAFES project: Reactions to foreign accented English academic discourse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Frost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anastazija Kirkova-Naskova; Jonás Fouz-Gonzalez; Alice Henderson. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">English Pronunciation Instruction: Research-based Insights</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, John Benjamins, pp.197-222, 2021, 9027259070</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04848265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rationale and design of a study of foreign accented academic English</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Frost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anastazija Kirkova-Naskova; Alice Henderson; Jonás Fouz-González. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">English Pronunciation Instruction. Research-based insights</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, John Benjamins, pp.197-222, 2021, English Pronunciation Instruction. Research-based insights, 9789027259073</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03542906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perceptions of foreign-accented lecture-style speech: Please take this seriously</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Volin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radek Skarnitzl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Pronunciation of English by Speakers of Other Languages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cambridge Scholars Press, pp.63-80, 2018, ISBN-10: 1527503909</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01940460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">English pronunciation teaching in Europe : Inside and outside the classroom.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lesley Curnick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Frost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Kautzsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastazija Kirkova-Naskova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">English Pronunciation: Issues and Practices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cambridge Scholars Press, pp.260-291, 2015, ISBN 978-1-137-50943-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01940512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Takes Two to Tango: Research into accent, comprehensibility and intelligibility and implications for CLIL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Second Language Learning and Teaching</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer International Publishing, pp.63-79, 2014, ISBN 978-3-319-00418-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01940522v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le positionnement à travers la mention de l'auteur dans les écrits universitaires anglais d’étudiants français de premier cycle : Implications pédagogiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’écrit scientifique : du lexique au discours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Université de Rennes, pp.131-147, 2014, ISBN : 978-2-7535-2846-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01940552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (24)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insights from English pronunciation MOOC users : The view from &amp;quot;The other forgotten continent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Rupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Wilson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Glain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AUC Philologica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 2025 (3), pp.117-137. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14712/24646830.2025.24⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05478386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Listener training for library staff: Receptive accommodation at work</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadi Ferchiche-Jay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SpeakOut! IATEFL Pronunciation Special Interest Group Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 70, pp.29-39</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04486614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guidelines for decision-making in English pronunciation and listening instruction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La clé des langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, https://cle.ens-lyon.fr/anglais/langue/guidelines-for-decision-making-in-english-pronunciation-and-listening-instruction</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04794113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensibiliser à la diversité des accents étrangers en français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadi Ferchiche-Jay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Français dans Le Monde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 449, pp.42-43</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04281054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Storytelling in L2 English-medium engineering lectures: A typology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Picavet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erica de Vries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of English for Academic Purposes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 62, pp.101214. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jeap.2022.101214⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alignment in ASR and L1 Listeners’ Recognition of L2 Learner Speech: French EFL Learners & Dictation.Io</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Chanethom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research in Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 21 (3), pp.245 - 266. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18778/1731-7533.21.3.03⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04368182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘A better me’: Using acoustically modified learner voices as models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radek Skarnitzl</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Language Learning and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03540297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiter pédagogiquement l’imitation de l’accent d’une langue étrangère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arkadiusz Rojczyk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Langues Modernes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03540277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reactions to the academic discourse of non-native speakers of English: Design and implementation of a study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Frost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordan Wilhelm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Abou Haidar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches en Didactique des Langues et Cultures - Les Cahiers de l'Acedle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 3 (18-3), </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rdlc.10119⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03542215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rationale and design of a study of foreign-accented academic English</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Frost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AILA Applied Linguistics Series</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.198 - 222. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1075/aals.19.09fro⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03542858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jungle Listening: A course in decoding English for psychology students</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Cauldwell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASp - La revue du GERAS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 77, pp.63-77. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/asp.6366⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04848304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Training for English-Medium Instruction in French Higher Education: Keeping Pronunciation in Focus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche et Pratiques Pédagogiques en Langues de Spécialité. Cahiers de l'APLIUT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 38 (2), </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/apliut.7402⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04214045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The English Pronunciation Teaching in Europe Survey: Selected Results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Frost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elina Tergujeff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Kautzsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deirdre Murphy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research in Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 10, pp.5 - 27. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2478/v10015-011-0047-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03542700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Reed, Marnie & Levis, John. (Eds.). 2015. The Handbook of English Pronunciation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of English Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 16, pp.103 - 107</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01644676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Smoothie or Fruit Salad? Learners’ Descriptions of Accents as Windows to Concept Formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research in Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 13 (1), pp.1-20. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/rela-2015-0009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01940340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of English phonology and pronunciation teaching, (2011), by P. Rogerson-Revell. London: Continuum. Pp. xii + 352. ISBN: 978-0-8264-2403-7</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the International Phonetic Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 45 (03), pp.316-319</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01940355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Pronunciation in EFL instruction: A Research-Based Approach, by Jolanta Szpyra-Kozłowska, Multilingual Matters, 2015,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Second Language Pronunciation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 1 (2), pp.282-285</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01644690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Phonology for listening: Teaching the stream of speech, (2013), by R. Cauldwell. Birmingham: Speech in Action, 2013. Pp. 332. ISBN-13: 978-0954344726</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the International Phonetic Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 44 (02), pp.180-182</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01940359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Desperately Seeking a Communicative Approach: English Pronunciation in a Sample of French and Polish Secondary School Textbooks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Jarosz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research in Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 12 (3), pp.261-278. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2478/rela-2014-0015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01940347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Résultats du sondage EPTiES (English Pronunciation Teaching in Europe Survey) : l’enseignement de la prononciation dans plusieurs pays européens vu par les enseignants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Frost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche et Pratiques Pédagogiques en Langues de Spécialité. Cahiers de l'APLIUT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Vol. XXXII N° 1, pp.92-113. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/apliut.3586⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01962474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The English pronunciation teaching in Europe survey: selected results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Una Cunningham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Frost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elina Tergujeff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Kautzsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research in Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 10 (1), pp.5-28. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2478/v10015-011-0047-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01644660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing indicators of authorial stance in psychology students' writing and published research articles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Barr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Writing Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 2 (2), pp.245-264</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00636623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Corpus-Based, Pilot Study of Lexical Stress Variation in American English</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research in Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 8 (8), pp.1-15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00636624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards intelligibility: Designing short pronunciation courses for advanced field experts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASp - La revue du GERAS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 53-54, pp.89-110</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00636625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (29)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intelligibility in the university workplace: Training for tolerance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th International Conference on Native and Non-native Accents of English</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Łódź, Dec 2024, Łódź, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04848603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pronunciation features which MOOC users notice: Linguistic vs subjective saliency</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Rupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPIP8 (English Pronunciation: Issues &amp; Practices)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Cantabria, May 2024, Santander, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04848407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An exploration of and in Big Data from the MOOC ‘English Pronunciation in a Global World’</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Rupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Conference on Native and Non-native Accents of English,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Łódź, Nov 2023, Łódź, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04848416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guidelines for decision-making in pronunciation &amp; listening instruction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire AROMEPHE sur l’enseignement de la phonetique &amp; de la phonologie anglaises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INSPE Fort-de-France/Université des Antilles, Nov 2023, Fort-de-France (Martinique), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04848605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The acoustic and prosodic correlates of SO when used as a discourse marker: From corpus-based analysis to more massive data analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Méli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Ballier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Discourse Markers : Theories &amp; Methods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University Paris-Cîté, May 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04848426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guidelines for decision-making in pronunciation &amp; listening instruction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque de l’ALOES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Jean Moulin Lyon 3, Mar 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04848611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">THE INTERACTION OF DISCOURSE MARKERS WITH PROSODIC BOUNDARIES IN ESP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Ballier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Méli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taylor Arnold</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th International Congress of Phonetic Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Radek Skarnitzl; Jan Volín, Aug 2023, Prague (CZ), Czech Republic. pp.1386-1390</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04213968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entrer dans le disciplinaire par la langue : Le noyau-dur des cours EMILE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de formation pour professeurs du secondaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Rectorat de l'Académie de Grenoble, Collège la Combe de Savoie, May 2022, Albertville, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04848613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The narrative genre in French English-medium engineering lectures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Picavet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erica de Vries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Integrating Content and Language in Higher Education (ICLHE) 7th Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Maastricht, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04848436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alignment in ASR and L1 listeners’ recognition of L2 learner speech: A replication study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Chanethom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Conference on Native and Non-native Accents of English</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Łódź, Dec 2022, Łódź, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using foreign-language accent imitation to explore production and perception</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arkadiusz Rojczyk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Conference PSLLT (Pronunciation in Second Language Learning and Teaching)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Brock University, Jun 2022, Saint Catharine's, Ontario, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orality in English for Specific Purposes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Frost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linda Terrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Wilson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque International du GERAS (Groupe d'Etude et de Recherche en Anglais de Spécialité)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Grenoble-Alpes, Mar 2022, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘It really feels different’: Foreign language accent imitation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PSLLT2021 (Pronunciation in Second Language Learning and Teaching)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Brock University, Jun 2021, Brock University, St. Catharines, Ontario, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04848579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pilot study of university staff training in coping with accented speech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th International Conference on Native and Non-native Accents of English</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Łódź, Dec 2021, Łódź, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04848444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding other accents (UndOA): Easing interactions on international campuses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PSLLT2021 (Pronunciation in Second Language Learning and Teaching),</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Brock University, Jun 2021, Brock University, St. Catharines, Ontario, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04848584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding other accents (UndOA): Easing interactions on international campuses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference SSELFF (Social Studies of the English Language in France and the French-Speaking World)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Lorraine, Jun 2021, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04848575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teaching English pronunciation in a communicative framework: Principles, tools and techniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Nordic Network of L2 Pronunciation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Linköping, Jun 2021, Linköping, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04848618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EIIDA’s Second Life: Préparer un corpus multilingue oral à des transpositions didactiques futures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achille Falaise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Méli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Ballier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ressources linguistiques, méthodes et Applications Didactiquesen Langues de Spécialité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2020, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02533916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perception, comprehension and judgement of foreign accented English academic discourse: What exactly is the problem?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Frost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPIP6 International Conference on English Pronunciation: Issues &amp; Practices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ss. Cyril and Methodius University, May 2019, Skopje, Macedonia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04848601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Foreign-accented speech (FAS) in a university context: A pilot study of training for intercultural interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th International Conference on Native and Non-native Accents of English</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Łódź, Dec 2019, Łódź, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04848589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le projet IP-CAFES : réactions au discours académique de non-anglophones</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Frost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordan Wilhelm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque International ACEDLE « Didactique des langues &amp; plurilinguismes : 30 ans de recherche »,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University Grenoble-Alpes, Nov 2019, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04848596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’apprentissage des codes de l’oral en LVE: Comment s’y prendre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biannual meeting of English teacher trainers at Lycée Champollion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Maxime Lachèze, Rectorat, Académie de Grenoble, Oct 2018, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01940678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Résultats d’enquête auprès d’enseignants d’Histoire et de Sociologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude Approche(s) de l’anglais de spécialité de l’Histoire et de la Sociologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Alice Henderson &amp; Frédérique Freund, LLSETI, Université Savoie-Mont Blanc, Mar 2018, Université Savoie-Mont Blanc, Chambéry, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01940730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EMILE dans l’internationalisation de l’enseignement supérieur français : La prononciation encore et toujours orpheline?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque annuel de l'APLIUT (Association des professeurs de langues des Instituts universitaires de technologie): L'internationalisation des formations et l'enseignement/apprentissage des langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IUT Paul Sabatier; LAIRDIL, May 2018, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01940594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'EMILE dans l'Académie de Grenoble : Résultats d'une enquête en ligne auprès des enseignants impliqués dans le dispositif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Payre-Ficout</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Semaine des Langues Vivantes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Maxime Lachèze, Rectorat de l'Academie de Grenoble, May 2018, Chambéry, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01940690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accented speech and English-medium instruction: What can teachers and students do?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPIP5, 5th international conference on English pronunciation: issues &amp; practices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CRISCO Reserach Group, Université Caen Normandie, May 2017, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01940603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche didactique de l’anglais de la psychologie pour l’appropriation de l’écrit scientifique spécialisé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Freund</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude Approche(s) de l’anglais de spécialité de la psychologie et de la philosophie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Linda Terrier (MCF) et Professeur Henri LePrieult, Laboratoire Cultures Anglo-saxonnes (EA 801) – Axe 1, Université Toulouse – Jean Jaurès, Jan 2017, Université Toulouse-Jean Jaurès, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01940564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les enjeux de l'EMILE : Formation des étudiant.e.s et des enseignant.e.s</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7ème Journée Thématique du Réseau LSP (Langues de spécialité) Grenoble: Enseignement disciplinaire en langues étrangères &amp; Langues de spécialité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Réseau LSP Grenoble, Université Grenoble-Alpes, Jun 2016, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01940578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perceptions of foreign-accented lecture-style speech: Contributing to evidence-based language policy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Volin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radek Skarnitzl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la SAES (Société des Anglicistes de l'Enseignement Supérieur), Atelier de l'ARDAA (Association pour la Recherche en Didactique de l'Anglais et en Acquisition)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Jean Moulin Lyon 3, Jun 2016, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01961634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using ASR in language classrooms: How does it compare to human listeners? (A replication study)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Chanethom</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd Annual Hawaii International Conference on Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2024, Waikoloa, Hawaii, United States. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04365372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guidelines for decision-making in pronunciation &amp; listening instruction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04848340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CLIL in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01940619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Language Policy: What, where, why, how, who?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01940653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.sayitagainplease.fr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">http://www.sayitagainplease.fr</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01940283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId145"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:108.47457627119px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Alice Henderson </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Alice HendersonProfesseure des universités, Université Grenoble-AlpesDirectrice adjointe, laboratoire LIDILEM</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">alice-henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-3951-416X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">083179488</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intelligibility and identity: From teaching pronunciation to training for spoken language variation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Education. Université Savoie Mont Blanc, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03295473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revisiting Paratone Prosodic Features with the EIIDA corpus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Ballier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Méli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taylor Arnold</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of Speech Prosody</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.450-454, 2022, Proc. Speech Prosody 2022, </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/SpeechProsody.2022-92⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03846508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">English Pronunciation : Issues and Practices (EPIP): Proceedings of the First International Conference. June 3-5 2009, Université de Savoie, Chambéry, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">First English Pronunciation: Issues &amp; Practices (EPIP) conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Chambéry, France. Langages (9), Université de Savoie, pp.246, 2010, 978-2-915797-73-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00636626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the 8th International Conference on English Pronunciation: Issues and Practices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastazija Kirkova-Naskova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Humanez-Berral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université Grenoble-Alpes, 2025, </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.17319582⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05309539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the 7th International Conference English Pronunciation: Issues and Practices (EPIP 7)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastazija Kirkova-Naskova</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université Grenoble-Alpes, 2023, </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.10205580⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04306572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">English Pronunciation Instruction: Research-based Insights</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastazija Kirkova-Naskova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonás Fouz-González</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">John Benjamins, 2021, English Pronunciation Instruction: Research-based Insights, Anastazija Kirkova-Naskova,; Alice Henderson; Jonás Fouz-González</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03168961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Say It Again, Please : English Pronunciation Exercises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université Savoie Mont Blanc, Corpus (8), pp.149, 2015, 978-2-919732-43-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01260065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pronunciation features noticed by L1 Vietnamese MOOC users: In search of sociolinguistic salience</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Rupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">In A. Kirkova-Naskova, P. Humanez-Berral &amp; A. Henderson, (Eds.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 8th International Conference on English Pronunciation: Issues and Practices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.109-117, 2025, </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.16696322⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05196451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Handbook of Second Language Listening</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marnie Reed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Levis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook of Second Language Listening</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, Wiley Blackwell, pp.380-395, 2025, 978-1-394-31234-4. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/9781394312375.ch27⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05499201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction: Looking back and moving forward for online EPIP proceedings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Humánez-Berral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastazija Kirkova-Naskova</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">A. Kirkova-Naskova (Eds.); P. Humánez-Berral (Eds.); A. Henderson (Eds.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 8th International Conference on English Pronunciation: Issues and Practices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.iv-xii, 2025, </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.17273047⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05298107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction: Extending the reach of English pronunciation issues and practices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastazija Kirkova-Naskova</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alice Henderson; Anastazija Kirkova-Naskova. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 7th International Conference on English Pronunciation: Issues and Practices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.iii-vii, 2023, </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.8225005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04181493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Foreign-language accent imitation: Matching production with perception</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arkadiusz Rojczyk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Veronica Sardegna; Anna Jarosz. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">English pronunciation teaching: Theory, practice, and research findings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multilingual Matters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 9781800410497</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03846465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Experiment in Paratone Detection in a Prosodically Annotated EAP Spoken Corpus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Méli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Ballier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achille Falaise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proc. Interspeech 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Proc. Interspeech 2021, ISCA, pp.2616-2620, 2021, </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/Interspeech.2021-294⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03375609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The IP-CAFES project: Reactions to foreign accented English academic discourse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Frost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anastazija Kirkova-Naskova; Jonás Fouz-Gonzalez; Alice Henderson. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">English Pronunciation Instruction: Research-based Insights</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, John Benjamins, pp.197-222, 2021, 9027259070</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04848265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rationale and design of a study of foreign accented academic English</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Frost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anastazija Kirkova-Naskova; Alice Henderson; Jonás Fouz-González. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">English Pronunciation Instruction. Research-based insights</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, John Benjamins, pp.197-222, 2021, English Pronunciation Instruction. Research-based insights, 9789027259073</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03542906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perceptions of foreign-accented lecture-style speech: Please take this seriously</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Volin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radek Skarnitzl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Pronunciation of English by Speakers of Other Languages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cambridge Scholars Press, pp.63-80, 2018, ISBN-10: 1527503909</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01940460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">English pronunciation teaching in Europe : Inside and outside the classroom.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lesley Curnick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Frost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Kautzsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastazija Kirkova-Naskova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">English Pronunciation: Issues and Practices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cambridge Scholars Press, pp.260-291, 2015, ISBN 978-1-137-50943-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01940512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Takes Two to Tango: Research into accent, comprehensibility and intelligibility and implications for CLIL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Second Language Learning and Teaching</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer International Publishing, pp.63-79, 2014, ISBN 978-3-319-00418-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01940522v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le positionnement à travers la mention de l'auteur dans les écrits universitaires anglais d’étudiants français de premier cycle : Implications pédagogiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’écrit scientifique : du lexique au discours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Université de Rennes, pp.131-147, 2014, ISBN : 978-2-7535-2846-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01940552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (24)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insights from English pronunciation MOOC users : The view from &amp;quot;The other forgotten continent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Rupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Wilson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Glain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AUC Philologica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 2025 (3), pp.117-137. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14712/24646830.2025.24⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05478386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guidelines for decision-making in English pronunciation and listening instruction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La clé des langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, https://cle.ens-lyon.fr/anglais/langue/guidelines-for-decision-making-in-english-pronunciation-and-listening-instruction</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04794113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Listener training for library staff: Receptive accommodation at work</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadi Ferchiche-Jay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SpeakOut! IATEFL Pronunciation Special Interest Group Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 70, pp.29-39</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04486614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensibiliser à la diversité des accents étrangers en français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadi Ferchiche-Jay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Français dans Le Monde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 449, pp.42-43</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04281054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Storytelling in L2 English-medium engineering lectures: A typology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Picavet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erica de Vries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of English for Academic Purposes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 62, pp.101214. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jeap.2022.101214⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alignment in ASR and L1 Listeners’ Recognition of L2 Learner Speech: French EFL Learners & Dictation.Io</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Chanethom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research in Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 21 (3), pp.245 - 266. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18778/1731-7533.21.3.03⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04368182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘A better me’: Using acoustically modified learner voices as models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radek Skarnitzl</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Language Learning and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03540297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiter pédagogiquement l’imitation de l’accent d’une langue étrangère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arkadiusz Rojczyk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Langues Modernes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03540277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reactions to the academic discourse of non-native speakers of English: Design and implementation of a study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Frost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordan Wilhelm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Abou Haidar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches en Didactique des Langues et Cultures - Les Cahiers de l'Acedle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 3 (18-3), </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rdlc.10119⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03542215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rationale and design of a study of foreign-accented academic English</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Frost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AILA Applied Linguistics Series</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.198 - 222. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1075/aals.19.09fro⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03542858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jungle Listening: A course in decoding English for psychology students</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Cauldwell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASp - La revue du GERAS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 77, pp.63-77. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/asp.6366⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04848304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Training for English-Medium Instruction in French Higher Education: Keeping Pronunciation in Focus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche et Pratiques Pédagogiques en Langues de Spécialité. Cahiers de l'APLIUT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 38 (2), </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/apliut.7402⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04214045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The English Pronunciation Teaching in Europe Survey: Selected Results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Frost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elina Tergujeff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Kautzsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deirdre Murphy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research in Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 10, pp.5 - 27. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2478/v10015-011-0047-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03542700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Reed, Marnie & Levis, John. (Eds.). 2015. The Handbook of English Pronunciation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of English Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 16, pp.103 - 107</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01644676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of English phonology and pronunciation teaching, (2011), by P. Rogerson-Revell. London: Continuum. Pp. xii + 352. ISBN: 978-0-8264-2403-7</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the International Phonetic Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 45 (03), pp.316-319</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01940355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Smoothie or Fruit Salad? Learners’ Descriptions of Accents as Windows to Concept Formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research in Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 13 (1), pp.1-20. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/rela-2015-0009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01940340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Pronunciation in EFL instruction: A Research-Based Approach, by Jolanta Szpyra-Kozłowska, Multilingual Matters, 2015,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Second Language Pronunciation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 1 (2), pp.282-285</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01644690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Phonology for listening: Teaching the stream of speech, (2013), by R. Cauldwell. Birmingham: Speech in Action, 2013. Pp. 332. ISBN-13: 978-0954344726</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the International Phonetic Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 44 (02), pp.180-182</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01940359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Desperately Seeking a Communicative Approach: English Pronunciation in a Sample of French and Polish Secondary School Textbooks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Jarosz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research in Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 12 (3), pp.261-278. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2478/rela-2014-0015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01940347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Résultats du sondage EPTiES (English Pronunciation Teaching in Europe Survey) : l’enseignement de la prononciation dans plusieurs pays européens vu par les enseignants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Frost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche et Pratiques Pédagogiques en Langues de Spécialité. Cahiers de l'APLIUT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Vol. XXXII N° 1, pp.92-113. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/apliut.3586⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01962474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The English pronunciation teaching in Europe survey: selected results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Una Cunningham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Frost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elina Tergujeff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Kautzsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research in Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 10 (1), pp.5-28. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2478/v10015-011-0047-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01644660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing indicators of authorial stance in psychology students' writing and published research articles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Barr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Writing Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 2 (2), pp.245-264</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00636623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Corpus-Based, Pilot Study of Lexical Stress Variation in American English</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research in Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 8 (8), pp.1-15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00636624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards intelligibility: Designing short pronunciation courses for advanced field experts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASp - La revue du GERAS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 53-54, pp.89-110</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00636625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (29)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intelligibility in the university workplace: Training for tolerance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th International Conference on Native and Non-native Accents of English</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Łódź, Dec 2024, Łódź, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04848603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pronunciation features which MOOC users notice: Linguistic vs subjective saliency</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Rupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPIP8 (English Pronunciation: Issues &amp; Practices)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Cantabria, May 2024, Santander, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04848407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guidelines for decision-making in pronunciation &amp; listening instruction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire AROMEPHE sur l’enseignement de la phonetique &amp; de la phonologie anglaises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INSPE Fort-de-France/Université des Antilles, Nov 2023, Fort-de-France (Martinique), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04848605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An exploration of and in Big Data from the MOOC ‘English Pronunciation in a Global World’</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Rupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Conference on Native and Non-native Accents of English,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Łódź, Nov 2023, Łódź, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04848416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The acoustic and prosodic correlates of SO when used as a discourse marker: From corpus-based analysis to more massive data analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Méli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Ballier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Discourse Markers : Theories &amp; Methods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University Paris-Cîté, May 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04848426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guidelines for decision-making in pronunciation &amp; listening instruction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque de l’ALOES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Jean Moulin Lyon 3, Mar 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04848611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">THE INTERACTION OF DISCOURSE MARKERS WITH PROSODIC BOUNDARIES IN ESP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Ballier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Méli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taylor Arnold</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th International Congress of Phonetic Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Radek Skarnitzl; Jan Volín, Aug 2023, Prague (CZ), Czech Republic. pp.1386-1390</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04213968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alignment in ASR and L1 listeners’ recognition of L2 learner speech: A replication study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Chanethom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Conference on Native and Non-native Accents of English</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Łódź, Dec 2022, Łódź, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entrer dans le disciplinaire par la langue : Le noyau-dur des cours EMILE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de formation pour professeurs du secondaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Rectorat de l'Académie de Grenoble, Collège la Combe de Savoie, May 2022, Albertville, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04848613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The narrative genre in French English-medium engineering lectures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Picavet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erica de Vries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Integrating Content and Language in Higher Education (ICLHE) 7th Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Maastricht, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04848436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using foreign-language accent imitation to explore production and perception</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arkadiusz Rojczyk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Conference PSLLT (Pronunciation in Second Language Learning and Teaching)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Brock University, Jun 2022, Saint Catharine's, Ontario, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orality in English for Specific Purposes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Frost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linda Terrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Wilson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque International du GERAS (Groupe d'Etude et de Recherche en Anglais de Spécialité)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Grenoble-Alpes, Mar 2022, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding other accents (UndOA): Easing interactions on international campuses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PSLLT2021 (Pronunciation in Second Language Learning and Teaching),</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Brock University, Jun 2021, Brock University, St. Catharines, Ontario, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04848584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘It really feels different’: Foreign language accent imitation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PSLLT2021 (Pronunciation in Second Language Learning and Teaching)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Brock University, Jun 2021, Brock University, St. Catharines, Ontario, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04848579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pilot study of university staff training in coping with accented speech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th International Conference on Native and Non-native Accents of English</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Łódź, Dec 2021, Łódź, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04848444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding other accents (UndOA): Easing interactions on international campuses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference SSELFF (Social Studies of the English Language in France and the French-Speaking World)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Lorraine, Jun 2021, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04848575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teaching English pronunciation in a communicative framework: Principles, tools and techniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Nordic Network of L2 Pronunciation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Linköping, Jun 2021, Linköping, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04848618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EIIDA’s Second Life: Préparer un corpus multilingue oral à des transpositions didactiques futures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achille Falaise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Méli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Ballier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ressources linguistiques, méthodes et Applications Didactiquesen Langues de Spécialité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2020, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02533916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perception, comprehension and judgement of foreign accented English academic discourse: What exactly is the problem?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Frost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPIP6 International Conference on English Pronunciation: Issues &amp; Practices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ss. Cyril and Methodius University, May 2019, Skopje, Macedonia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04848601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Foreign-accented speech (FAS) in a university context: A pilot study of training for intercultural interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th International Conference on Native and Non-native Accents of English</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Łódź, Dec 2019, Łódź, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04848589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le projet IP-CAFES : réactions au discours académique de non-anglophones</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Frost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordan Wilhelm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque International ACEDLE « Didactique des langues &amp; plurilinguismes : 30 ans de recherche »,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University Grenoble-Alpes, Nov 2019, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04848596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Résultats d’enquête auprès d’enseignants d’Histoire et de Sociologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude Approche(s) de l’anglais de spécialité de l’Histoire et de la Sociologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Alice Henderson &amp; Frédérique Freund, LLSETI, Université Savoie-Mont Blanc, Mar 2018, Université Savoie-Mont Blanc, Chambéry, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01940730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’apprentissage des codes de l’oral en LVE: Comment s’y prendre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biannual meeting of English teacher trainers at Lycée Champollion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Maxime Lachèze, Rectorat, Académie de Grenoble, Oct 2018, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01940678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EMILE dans l’internationalisation de l’enseignement supérieur français : La prononciation encore et toujours orpheline?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque annuel de l'APLIUT (Association des professeurs de langues des Instituts universitaires de technologie): L'internationalisation des formations et l'enseignement/apprentissage des langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IUT Paul Sabatier; LAIRDIL, May 2018, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01940594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'EMILE dans l'Académie de Grenoble : Résultats d'une enquête en ligne auprès des enseignants impliqués dans le dispositif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Payre-Ficout</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Semaine des Langues Vivantes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Maxime Lachèze, Rectorat de l'Academie de Grenoble, May 2018, Chambéry, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01940690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accented speech and English-medium instruction: What can teachers and students do?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPIP5, 5th international conference on English pronunciation: issues &amp; practices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CRISCO Reserach Group, Université Caen Normandie, May 2017, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01940603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche didactique de l’anglais de la psychologie pour l’appropriation de l’écrit scientifique spécialisé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Freund</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude Approche(s) de l’anglais de spécialité de la psychologie et de la philosophie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Linda Terrier (MCF) et Professeur Henri LePrieult, Laboratoire Cultures Anglo-saxonnes (EA 801) – Axe 1, Université Toulouse – Jean Jaurès, Jan 2017, Université Toulouse-Jean Jaurès, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01940564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les enjeux de l'EMILE : Formation des étudiant.e.s et des enseignant.e.s</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7ème Journée Thématique du Réseau LSP (Langues de spécialité) Grenoble: Enseignement disciplinaire en langues étrangères &amp; Langues de spécialité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Réseau LSP Grenoble, Université Grenoble-Alpes, Jun 2016, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01940578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perceptions of foreign-accented lecture-style speech: Contributing to evidence-based language policy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Volin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radek Skarnitzl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la SAES (Société des Anglicistes de l'Enseignement Supérieur), Atelier de l'ARDAA (Association pour la Recherche en Didactique de l'Anglais et en Acquisition)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Jean Moulin Lyon 3, Jun 2016, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01961634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using ASR in language classrooms: How does it compare to human listeners? (A replication study)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Chanethom</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd Annual Hawaii International Conference on Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2024, Waikoloa, Hawaii, United States. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04365372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guidelines for decision-making in pronunciation &amp; listening instruction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04848340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CLIL in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01940619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Language Policy: What, where, why, how, who?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01940653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.sayitagainplease.fr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Henderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">http://www.sayitagainplease.fr</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01940283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId145"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="CAE9C5BE"/>
+    <w:nsid w:val="EA9D9684"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/alice-henderson" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3951-416X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/083179488" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03295473v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Henderson" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846508v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ballier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien M&#233;li" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taylor Arnold" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/SpeechProsody.2022-92" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-00636626v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05309539v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastazija Kirkova-Naskova" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Humanez-Berral" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.17319582" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306572v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.10205580" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03168961v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon&#225;s Fouz-Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01260065v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05196451v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Rupp" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.16696322" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499201v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marnie Reed" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Levis" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781394312375.ch27" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298107v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Hum&#225;nez-Berral" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.17273047" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181493v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.8225005" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846465v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arkadiusz Rojczyk" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.multilingual-matters.com/page/detail/?k=9781800410497" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375609v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achille Falaise" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2021-294" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848265v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Frost" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542906v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940460v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Volin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radek Skarnitzl" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940512v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lesley Curnick" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Frost" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Kautzsch" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940522v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940552v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05478386v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Wilson" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Glain" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14712/24646830.2025.24" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04486614v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadi Ferchiche-Jay" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794113v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281054v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929120v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Picavet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erica de Vries" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeap.2022.101214" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368182v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Chanethom" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18778/1731-7533.21.3.03" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03540297v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03540277v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542215v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Wilhelm" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Abou Haidar" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rdlc.10119" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542858v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/aals.19.09fro" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848304v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Cauldwell" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/asp.6366" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04214045v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/apliut.7402" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-9ZVDRZS9-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542700v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elina Tergujeff" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deirdre Murphy" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2478/v10015-011-0047-4" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01644676v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940340v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/rela-2015-0009" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940355v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01644690v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940359v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940347v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Jarosz" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2478/rela-2014-0015" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01962474v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/apliut.3586" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01644660v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Una Cunningham" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-00636623v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Barr" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-00636624v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-00636625v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848603v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848407v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848416v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848605v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848426v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848611v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213968v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848613v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848436v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929160v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929145v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929188v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Terrier" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848579v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848444v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848584v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848575v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848618v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02533916v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848601v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848589v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848596v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940678v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940730v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940594v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940690v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Payre-Ficout" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940603v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940564v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Freund" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940578v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01961634v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04365372v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848340v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940619v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940653v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940283v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/alice-henderson" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3951-416X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/083179488" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03295473v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Henderson" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846508v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ballier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien M&#233;li" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taylor Arnold" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/SpeechProsody.2022-92" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-00636626v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05309539v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastazija Kirkova-Naskova" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Humanez-Berral" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.17319582" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306572v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.10205580" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03168961v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon&#225;s Fouz-Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01260065v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05196451v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Rupp" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.16696322" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499201v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marnie Reed" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Levis" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781394312375.ch27" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298107v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Hum&#225;nez-Berral" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.17273047" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181493v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.8225005" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846465v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arkadiusz Rojczyk" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.multilingual-matters.com/page/detail/?k=9781800410497" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375609v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achille Falaise" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2021-294" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848265v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Frost" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542906v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940460v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Volin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radek Skarnitzl" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940512v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lesley Curnick" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Frost" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Kautzsch" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940522v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940552v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05478386v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Wilson" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Glain" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14712/24646830.2025.24" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794113v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04486614v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadi Ferchiche-Jay" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281054v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929120v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Picavet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erica de Vries" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeap.2022.101214" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368182v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Chanethom" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18778/1731-7533.21.3.03" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03540297v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03540277v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542215v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Wilhelm" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Abou Haidar" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rdlc.10119" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542858v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/aals.19.09fro" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848304v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Cauldwell" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/asp.6366" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04214045v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/apliut.7402" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-9ZVDRZS9-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542700v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elina Tergujeff" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deirdre Murphy" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2478/v10015-011-0047-4" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01644676v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940355v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940340v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/rela-2015-0009" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01644690v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940359v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940347v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Jarosz" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2478/rela-2014-0015" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01962474v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/apliut.3586" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01644660v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Una Cunningham" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-00636623v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Barr" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-00636624v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-00636625v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848603v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848407v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848605v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848416v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848426v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848611v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213968v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929160v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848613v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848436v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929145v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929188v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Terrier" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848584v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848579v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848444v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848575v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848618v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02533916v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848601v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848589v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848596v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940730v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940678v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940594v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940690v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Payre-Ficout" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940603v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940564v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Freund" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940578v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01961634v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04365372v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848340v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940619v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940653v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940283v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>