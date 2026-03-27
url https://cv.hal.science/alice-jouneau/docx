--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -982,429 +982,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04127723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pregnancy bioengineering: getting rid of the uterus?</w:t>
+                <w:t xml:space="preserve">H3K27me3 at pericentromeric heterochromatin is a defining feature of the early mouse blastocyst</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Sandra</w:t>
+                <w:t xml:space="preserve">Mélanie Pailles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuelle Motte-Signoret</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Mélanie Hirlemann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Brochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Chebrout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Oudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Médecine de la Reproduction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1684/mte.2022.0891⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (1), pp. 13908. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-022-17730-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04002423v1</w:t>
+                <w:t xml:space="preserve">hal-03767167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamic enlargement and mobilization of lipid droplets in pluripotent cells coordinate morphogenesis during mouse peri-implantation development</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">King Hang Tommy Mau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donja Karimlou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Barneda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Royer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 13 (1), pp.3861. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41467-022-31323-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03714680v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H3K27me3 at pericentromeric heterochromatin is a defining feature of the early mouse blastocyst</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pregnancy bioengineering: getting rid of the uterus?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martine Chebrout</w:t>
+                <w:t xml:space="preserve">Olivier Sandra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-François Oudin</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Emmanuelle Motte-Signoret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 12 (1), pp. 13908. </w:t>
+              <w:t xml:space="preserve">Médecine de la Reproduction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 24 (2), pp.152-157. </w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-022-17730-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1684/mte.2022.0891⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03767167v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04002423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transcription of rRNA in early mouse embryos promotes chromatin reorganization and expression of major satellite repeats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Chebrout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maïmouna Coura Koné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2024,295 +2024,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02625883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contrasting epigenetic states of heterochromatin in the different types of mouse pluripotent stem cells</w:t>
+                <w:t xml:space="preserve">Progressive methylation of POU5F1 regulatory regions during blastocyst development.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matteo Tosolini</w:t>
+                <w:t xml:space="preserve">Eugénie Canon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent V. Brochard</w:t>
+                <w:t xml:space="preserve">Thierry Blachère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Adenot</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Giacomo Grillo</w:t>
+                <w:t xml:space="preserve">Nathalie Peynot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-018-23822-4⟩</w:t>
+              <w:t xml:space="preserve">Reproduction [Cambridge]. Supplement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 156 (2), pp.145-161. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1530/REP-17-0689⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02309000v1</w:t>
+                <w:t xml:space="preserve">hal-02623175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Progressive methylation of POU5F1 regulatory regions during blastocyst development.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Contrasting epigenetic states of heterochromatin in the different types of mouse pluripotent stem cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matteo Tosolini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eugénie Canon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Luc Jouneau</w:t>
+                <w:t xml:space="preserve">Vincent V. Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Blachère</w:t>
+                <w:t xml:space="preserve">Pierre Adenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Peynot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Daniel</w:t>
+                <w:t xml:space="preserve">Martine M. Chebrout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giacomo Grillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reproduction [Cambridge]. Supplement</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 156 (2), pp.145-161. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 8 (1), pp.14. </w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1530/REP-17-0689⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-018-23822-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02623175v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02309000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mammalian embryo comparison identifies novel pluripotency genes associated with the naïve or primed state.</w:t>
               </w:r>
@@ -2962,441 +2962,441 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02632585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stable methylation at promoters distinguishes epiblast stem cells from embryonic stem cells and the in vivo epiblasts</w:t>
+                <w:t xml:space="preserve">A novel nodal enhancer dependent on pluripotency factors and smad2/3 signaling conditions a regulatory switch during epiblast maturation.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Clémence Veillard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hendrik Marks</w:t>
+                <w:t xml:space="preserve">Costis Papanayotou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andreia Sofia Bernardo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Luc Jouneau</w:t>
+                <w:t xml:space="preserve">Ataaillah Benhaddou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denis Laloë</w:t>
+                <w:t xml:space="preserve">Anne Camus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aitana Perea-Gomez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Stem Cells and Development</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1089/scd.2013.0639⟩</w:t>
+              <w:t xml:space="preserve">PLoS Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 12 (6), pp.e1001890. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pbio.1001890⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01193858v1</w:t>
+                <w:t xml:space="preserve">hal-01060190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contrasting transcriptome landscapes of rabbit pluripotent stem cells [i]in vitro[/i] and [i]in vivo[/i]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Panneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Osteil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Tapponnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marielle Afanassieff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal Reproduction Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 149 (1-2), pp.67-79. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.anireprosci.2014.05.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01193859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A novel nodal enhancer dependent on pluripotency factors and smad2/3 signaling conditions a regulatory switch during epiblast maturation.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Stable methylation at promoters distinguishes epiblast stem cells from embryonic stem cells and the in vivo epiblasts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ataaillah Benhaddou</w:t>
+                <w:t xml:space="preserve">Anne-Clémence Veillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hendrik Marks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Camus</w:t>
+                <w:t xml:space="preserve">Andreia Sofia Bernardo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aitana Perea-Gomez</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alice Jouneau</w:t>
+                <w:t xml:space="preserve">Denis Laloë</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 12 (6), pp.e1001890. </w:t>
+              <w:t xml:space="preserve">Stem Cells and Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 23 (17), pp.2014-2029. </w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pbio.1001890⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1089/scd.2013.0639⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01060190v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01193858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">iTRAQ proteome analysis reflects a progressed differentiation state of epiblast derived versus inner cell mass derived murine embryonic stem cells</w:t>
               </w:r>
@@ -3675,51 +3675,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intermediate filaments promote nuclear mechanical constraints during somatic cell nuclear transfer in the mouse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Gall Pouget Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie S. Ruffini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3835,51 +3835,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constance C. Ciaudo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile O. Sismeiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4058,291 +4058,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01000766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pluripotency maintenance in mouse somatic cell nuclear transfer embryos and its improvement by treatment with the histone deacetylase inhibitor TSA</w:t>
+                <w:t xml:space="preserve">Synergic reprogramming of mammalian cells by combined exposure to mitotic Xenopus egg extracts and transcription factors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tang T. Hai</w:t>
+                <w:t xml:space="preserve">Olivier Ganier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jie J. Hao</w:t>
+                <w:t xml:space="preserve">Stéphane S. Bocquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Liu L. Wang</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alice Jouneau</w:t>
+                <w:t xml:space="preserve">Isabelle I. Peiffer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent V. Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Qi Q. Zhou</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Philippe P. Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CELLULAR REPROGRAMMING</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 6 (9), pp.1149-1161. </w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 108 (42), pp.17331-17336. </w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1089/cell.2010.0042⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1073/pnas.1100733108⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01001201v1</w:t>
+                <w:t xml:space="preserve">hal-01000287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synergic reprogramming of mammalian cells by combined exposure to mitotic Xenopus egg extracts and transcription factors</w:t>
+                <w:t xml:space="preserve">Pluripotency maintenance in mouse somatic cell nuclear transfer embryos and its improvement by treatment with the histone deacetylase inhibitor TSA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Ganier</w:t>
+                <w:t xml:space="preserve">Tang T. Hai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane S. Bocquet</w:t>
+                <w:t xml:space="preserve">Jie J. Hao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle I. Peiffer</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Vincent V. Brochard</w:t>
+                <w:t xml:space="preserve">Liu L. Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe P. Arnaud</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Qi Q. Zhou</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 108 (42), pp.17331-17336. </w:t>
+              <w:t xml:space="preserve">CELLULAR REPROGRAMMING</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 6 (9), pp.1149-1161. </w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1073/pnas.1100733108⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1089/cell.2010.0042⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01000287v1</w:t>
+                <w:t xml:space="preserve">hal-01001201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">HSPC117 deficiency in cloned embryos causes placental abnormality and fetal death</w:t>
               </w:r>
@@ -4634,51 +4634,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Maruotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiang Peng Dai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4941,51 +4941,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Early alteration of the self-renewal/differentiation threshold in trophoblast stem cells derived from mouse embryos after nuclear transfer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maite M. Rielland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine M.-C. Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4997,125 +4997,116 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Paul J. P. Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Jouneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Developmental Biology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">4387</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 334 (2), pp.325-334</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00490154v1</w:t>
+                <w:t xml:space="preserve">hal-00490600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Early alteration of the self-renewal/differentiation threshold in trophoblast stem cells derived from mouse embryos after nuclear transfer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maite M. Rielland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine M.-C. Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5127,116 +5118,125 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Paul J. P. Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Jouneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4387</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Developmental Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 334 (2), pp.325-334. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ydbio.2009.07.022⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00490600v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00490154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Early alteration of the self-renewal/differentiation threshold in trophoblast stem cells derived from mouse embryos after nuclear transfer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maite M. Rielland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine M.-C. Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5294,546 +5294,546 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00489695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trophoblast stem cell derivation, cross-species comparison and use of nuclear transfer: new tools to study trophoblast growth and differentiation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maite M. Rielland</w:t>
+                <w:t xml:space="preserve">Embryonic stem cells in cattle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Munoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Diez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jn Caamano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Hue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Developmental Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ydbio.2008.07.017⟩</w:t>
+              <w:t xml:space="preserve">Reproduction in Domestic Animals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 43, pp.32-37. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1439-0531.2008.01229.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02665045v1</w:t>
+                <w:t xml:space="preserve">hal-02658497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Embryonic stem cells in cattle</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jn Caamano</w:t>
+                <w:t xml:space="preserve">Trophoblast stem cell derivation, cross-species comparison and use of nuclear transfer: new tools to study trophoblast growth and differentiation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maite M. Rielland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Hue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Paul J. P. Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Jouneau</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reproduction in Domestic Animals</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 43, pp.32-37. </w:t>
+              <w:t xml:space="preserve">Developmental Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 322 (1), pp.1-10. </w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1439-0531.2008.01229.x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ydbio.2008.07.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02658497v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02665045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Piezo-assisted nuclear transfer affects cloning efficiency and may cause apoptosis</w:t>
+                <w:t xml:space="preserve">Establishment of customized mouse stem cell lines by sequential nuclear transfer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yang Yu</w:t>
+                <w:t xml:space="preserve">Chunli Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chenhui C. Ding</w:t>
+                <w:t xml:space="preserve">Ruqiang Yao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jie Hao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eryao E. Wang</w:t>
+                <w:t xml:space="preserve">Chenhui Ding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xinjie Chen</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Xuemei Li</w:t>
+                <w:t xml:space="preserve">Young Fan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reproduction [Cambridge]</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1530/REP-06-0358⟩</w:t>
+              <w:t xml:space="preserve">Cell Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 17 (1), pp.80-87. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/sj.cr.7310139⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02610680v1</w:t>
+                <w:t xml:space="preserve">hal-02659115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Establishment of customized mouse stem cell lines by sequential nuclear transfer</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Piezo-assisted nuclear transfer affects cloning efficiency and may cause apoptosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yang Yu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chunli Zhao</w:t>
+                <w:t xml:space="preserve">Chenhui C. Ding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ruqiang Yao</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jie Hao</w:t>
+                <w:t xml:space="preserve">Eryao E. Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chenhui Ding</w:t>
+                <w:t xml:space="preserve">Xinjie Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Young Fan</w:t>
+                <w:t xml:space="preserve">Xuemei Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 17 (1), pp.80-87. </w:t>
+              <w:t xml:space="preserve">Reproduction [Cambridge]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 133 (5), pp.947-954. </w:t>
             </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/sj.cr.7310139⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1530/REP-06-0358⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02659115v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02610680v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nuclear reprogramming and pluripotency of embryonic cells: Application to the isolation of embryonic stem cells in farm animals</w:t>
               </w:r>
@@ -5962,64 +5962,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qi Zhou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Camus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linda L. Maulny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6070,51 +6070,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nuclear transfer : progress and quandaries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xuemei Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ziyi Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6390,64 +6390,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qi Zhou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Adenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Paul J. P. Renard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6608,51 +6608,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acquiring ground state pluripotency: Switching mouse embryonic stem cells from serum/LIF medium to 2i/LIF medium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo Tosolini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Jouneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6712,51 +6712,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From naive to primed pluripotency: In vitro conversion of mouse embryonic stem cells in epiblast stem cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo Tosolini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Jouneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6920,51 +6920,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reprogramming and pluripotency of epiblast stem cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Clémence Veillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Maruotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7269,51 +7269,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="A9874ACA"/>
+    <w:nsid w:val="1C65499A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7500,51 +7500,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/alice-jouneau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5985-9862" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/136881521" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alice.jouneau@inrae.fr" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05374050v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaartje Broothaers" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Jouneau" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Angel-Velez" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tine de Coster" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Festuccia" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.theriogenology.2025.117749" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05421401v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Baquerre" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apolline Delahaye" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Brochard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Nuttinck" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Jean" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrd.70073" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05387375v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Banrezes" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Sainte&#8208;beuve" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Frambourg" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rmb2.12691" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04815836v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Grillo" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Boyarchuk" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seed Mihic" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana Ivkovic" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Bertrand" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hmg/ddae163" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04127723v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shady Younis" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#229;rten Larsson" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Oudin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jihad Omar" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2216799120" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04002423v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sandra" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Motte-Signoret" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/mte.2022.0891" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03714680v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=King Hang Tommy Mau" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donja Karimlou" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Barneda" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Royer" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-31323-2" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03767167v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Pailles" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Hirlemann" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Chebrout" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Oudin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-17730-x" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03642441v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;mouna Coura Kon&#233;" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Habib Jan" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Cournut" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Letheule" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jcs.258798" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799896v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bourdon" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Cadoret" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Charpigny" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Couturier-Tarrade" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Dalbies-Tran" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-020-00891-w" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508171v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Bell" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward W. Curry" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wout Megchelenbrink" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Jouneau" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-14916-7" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183790v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guenha&#235;l Sanz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Daniel" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Archilla" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Jaszczyszyn" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbagen.2019.07.003" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625883v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; a M Dirks" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guido van Mierlo" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hindrik H D Kerstens" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreia S Bernardo" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julianna Kobolak" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13072-019-0259-8" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309000v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Tosolini" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent V. Brochard" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Adenot" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine M. Chebrout" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-23822-4" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623175v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Canon" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Blach&#232;re" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Peynot" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/REP-17-0689" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623684v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hendrik Marks" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Kensche" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/bio.033282" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605027v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hue" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Richard" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1095/biolreprod.116.145367" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02440442v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Sauvegarde" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Paul" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bridoux" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine S. Degrelle" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0165898" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630193v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hindrik H. D. Kerstens" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tahsin Stefan Barakat" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Splinter" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; A. M. Dirks" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-016-0885-4" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02632585v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-015-0698-x" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193858v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Cl&#233;mence Veillard" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreia Sofia Bernardo" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lalo&#235;" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/scd.2013.0639" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193859v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Panneau" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Osteil" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Tapponnier" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Afanassieff" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anireprosci.2014.05.014" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-242JSXTZ-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01060190v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Costis Papanayotou" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ataaillah Benhaddou" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Camus" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aitana Perea-Gomez" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.1001890" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190583v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fr&#246;hlich" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miwako K&#246;sters" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Graf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eckhard Wolf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2013.03.015" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F71BFNF9-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000771v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien J. Maruotti" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta M. Mu&#241;oz" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique E. G&#243;mez" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire C. Louet" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrd.22051" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000765v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Gall Pouget Gall" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie S. Ruffini" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Laffont" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud R. Fleurot" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/cell.2012.0027" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001312v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance C. Ciaudo" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile O. Sismeiro" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1261/rna.028878.111" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000766v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daulat-Raheem D.-R. Khan" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Dube Dub&#233;" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie N. Peynot" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0034110" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001201v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tang T. Hai" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie J. Hao" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liu L. Wang" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qi Q. Zhou" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/cell.2010.0042" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000287v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ganier" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane S. Bocquet" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle I. Peiffer" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P. Arnaud" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1100733108" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664699v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yingying Wang" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tang Hai" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zichuan Liu" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuya Zhou" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhuo Lv" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2010.05.105" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KJCBV80F-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664744v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiangpeng Dai" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Hao" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao-Jun Hou" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yong Fan" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M110.136085" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664747v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Maruotti" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiang Peng Dai" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Liu" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/stem.400" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667213v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul J. P. Renard" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1387/ijdb.103195jm" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654341v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/20102610792" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00490154v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maite M. Rielland" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine M.-C. Lacroix" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ydbio.2009.07.022" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00490600v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00489695v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665045v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ydbio.2008.07.017" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658497v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Munoz" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Diez" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jn Caamano" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1439-0531.2008.01229.x" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02610680v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Yu" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chenhui C. Ding" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eryao E. Wang" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinjie Chen" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuemei Li" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/REP-06-0358" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659115v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chunli Zhao" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruqiang Yao" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chenhui Ding" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Young Fan" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.cr.7310139" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654315v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Vignon" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.theriogenology.2007.05.060" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03048850v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qi Zhou" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda L. Maulny" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dev.02317" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677996v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziyi Li" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1477-7827-1-84" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676611v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672187v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674823v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154640v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007%2F978-3-030-11096-3_2" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-11096-3_2" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797617v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://link.springer.com/book/10.1007/978-1-4939-2954-2" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/7651_2015_207" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797501v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://link.springer.com/protocol/10.1007%2F7651_2015_208" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/7651_2015_208" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798220v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernd P&#252;schel" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://link.springer.com/protocol/10.1007%2F978-1-4939-1594-1_19" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-1594-1_19" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807889v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/201783.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-007-4798-2_13" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797340v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Beaujean" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Jammes" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/276376.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-1594-1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/alice-jouneau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5985-9862" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/136881521" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alice.jouneau@inrae.fr" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05374050v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaartje Broothaers" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Jouneau" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Angel-Velez" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tine de Coster" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Festuccia" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.theriogenology.2025.117749" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05421401v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Baquerre" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apolline Delahaye" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Brochard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Nuttinck" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Jean" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrd.70073" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05387375v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Banrezes" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Sainte&#8208;beuve" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Frambourg" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rmb2.12691" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04815836v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Grillo" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Boyarchuk" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seed Mihic" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana Ivkovic" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Bertrand" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hmg/ddae163" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04127723v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shady Younis" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#229;rten Larsson" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Oudin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jihad Omar" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2216799120" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03767167v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Pailles" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Hirlemann" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Chebrout" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Oudin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-17730-x" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03714680v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=King Hang Tommy Mau" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donja Karimlou" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Barneda" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Royer" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-31323-2" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04002423v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sandra" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Motte-Signoret" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/mte.2022.0891" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03642441v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;mouna Coura Kon&#233;" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Habib Jan" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Cournut" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Letheule" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jcs.258798" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799896v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bourdon" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Cadoret" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Charpigny" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Couturier-Tarrade" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Dalbies-Tran" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-020-00891-w" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508171v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Bell" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward W. Curry" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wout Megchelenbrink" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Jouneau" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-14916-7" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183790v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guenha&#235;l Sanz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Daniel" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Archilla" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Jaszczyszyn" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbagen.2019.07.003" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625883v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; a M Dirks" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guido van Mierlo" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hindrik H D Kerstens" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreia S Bernardo" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julianna Kobolak" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13072-019-0259-8" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623175v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Canon" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Blach&#232;re" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Peynot" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/REP-17-0689" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309000v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Tosolini" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent V. Brochard" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Adenot" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine M. Chebrout" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-23822-4" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623684v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hendrik Marks" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Kensche" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/bio.033282" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605027v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hue" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Richard" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1095/biolreprod.116.145367" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02440442v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Sauvegarde" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Paul" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bridoux" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine S. Degrelle" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0165898" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630193v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hindrik H. D. Kerstens" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tahsin Stefan Barakat" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Splinter" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; A. M. Dirks" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-016-0885-4" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02632585v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-015-0698-x" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01060190v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Costis Papanayotou" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ataaillah Benhaddou" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Camus" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aitana Perea-Gomez" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.1001890" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193859v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Panneau" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Osteil" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Tapponnier" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Afanassieff" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anireprosci.2014.05.014" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-242JSXTZ-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193858v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Cl&#233;mence Veillard" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreia Sofia Bernardo" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lalo&#235;" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/scd.2013.0639" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190583v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fr&#246;hlich" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miwako K&#246;sters" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Graf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eckhard Wolf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2013.03.015" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F71BFNF9-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000771v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien J. Maruotti" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta M. Mu&#241;oz" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique E. G&#243;mez" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire C. Louet" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrd.22051" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000765v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Gall Pouget Gall" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie S. Ruffini" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Laffont" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud R. Fleurot" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/cell.2012.0027" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001312v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance C. Ciaudo" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile O. Sismeiro" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1261/rna.028878.111" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000766v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daulat-Raheem D.-R. Khan" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Dube Dub&#233;" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie N. Peynot" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0034110" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000287v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ganier" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane S. Bocquet" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle I. Peiffer" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P. Arnaud" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1100733108" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001201v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tang T. Hai" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie J. Hao" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liu L. Wang" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qi Q. Zhou" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/cell.2010.0042" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664699v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yingying Wang" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tang Hai" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zichuan Liu" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuya Zhou" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhuo Lv" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2010.05.105" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KJCBV80F-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664744v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiangpeng Dai" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Hao" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao-Jun Hou" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yong Fan" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M110.136085" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664747v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Maruotti" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiang Peng Dai" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Liu" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/stem.400" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667213v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul J. P. Renard" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1387/ijdb.103195jm" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654341v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/20102610792" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00490600v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maite M. Rielland" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine M.-C. Lacroix" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00490154v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ydbio.2009.07.022" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00489695v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658497v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Munoz" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Diez" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jn Caamano" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1439-0531.2008.01229.x" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665045v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ydbio.2008.07.017" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659115v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chunli Zhao" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruqiang Yao" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chenhui Ding" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Young Fan" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.cr.7310139" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02610680v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Yu" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chenhui C. Ding" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eryao E. Wang" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinjie Chen" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuemei Li" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/REP-06-0358" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654315v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Vignon" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.theriogenology.2007.05.060" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03048850v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qi Zhou" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda L. Maulny" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dev.02317" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677996v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziyi Li" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1477-7827-1-84" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676611v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672187v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674823v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154640v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007%2F978-3-030-11096-3_2" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-11096-3_2" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797617v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://link.springer.com/book/10.1007/978-1-4939-2954-2" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/7651_2015_207" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797501v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://link.springer.com/protocol/10.1007%2F7651_2015_208" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/7651_2015_208" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798220v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernd P&#252;schel" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://link.springer.com/protocol/10.1007%2F978-1-4939-1594-1_19" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-1594-1_19" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807889v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/201783.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-007-4798-2_13" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797340v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Beaujean" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Jammes" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/276376.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-1594-1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>