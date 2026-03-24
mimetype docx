--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -329,761 +329,761 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04971175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Droit constitutionnel latino-américain - chronique de l'année 2021</w:t>
+                <w:t xml:space="preserve">Chronique de droit constitutionnel comparé 2021 - Comment se dire adieu? Fin de vie et Constitution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Mauras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordane Arlettaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Augustin Berthout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federica Camillieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gohar Galustian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue française de droit constitutionnel</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, n°131, pp.741-765</w:t>
+              <w:t xml:space="preserve">Revue des droits et libertés fondamentaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Chron. n°11</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04971168v1</w:t>
+                <w:t xml:space="preserve">hal-04971151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Droit constitutionnel latino-américain. Chronique de l’année 2021</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Droit constitutionnel latino-américain - chronique de l'année 2021</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Mauras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordane Arlettaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolina Cerda-Guzman</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alice Mauras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leonardo Tricot Saldanha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue française de droit constitutionnel</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 3 (131), pp.741-765. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2022, n°131, pp.741-765</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03915509v1</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04971168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment te dire adieu? Fin de vie et Constitution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Augustin Berthout</w:t>
+                <w:t xml:space="preserve">Droit constitutionnel latino-américain. Chronique de l’année 2021</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordane Arlettaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolina Cerda-Guzman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Mauras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leonardo Tricot Saldanha</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue des droits et libertés fondamentaux</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue française de droit constitutionnel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 3 (131), pp.741-765. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rfdc.131.0741⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04981205v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03915509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chronique de droit constitutionnel comparé 2021 - Comment se dire adieu? Fin de vie et Constitution</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comment te dire adieu? Fin de vie et Constitution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Augustin Berthout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Mauras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federica Camillieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gohar Galustian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordane Arlettaz</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Gohar Galustian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue des droits et libertés fondamentaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, Chron. n°11</w:t>
+              <w:t xml:space="preserve">, 2022, 11</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04971151v1</w:t>
+                <w:t xml:space="preserve">hal-04981205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">QPC et économie</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comment se dire adieu ? Fin de vie et Constitution - Chronique de droit constitutionnel comparé 2021</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Augustin Berthout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordane Arlettaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federica Camillieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cathie-Sophie Pinat</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Augustin Berthout</w:t>
+                <w:t xml:space="preserve">Yann Gbohignon Doué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gohar Galustian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Titre VII – Les Cahiers du Conseil constitutionnel</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue des droits et libertés fondamentaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03445779v1</w:t>
+                <w:t xml:space="preserve">hal-04980842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment se dire adieu ? Fin de vie et Constitution - Chronique de droit constitutionnel comparé 2021</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">QPC et économie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cathie-Sophie Pinat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guylain Clamour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves Gahdoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordane Arlettaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin Berthout</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Gohar Galustian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue des droits et libertés fondamentaux</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Titre VII – Les Cahiers du Conseil constitutionnel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Hors série (octobre), pp.271-289. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/tvii.hs.001.0271⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04980842v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03445779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chronique de droit constitutionnel comparé 2020</w:t>
               </w:r>
@@ -1095,51 +1095,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordane Arlettaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zérah Bremond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Gbohignon Doué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Mauras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1216,51 +1216,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordane Arlettaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zérah Bremond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Gbohignon Doué</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue des droits et libertés fondamentaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1348,312 +1348,312 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04971047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chronique de droit constitutionnel comparé - Le mariage entre personnes de même sexe devant le juge</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le mariage entre personnes de même sexe devant le juge - Chronique de droit constitutionnel comparé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Augustin Berthout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Mauras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordane Arlettaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gohar Galustian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue des droits et libertés fondamentaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, chron. n°8</w:t>
+              <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04971116v1</w:t>
+                <w:t xml:space="preserve">hal-04980829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La consécration constitutionnelle des méthodes interprétatives en Bolivie</w:t>
+                <w:t xml:space="preserve">Chronique de droit constitutionnel comparé - Le mariage entre personnes de même sexe devant le juge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Mauras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Augustin Berthout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordane Arlettaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gohar Galustian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue française de droit constitutionnel</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 118, pp.385-407</w:t>
+              <w:t xml:space="preserve">Revue des droits et libertés fondamentaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, chron. n°8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04971079v1</w:t>
+                <w:t xml:space="preserve">hal-04971116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le mariage entre personnes de même sexe devant le juge - Chronique de droit constitutionnel comparé</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La consécration constitutionnelle des méthodes interprétatives en Bolivie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Mauras</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gohar Galustian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue des droits et libertés fondamentaux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019</w:t>
+              <w:t xml:space="preserve">Revue française de droit constitutionnel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 118, pp.385-407</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04980829v1</w:t>
+                <w:t xml:space="preserve">hal-04971079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2003,51 +2003,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971185v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Mauras" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordane Arlettaz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Cerda-Guzman" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z&#233;rah Bremond" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Tricot Saldanha" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971175v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971168v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03915509v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfdc.131.0741" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981205v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Berthout" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Camillieri" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gohar Galustian" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971151v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-03445779v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathie-Sophie Pinat" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guylain Clamour" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Gahdoun" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tvii.hs.001.0271" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980842v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Gbohignon Dou&#233;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03097393v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971132v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971047v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971116v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971079v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980829v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971193v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971099v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971185v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Mauras" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordane Arlettaz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Cerda-Guzman" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z&#233;rah Bremond" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Tricot Saldanha" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971175v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971151v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Berthout" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Camillieri" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gohar Galustian" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971168v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03915509v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfdc.131.0741" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981205v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980842v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Gbohignon Dou&#233;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-03445779v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathie-Sophie Pinat" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guylain Clamour" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Gahdoun" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tvii.hs.001.0271" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03097393v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971132v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971047v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980829v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971116v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971079v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971193v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971099v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>