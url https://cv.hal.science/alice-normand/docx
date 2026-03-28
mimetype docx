--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -100,386 +100,386 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Perceived Economic Scarcity Scale: A valid tool with greater predictive utility than income</w:t>
+                <w:t xml:space="preserve">Failure and Psychological Disengagement: Can Belief in School Meritocracy Make a Difference?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Victor Auger</w:t>
+                <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Sommet</w:t>
+                <w:t xml:space="preserve">Alyson Sicard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Normand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Martinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Journal of Social Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/bjso.12719⟩</w:t>
+              <w:t xml:space="preserve">Educational Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 44 (6-7), pp.765-783. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/01443410.2024.2394691⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04788736v1</w:t>
+                <w:t xml:space="preserve">hal-04789351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Data simulations for advancing psychological research: Insights, preparations and investigations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">The Perceived Economic Scarcity Scale: A valid tool with greater predictive utility than income</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Auger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Sommet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Normand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Psychology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">British Journal of Social Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 63 (3), pp.1112-1136. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/bjso.12719⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ijop.13238⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04788754v1</w:t>
+                <w:t xml:space="preserve">hal-04788736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Failure and Psychological Disengagement: Can Belief in School Meritocracy Make a Difference?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alyson Sicard</w:t>
+                <w:t xml:space="preserve">Data simulations for advancing psychological research: Insights, preparations and investigations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Auger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Normand</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Delphine Martinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Educational Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 44 (6-7), pp.765-783. </w:t>
+              <w:t xml:space="preserve">International Journal of Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 59 (6), pp.1168 - 1182. </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/01443410.2024.2394691⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ijop.13238⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04789351v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04788754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selection and the Economic Value of Education: A Barrier to Reducing the SES Achievement Gap?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Darnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Sommet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Normand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -543,64 +543,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Orientation politique et soutien à l’innovation pédagogique : qui sont les plus réfractaires ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Darnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Sommet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Normand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -690,51 +690,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Normand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Medhi Marot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Social Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 00, pp.1-9. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2094,64 +2094,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effets Cognitifs des Inégalités Économiques et de la Perception de Manque d'Argent: Exploration de Modérateurs Potentiels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Auger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Normand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2284,51 +2284,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perception du manque d'argent : mesure et conséquences cognitives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Auger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Normand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2366,64 +2366,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Do parents always support practices that improve the academic performance of low SES students in education?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Darnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Sommet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Normand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2688,217 +2688,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05040316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets Cognitifs des Inégalités Économiques et de la Perception de Manque d'Argent: Exploration de Modérateurs Potentiels</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cognitive effects of economic inequality and perception of economic scarcity: Exploration of potential moderators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Auger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Normand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées thématiques de l'ADRIPS sur les inégalités</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ADRIPS – Association pour la diffusion de la recherche internationale en psychologie sociale, Jun 2023, Poitiers, France</w:t>
+              <w:t xml:space="preserve">Social Cognition Network (ESCON) Transfer of Knowledge Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EASP European Association of Social Psychology, Aug 2023, Nijmegen, Pays-Bas</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05037656v1</w:t>
+                <w:t xml:space="preserve">hal-05036103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cognitive effects of economic inequality and perception of economic scarcity: Exploration of potential moderators</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effets Cognitifs des Inégalités Économiques et de la Perception de Manque d'Argent: Exploration de Modérateurs Potentiels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Auger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Normand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Social Cognition Network (ESCON) Transfer of Knowledge Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EASP European Association of Social Psychology, Aug 2023, Nijmegen, Pays-Bas</w:t>
+              <w:t xml:space="preserve">Journées thématiques de l'ADRIPS sur les inégalités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ADRIPS – Association pour la diffusion de la recherche internationale en psychologie sociale, Jun 2023, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05036103v1</w:t>
+                <w:t xml:space="preserve">hal-05037656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ne pas voir ce que je vois : Influence d’un contexte menaçant sur les priorités attentionnelles des individus</w:t>
               </w:r>
@@ -2973,454 +2973,454 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04789934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les effets de l’insécurité économique sur le populisme : un besoin de contrôle</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">On the measure of perceived economic scarcity: Development, validation and predictive power of the Perceived Economic Scarcity Scale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Auger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Sommet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Normand</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées thématiques de l'ADRIPS sur les inégalités</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ADRIPS – Association pour la diffusion de la recherche internationale en psychologie sociale, Jun 2023, Poitiers, France</w:t>
+              <w:t xml:space="preserve">19th General Meeting of the European Association of Social Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EASP European Association of Social Psychology, Jun 2023, Kracovie, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05040314v1</w:t>
+                <w:t xml:space="preserve">hal-05036113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Why does economic insecurity lead to societal discontent? The role of relative deprivation</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La menace du stéréotype au-delà de la performance : exploration de ses effets sur les réactions agressives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toon Kuppens</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Lisa Fourgassie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Normand</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th General Meeting of the European Association of Social Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EASP European Association of Social Psychology, Jun 2023, Kracovie, Pologne</w:t>
+              <w:t xml:space="preserve">Journées thématiques de l'ADRIPS sur les inégalités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ADRIPS – Association pour la diffusion de la recherche internationale en psychologie sociale, Jun 2023, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05036152v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05037569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the measure of perceived economic scarcity: Development, validation and predictive power of the Perceived Economic Scarcity Scale</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Les effets de l’insécurité économique sur le populisme : un besoin de contrôle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nele Claes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Medhi Marot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Efrain Garcia-Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toon Kuppens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antony Manstead</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th General Meeting of the European Association of Social Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EASP European Association of Social Psychology, Jun 2023, Kracovie, Poland</w:t>
+              <w:t xml:space="preserve">Journées thématiques de l'ADRIPS sur les inégalités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ADRIPS – Association pour la diffusion de la recherche internationale en psychologie sociale, Jun 2023, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05036113v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05040314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La menace du stéréotype au-delà de la performance : exploration de ses effets sur les réactions agressives</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Why does economic insecurity lead to societal discontent? The role of relative deprivation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nele Claes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Medhi Marot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Efrain Garcia-Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toon Kuppens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antony Manstead</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées thématiques de l'ADRIPS sur les inégalités</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ADRIPS – Association pour la diffusion de la recherche internationale en psychologie sociale, Jun 2023, Poitiers, France</w:t>
+              <w:t xml:space="preserve">19th General Meeting of the European Association of Social Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EASP European Association of Social Psychology, Jun 2023, Kracovie, Pologne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05037569v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05036152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Be(a)ware of my environment: The effect of threat on attentional control and inattentional blindness</w:t>
               </w:r>
@@ -3527,64 +3527,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nele Claes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Medhi Marot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efrain Garcia-Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toon Kuppens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antony Manstead</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3620,368 +3620,368 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05040320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insécurité économique et respect des restrictions liées au COVID-19</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Menace et cécité attentionnelle : rôle du paramétrage attentionnel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Normand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Céline Darnon</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Croizet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14e Congrès International de Psychologie Sociale (CIPS 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ADRIPS; Laboratoire de Psychologie - EA4139; Université de Bordeaux, Jul 2022, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03863707v1</w:t>
+                <w:t xml:space="preserve">hal-03863614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Menace et cécité attentionnelle : rôle du paramétrage attentionnel</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lucas Gautier</w:t>
+                <w:t xml:space="preserve">Aware of my environment: The role of threat and attentional control settings on inattentional blindness</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ourouk Scylla Lucas Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Normand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Croizet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14e Congrès International de Psychologie Sociale (CIPS 2022)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ADRIPS; Laboratoire de Psychologie - EA4139; Université de Bordeaux, Jul 2022, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Transitioning Societies seminar</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Faculty of Behavioral and Social Sciences, Nov 2022, Groningen, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03863614v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04346136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aware of my environment: The role of threat and attentional control settings on inattentional blindness</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Insécurité économique et respect des restrictions liées au COVID-19</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Normand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Croizet</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Medhi Marot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transitioning Societies seminar</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Faculty of Behavioral and Social Sciences, Nov 2022, Groningen, Netherlands</w:t>
+              <w:t xml:space="preserve">14e Congrès International de Psychologie Sociale (CIPS 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ADRIPS; Laboratoire de Psychologie - EA4139; Université de Bordeaux, Jul 2022, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04346136v1</w:t>
+                <w:t xml:space="preserve">hal-03863707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mieux capturer la dimension économique de la classe sociale : développement et validation d’une échelle de précarité économique perçue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Auger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Normand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Sommet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14e Congrès International de Psychologie Sociale (CIPS 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ADRIPS; Université de Bordeaux; Laboratoire de Psychologie - EA4139, Jul 2022, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4006,64 +4006,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selection in Education: A barrier to school improvement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Darnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Sommet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Normand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4196,51 +4196,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The cognitive load of poverty: From attention mechanisms to the role of income inequality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Normand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Sommet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21st European Social Cognition Network (ESCON 2019)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ESCON; LabPsy EA 4139; Université de Bordeaux, Sep 2019, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4291,51 +4291,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Victeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Normand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Martinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Berthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4573,51 +4573,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Setting attentional priorities under threat: effects on inattentional blindness</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Normand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4668,90 +4668,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Academic failure and psychological disengagement: Can belief in school meritocracy make a difference?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alyson Sicard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Martinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Normand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annual Convention of the Society for Personality and Social Psychology (SPSP 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2022, San Francisco, United States. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4802,51 +4802,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Birsen Gul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Normand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Martinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13e Congrès International de Psychologie Sociale en Langue Française (CIPSLF 2020) - ADRIPS Online Meeting 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4871,64 +4871,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selection in education: A barrier to school progress</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Darnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Sommet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Normand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4992,51 +4992,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Victeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Normand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Martinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Berthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5448,64 +5448,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Perceived Economic Scarcity Scale: A valid tool with greater predictive utility than income</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Auger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Sommet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Normand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5536,64 +5536,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perception du manque d’argent : clarifications conceptuelles et futures directions. Small-Meetings Hiver du LAPSCO 2023 (séminaire interne); Université Clermont Auvergne; Laboratoire de Psychologie Sociale et Cognitive - UMR6024, Janvier 2023, Clermont-Ferrand, France.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Auger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Normand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5887,51 +5887,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788736v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Auger" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sommet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Normand" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjso.12719" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788754v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ijop.13238" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789351v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Darnon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alyson Sicard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Martinot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01443410.2024.2394691" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789318v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Manstead" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/josi.12646" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03441388v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Stanczak" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel D&#233;sert" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03441523v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Medhi Marot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejsp.2828" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978541v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Spatola" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00426-020-01317-0" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03353351v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Matias" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Quinton" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Colomb" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Izaute" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2021.688157" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631707v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Belletier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Camos" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Barrouillet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Huguet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cognition.2019.03.018" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324250v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chausse" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Augustinova" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12369-018-00511-w" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631643v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0963721419829699" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324255v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Anier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Redersdorff" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Ferrand" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/frobt.2019.00021" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631397v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Monceau" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/scirobotics.aat5843" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03870906v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Almeida" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Clarys" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/anpsy.161.0045" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077278v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Autin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Croizet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13423-014-0729-8" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097710v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bouquet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/a0034985" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02079569v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1521/soco.2013.31.3.336" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04835313v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789919v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ourouk Scylla Lucas Gautier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037661v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05036129v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346125v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040316v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nele Claes" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Crouzevialle" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. A. Fillon" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037656v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05036103v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789934v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040314v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Efrain Garcia-Sanchez" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toon Kuppens" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05036152v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05036113v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037569v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Fourgassie" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259745v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040320v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03863707v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03863614v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Gautier" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346136v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03863571v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03001881v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000777v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000809v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03168136v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Victeur" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Berthon" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03167596v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03172165v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877233v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709322v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03003861v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Birsen Gul" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03002212v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03002062v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Berthon" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03173886v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03177795v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03165337v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04390018v2" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090013v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05262340v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789351v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Darnon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alyson Sicard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Normand" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Martinot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01443410.2024.2394691" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788736v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Auger" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sommet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjso.12719" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788754v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ijop.13238" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789318v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Manstead" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/josi.12646" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03441388v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Stanczak" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel D&#233;sert" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03441523v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Medhi Marot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejsp.2828" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978541v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Spatola" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00426-020-01317-0" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03353351v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Matias" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Quinton" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Colomb" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Izaute" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2021.688157" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631707v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Belletier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Camos" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Barrouillet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Huguet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cognition.2019.03.018" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324250v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chausse" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Augustinova" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12369-018-00511-w" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631643v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0963721419829699" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324255v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Anier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Redersdorff" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Ferrand" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/frobt.2019.00021" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631397v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Monceau" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/scirobotics.aat5843" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03870906v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Almeida" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Clarys" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/anpsy.161.0045" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077278v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Autin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Croizet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13423-014-0729-8" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097710v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bouquet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/a0034985" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02079569v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1521/soco.2013.31.3.336" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04835313v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789919v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ourouk Scylla Lucas Gautier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037661v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05036129v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346125v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040316v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nele Claes" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Crouzevialle" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. A. Fillon" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05036103v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037656v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789934v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05036113v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037569v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Fourgassie" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040314v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Efrain Garcia-Sanchez" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toon Kuppens" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05036152v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259745v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040320v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03863614v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Gautier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346136v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03863707v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03863571v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03001881v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000777v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000809v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03168136v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Victeur" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Berthon" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03167596v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03172165v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877233v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709322v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03003861v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Birsen Gul" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03002212v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03002062v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Berthon" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03173886v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03177795v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03165337v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04390018v2" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090013v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05262340v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>