--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -72,569 +72,569 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (2)</w:t>
+        <w:t xml:space="preserve">Ouvrages (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une recherche « désordonnée » et « éthique » à la fois ?</w:t>
+                <w:t xml:space="preserve">France, you love it but leave it: The Silent Flight of French Muslims</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Julien Talpin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Esteves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Alice Picard</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...44 lines deleted...]
-              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Polity Press</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.215-236, 2025, 978-1509570072</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05516357v1</w:t>
+                <w:t xml:space="preserve">hal-05504820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What it takes to be a customer. The making of care markets in England</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La France tu l'aimes mais tu la quittes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Esteves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alice Picard</w:t>
-[...32 lines deleted...]
-                <w:t xml:space="preserve">hal-05516364v1</w:t>
+                <w:t xml:space="preserve">Julien Talpin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Seuil, pp.320, 2024, 2021523896</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04842659v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Protester à Rennes dans les années 1968. Mobilisations et trajectoires biographiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Bagnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Bécot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémentine Comer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lechaux Bleuwenn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëlle Moalic-Minnaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses universitaires de Rennes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Res Publica, 978-2-7535-9240-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04250743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ouvrages (3)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">France, love it but leave it</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julien Talpin</w:t>
+                <w:t xml:space="preserve">Une recherche « désordonnée » et « éthique » à la fois ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Olivier Esteves</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Jaffrès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...40 lines deleted...]
-                <w:t xml:space="preserve">hal-05504820v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Pisu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées annuelles du PPR Autonomie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PPR Autonomie, Oct 2025, Aubervilliers (Campus Condorcet), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05516357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La France tu l'aimes mais tu la quittes</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">What it takes to be a customer. The making of care markets in England</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Picard</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...128 lines deleted...]
-              <w:t xml:space="preserve">et al.</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées annuelles du PPR Autonomie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PPR Autonomie, Oct 2025, Aubervilliers (Campus Condorcet), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Presses universitaires de Rennes</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-04250743v1</w:t>
+                <w:t xml:space="preserve">hal-05516364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -652,51 +652,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chapitre 1. Quels rapports au genre racisé ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Picard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Presses universitaires du Septentrion. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’ordinaire des rapports au genre : Ce que les catégorisations identitaires révèlent</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
@@ -760,64 +760,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'engagement politique entre conversion partisane, dépolitisation et contestation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Ségas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlle Moalic-Minnaert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Collectif à l'Ouest. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Protester à Rennes dans les années 1968. Mobilisations et trajectoires biographiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.107-126, 2023, (Res publica), 978-2-7535-9240-7</w:t>
@@ -878,90 +878,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapports sociaux de classe et structuration des frontières associatives. Énonciation lesbienne plurielle à Rennes dans les années 1980 et 1990</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémentine Comer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Morin-Delaurière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Bagnaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Politix</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 141 (1), pp.25-46. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
@@ -995,51 +995,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Disciplinarisation des comportements musulmans dans l'espace public. Pratiques musulmanes et entreprises d'étiquetage à Rennes, Bristol, Nantes et Glasgow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Picard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue française de civilisation britannique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, XXV-4, </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1242,51 +1242,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05516357v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Picard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Jaffr&#232;s" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Pisu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05516364v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504820v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Talpin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Esteves" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-92213-8_9" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04842659v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250743v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bagnaud" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud B&#233;cot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Comer" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lechaux Bleuwenn" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Moalic-Minnaert" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/9405/protester-a-rennes-dans-les-annees-1968" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-05527535v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/septentrion/194683" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15q0b" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869716v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. S&#233;gas" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271950v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Morin-Delauri&#232;re" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pox.141.0025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03247532v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfcb.6868" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504820v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Talpin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Esteves" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Picard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.politybooks.com/bookdetail?book_slug=france-you-love-it-but-leave-it-the-silent-flight-of-french-muslims--9781509570072" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04842659v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250743v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bagnaud" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud B&#233;cot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Comer" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lechaux Bleuwenn" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Moalic-Minnaert" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/9405/protester-a-rennes-dans-les-annees-1968" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05516357v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Jaffr&#232;s" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Pisu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05516364v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-05527535v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/septentrion/194683" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15q0b" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869716v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. S&#233;gas" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271950v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Morin-Delauri&#232;re" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pox.141.0025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03247532v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfcb.6868" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>