--- v0 (2026-03-04)
+++ v1 (2026-03-28)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:133.33333333333px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Alice RAY </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">MCF en traductologie et linguistique à l'Université d'OrléansResponsable du Master Traduction & Communication Multilingue</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">alice-ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-6302-4999</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">249898861</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Diplômée du Master traduction d'édition (Université d'Orléans) depuis 2015, j'ai soutenu ma thèse en traductologie et études anglophones en 2019 : &amp;quot;Traduire les termes du futur : analyse du traitement des termes-fictions dans la traduction de l'anglais au français de la littérature de science-fiction&amp;quot; (dirs. Thomas Pughe et Antonia Cristinoi).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Je suis actuellement maîtresse de conférences à l'Université d'Orléans depuis 2021 au sein du Laboratoire Ligérien de Linguistique.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mes activités de recherche se concentrent principalement autour de la traduction (littéraire, scientifique et multimédia) et de la créativité lexicale (d'un point de vue traductologique et terminologique). J’ai notamment étudié les processus morphosyntaxiques lors du passage de l'anglais au français. Au cours de mes années de doctorat et post-doctorat, je me suis intéressée à d'autres phénomènes traductologiques, linguistiques et culturelles : le processus de retraduction dans la littérature et la bande dessinée, la traduction des termes inventés dans les jeux vidéo de science-fiction ou encore l'utilisation de la créativité lexicale science-fictionnelle dans l'enseignement de la traduction. Je m'intéresse également à la culture populaire et au commentaire qu’elle offre sur son époque.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">J'exerce également comme traductrice indépendante depuis 2016 (sciences humaines, bandes dessinées et littérature).</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">22 minutes avant la fin du monde : l’expérience du cognitive estrangement d’Outer Wilds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ReS Futurae - Revue d'études sur la science-fiction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05430059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Localising the Terrans, Zergs, and Protoss into French : A Linguistic Journey into StarCraft’s lore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Espaces Linguistiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 10, </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25965/espaces-linguistiques.986⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05426141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand la localisation vidéoludique rencontre le game design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Ciaudo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Espaces Linguistiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 10, </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25965/espaces-linguistiques.959⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05426138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction - Linguistic Creativity Through the Lens of Constructed Languages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Planchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Enguehard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RiCognizioni</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 12 (23), pp.15-17. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13135/2384-8987/12083⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05335305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La science-fiction et l’expérimentation formelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Dutel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ReS Futurae - Revue d'études sur la science-fiction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05430055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du Buzz Blades au « Discozigzag » : traduire en français les armes loufoques de Ratchet et Clank</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ReS Futurae - Revue d'études sur la science-fiction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 24, </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12zi2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ian Campbell (dir.), Science Fiction in Translation : Perspectives on the Global Theory and Practice of Translation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ReS Futurae - Revue d'études sur la science-fiction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 24, </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12zi7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traduire la science-fiction. Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ReS Futurae - Revue d'études sur la science-fiction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 24, </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12zi6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche contrastive anglais-français de la création lexicale science-fictionnelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Studia Romanica Posnaniensia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 49 (4), pp.125-143. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14746/strop.2022.494.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04010581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proposition d’utilisation des créations lexicales de la science-fiction comme ressource terminologique dans l'enseignement de la traduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">À tradire. Didactique de la traduction pragmatique et de la communication technique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 1 (1)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04010589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La satire du zombie : Z Nation ou l’effondrement comme critique des sociétés capitalistes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Caliban : French Journal of English Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Dynamiques de l'effondrement dans le fantastique, la fantasy et la SF/Dynamics of Collapse in Fantasy, the Fantastic and SF, 63, pp.119-140</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03152712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traduire l'heptapode : la figure du traducteur dans Premier Contact</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Doletiana</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, The fictional turn of translation studies, 7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03152718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Lacroix et Karine Prémont (dir.), D’Asimov À Star Wars, Représentations politiques dans la science-fiction.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nouvelles vues. Revue sur les pratiques et les théories du cinéma au Québec</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Cinéma, roman, espace, 18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03153446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retraduire Limbo : le syndrome littéraire du membre fantôme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ReS Futurae - Revue d'études sur la science-fiction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, La science-fiction en Asie de l’Est, 9, </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/resf.969⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01730091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Who translates the Watchmen? (Re)traduire les héros marginaux d’Alan Moore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TranscUlturAl: A Journal of Translation and Cultural Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 8 (2)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01646764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonja Fritzsche, The Liverpool Companion to World Science Fiction Film</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ReS Futurae - Revue d'études sur la science-fiction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, La culture visuelle de la science-fiction, entre culture populaire et avant-garde, 5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01401846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traduire la terminologie de science-fiction : Réflexions sur une modélisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ugo Bellagamba; Estelle Blanquet; Eric Picholle; Daniel Tron. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Récits et modélisation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 12 (Sciences et Fictions à Peyresq), Editions du Somnium, pp.79-89, 2020, 978-2-918696-01-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04055820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Playing with the Language of the Future</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Approaches to Videogame Discourse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Bloomsbury Academic, 2019, </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5040/9781501338489.0010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03152698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Translation of Dune: An Encounter of Languages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Springer. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Contacts and Contrasts in Educational Contexts and Translation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.183-194, 2019, 978-3-030-04977-5. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-04978-2_12⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03152707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La créativité dans la traduction des mots–fictions. Illustration sur la traduction et la retraduction de Do Androids Dream of Electric Sheep? de Philip K. Dick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aracne Editrice. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Exploring Creativity in Translation Across Cultures / Créativité et traduction à travers les cultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03152710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I need to cog what you're doing!&amp;quot; : sous-titrer et doubler l'anglais du futur dans Cloud Atlas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire doctoral interdisciplinaire : "Imaginaire(s) en traduction"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Marie Perrier; Samuel Trainor, Jan 2026, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05477268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le traitement des phrases averbales dans la traduction en anglais de La Place</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traduire Annie Ernaux. Perspectives socio-stylistiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laélia Véron; Clara Cini; Sara De Balsi, May 2025, Orléans (45) Hôtel Dupanloup, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05075946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Localising Pop Culture References : The Case of Starcraft II</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fun for All : 7th International Conference on Video Game Translation and Accessibility</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, TransMedia Catalonia Research Group, Jan 2025, Barcelona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04928356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traduire la science-fiction : exemple sur La Horde du Contrevent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire "Itinéraires de la traduction" - Traduire la science-fiction : l’œuvre d'Alain Damasio et d'Alexander Dickow</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cécile Fourrel de Frettes; Aurélie Journo, Jan 2025, Paris Campus Condorcet, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04887695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exemples des limites de l'utilisation de l'IA dans la traduction en sciences humaines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire MSH, axe “Interactions humaines et sciences des données”: Intelligence artificielle et recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Céline Dugua; Carlos-Emiliano Gonzalez-Gallardo; Isabelle Rabaud, Oct 2025, Orléans (en hybride), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05314221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flark! Localising The Intergalactic Colloquialisms Into French in Marvel’s Guardians of the Galaxy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Approches interdisciplinaires des unités phraséologiques (UP) dans les langues du monde : Linguistique - TAL &amp; IA - Traduction – Littérature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, DAO Huy-Linh; CHEN Lian; DO-HURINVILLE Danh-Thành, Mar 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04996242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Real Corpus-Based Study on the Real Reception of Irrealia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Copet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GAME DESIGN STUDIES Fourth International Video Game Studies Conference (SVI2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2025, Bydgoszcz, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05391827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Borrowing of Fictional Elements : An Easy Access to the Realms of SciFi and Fantasy?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Copet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intersections: Translation, Accessibility, Inclusion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Will Noonan, Oct 2025, Université Bourgogne Europe, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05332732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traduire l’imaginaire science-fictionnel : étrangéification, termes-fictions et mégatexte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire étudiants ENS "Y a-t-il une littérature française de l'imaginaire ?"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mélanie Sturmel; Raphaël Taccoen, Apr 2024, Paris ( Ecole normale supérieure), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04621962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traduire les comics Retour vers le Futur: approche transmédiatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mondes imaginaires: les déviations du fantastique, de la science-fiction, de la fantasy et de la "weird fiction" en traduction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Marie Perrier; Corinne Oster, Mar 2024, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04501873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tu DPS ou tu tanks ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10ème journée annuelle du DILTEC En jeux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Emmanuelle Guérin; Valérie Spaëth, Jun 2024, Paris Université Sorbonne Nouvelle, campus Nation, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04614204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traduire trois univers en un : &amp;quot;Starcraft II</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traduire le jeu vidéo : Entre immersion, interactivité et interaction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Alice Ray; Gilles Cloiseau, Dec 2023, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04423506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Staging and translating video game players’ language on screen: Ready Player One</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FAITES VOS JEUX. Gioco e spazio nei testi e dei testi</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Università di Udine; Studi Linguistici e Letterari, Mar 2023, Udine, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04470669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Get Schwifty”: Translating Rick & Morty’s Science Fictional World</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Translation in Transition 6</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03788030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitchell’s Cloud Atlas: Creating and Translating Lexicon Mutations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A Look to the Future</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03788155v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Memory of the Future: Linguistic and Translation Analysis of « Story of Your Life »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Cloiseau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Memory &amp; Imagination</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The Tunisian Association for English Language Studies, Mar 2022, Hammamet, Tunisia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03788164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apprendre avec les termes du futur : les créations lexicales de la science-fiction comme ressource terminologique dans l'enseignement de la traduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'apprenant en langues et dans les métiers de la traduction : source d'interrogations et de perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2019, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03161425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Translation of Dune : An Encounter of Languages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Contacts and Contrasts in Educational Contexts and Translation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Konin, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03161421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La créativité dans la traduction des mots-fictions : illustration sur la traduction et la retraduction de Do Androids Dream of Electric Sheep? de Philip K. Dick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Créativité en traduction / interprétation et dans la formation des interprètes / traducteurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Naples, Italie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03161428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traduire les termes du futur : Analyse du traitement des termes-fictions dans la traduction de l’anglais au français de la littérature de science-fiction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Linguistique. Université d'Orléans, 2019. Français. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2019ORLE3003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02973810v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linguistic Creativity Through the Lens of Constructed Languages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Planchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Enguehard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RiCognizioni</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 12 (23), 2025, CrOCEVIA</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05335297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expérimentations formelles en science-fiction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Dutel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ReS Futurae - Revue d'études sur la science-fiction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 26, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05430047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Localizing videogame corpus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Ciaudo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Espaces Linguistiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 10, 2025, </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25965/espaces-linguistiques.956⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05426133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Science-fiction et traduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ReS Futurae - Revue d'études sur la science-fiction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 24, 2024, </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12zi9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traducteur en sciences humaines : chercheur de citations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020, https://resf.hypotheses.org/3929</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03153433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traduction (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dans la vallée des tombes temporelles : monumentalité, temporalité et histoire dans la science-fiction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raino Isto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021, </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/resf.10295⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03528700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Piller, Tuer, Survivre » : Apocalypse zombie, exploration et expérience vécue dans DayZ</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Langlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lars Schmeink</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016, </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/resf.2140⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03354640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">2001, l’Odyssée de l’espace de Kubrick et la possibilité d’un cinéma de science-fiction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Langlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carl Freedman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014, </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/resf.561⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03354637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">En lisière des espaces : Blade Runner, Ghost in the Shell et le paysage urbain de Hong Kong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Langlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wong Kin Yuen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014, </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/resf.565⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03354639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biocapitalisme et schizophrénie : repenser la frontière Frankenstein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Langlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sean Mcqueen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013, </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/resf.535⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03354636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Memory of the Future : Linguistic and Translation Analysis of &amp;quot;Story of Your Life</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Sylvain Cloiseau,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Conference on “Memory and Imagination”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Hammamet, Tunisia. 2025, Memory's Imagination, 9789909755228</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05293719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId94"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:133.33333333333px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Alice RAY </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">MCF en traductologie et linguistique à l'Université d'OrléansResponsable du Master Traduction & Communication Multilingue</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">alice-ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-6302-4999</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">249898861</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Diplômée du Master traduction d'édition (Université d'Orléans) depuis 2015, j'ai soutenu ma thèse en traductologie et études anglophones en 2019 : &amp;quot;Traduire les termes du futur : analyse du traitement des termes-fictions dans la traduction de l'anglais au français de la littérature de science-fiction&amp;quot; (dirs. Thomas Pughe et Antonia Cristinoi).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Je suis actuellement maîtresse de conférences à l'Université d'Orléans depuis 2021 au sein du Laboratoire Ligérien de Linguistique.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mes activités de recherche se concentrent principalement autour de la traduction (littéraire, scientifique et multimédia) et de la créativité lexicale (d'un point de vue traductologique et terminologique). J’ai notamment étudié les processus morphosyntaxiques lors du passage de l'anglais au français. Au cours de mes années de doctorat et post-doctorat, je me suis intéressée à d'autres phénomènes traductologiques, linguistiques et culturelles : le processus de retraduction dans la littérature et la bande dessinée, la traduction des termes inventés dans les jeux vidéo de science-fiction ou encore l'utilisation de la créativité lexicale science-fictionnelle dans l'enseignement de la traduction. Je m'intéresse également à la culture populaire et au commentaire qu’elle offre sur son époque.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">J'exerce également comme traductrice indépendante depuis 2016 (sciences humaines, bandes dessinées et littérature).</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (17)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les verbes vidéoludiques empruntés à l’anglais : une analyse comparée multilingue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helena Horová</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrzej Napieralski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mateusz Patalan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiara Preite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Echo des études romanes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 21 (1-2), pp.39-61</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05567682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">22 minutes avant la fin du monde : l’expérience du cognitive estrangement d’Outer Wilds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ReS Futurae - Revue d'études sur la science-fiction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05430059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand la localisation vidéoludique rencontre le game design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Ciaudo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Espaces Linguistiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 10, </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25965/espaces-linguistiques.959⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05426138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction - Linguistic Creativity Through the Lens of Constructed Languages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Planchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Enguehard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RiCognizioni</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 12 (23), pp.15-17. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13135/2384-8987/12083⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05335305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Localising the Terrans, Zergs, and Protoss into French : A Linguistic Journey into StarCraft’s lore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Espaces Linguistiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 10, </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25965/espaces-linguistiques.986⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05426141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La science-fiction et l’expérimentation formelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Dutel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ReS Futurae - Revue d'études sur la science-fiction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05430055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ian Campbell (dir.), Science Fiction in Translation : Perspectives on the Global Theory and Practice of Translation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ReS Futurae - Revue d'études sur la science-fiction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 24, </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12zi7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du Buzz Blades au « Discozigzag » : traduire en français les armes loufoques de Ratchet et Clank</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ReS Futurae - Revue d'études sur la science-fiction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 24, </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12zi2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traduire la science-fiction. Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ReS Futurae - Revue d'études sur la science-fiction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 24, </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12zi6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche contrastive anglais-français de la création lexicale science-fictionnelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Studia Romanica Posnaniensia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 49 (4), pp.125-143. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14746/strop.2022.494.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04010581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proposition d’utilisation des créations lexicales de la science-fiction comme ressource terminologique dans l'enseignement de la traduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">À tradire. Didactique de la traduction pragmatique et de la communication technique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 1 (1)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04010589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La satire du zombie : Z Nation ou l’effondrement comme critique des sociétés capitalistes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Caliban : French Journal of English Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Dynamiques de l'effondrement dans le fantastique, la fantasy et la SF/Dynamics of Collapse in Fantasy, the Fantastic and SF, 63, pp.119-140</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03152712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traduire l'heptapode : la figure du traducteur dans Premier Contact</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Doletiana</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, The fictional turn of translation studies, 7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03152718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Lacroix et Karine Prémont (dir.), D’Asimov À Star Wars, Représentations politiques dans la science-fiction.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nouvelles vues. Revue sur les pratiques et les théories du cinéma au Québec</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Cinéma, roman, espace, 18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03153446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retraduire Limbo : le syndrome littéraire du membre fantôme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ReS Futurae - Revue d'études sur la science-fiction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, La science-fiction en Asie de l’Est, 9, </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/resf.969⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01730091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Who translates the Watchmen? (Re)traduire les héros marginaux d’Alan Moore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TranscUlturAl: A Journal of Translation and Cultural Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 8 (2)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01646764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonja Fritzsche, The Liverpool Companion to World Science Fiction Film</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ReS Futurae - Revue d'études sur la science-fiction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, La culture visuelle de la science-fiction, entre culture populaire et avant-garde, 5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01401846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traduire la terminologie de science-fiction : Réflexions sur une modélisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ugo Bellagamba; Estelle Blanquet; Eric Picholle; Daniel Tron. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Récits et modélisation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 12 (Sciences et Fictions à Peyresq), Editions du Somnium, pp.79-89, 2020, 978-2-918696-01-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04055820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Playing with the Language of the Future</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Approaches to Videogame Discourse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Bloomsbury Academic, 2019, </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5040/9781501338489.0010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03152698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Translation of Dune: An Encounter of Languages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Springer. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Contacts and Contrasts in Educational Contexts and Translation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.183-194, 2019, 978-3-030-04977-5. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-04978-2_12⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03152707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La créativité dans la traduction des mots–fictions. Illustration sur la traduction et la retraduction de Do Androids Dream of Electric Sheep? de Philip K. Dick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aracne Editrice. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Exploring Creativity in Translation Across Cultures / Créativité et traduction à travers les cultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03152710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I need to cog what you're doing!&amp;quot; : sous-titrer et doubler l'anglais du futur dans Cloud Atlas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire doctoral interdisciplinaire : "Imaginaire(s) en traduction"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Marie Perrier; Samuel Trainor, Jan 2026, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05477268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traduire la science-fiction : exemple sur La Horde du Contrevent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire "Itinéraires de la traduction" - Traduire la science-fiction : l’œuvre d'Alain Damasio et d'Alexander Dickow</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cécile Fourrel de Frettes; Aurélie Journo, Jan 2025, Paris Campus Condorcet, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04887695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Localising Pop Culture References : The Case of Starcraft II</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fun for All : 7th International Conference on Video Game Translation and Accessibility</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, TransMedia Catalonia Research Group, Jan 2025, Barcelona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04928356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le traitement des phrases averbales dans la traduction en anglais de La Place</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traduire Annie Ernaux. Perspectives socio-stylistiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laélia Véron; Clara Cini; Sara De Balsi, May 2025, Orléans (45) Hôtel Dupanloup, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05075946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exemples des limites de l'utilisation de l'IA dans la traduction en sciences humaines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire MSH, axe “Interactions humaines et sciences des données”: Intelligence artificielle et recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Céline Dugua; Carlos-Emiliano Gonzalez-Gallardo; Isabelle Rabaud, Oct 2025, Orléans (en hybride), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05314221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flark! Localising The Intergalactic Colloquialisms Into French in Marvel’s Guardians of the Galaxy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Approches interdisciplinaires des unités phraséologiques (UP) dans les langues du monde : Linguistique - TAL &amp; IA - Traduction – Littérature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, DAO Huy-Linh; CHEN Lian; DO-HURINVILLE Danh-Thành, Mar 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04996242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Real Corpus-Based Study on the Real Reception of Irrealia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Copet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GAME DESIGN STUDIES Fourth International Video Game Studies Conference (SVI2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2025, Bydgoszcz, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05391827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Borrowing of Fictional Elements : An Easy Access to the Realms of SciFi and Fantasy?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Copet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intersections: Translation, Accessibility, Inclusion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Will Noonan, Oct 2025, Université Bourgogne Europe, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05332732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traduire l’imaginaire science-fictionnel : étrangéification, termes-fictions et mégatexte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire étudiants ENS "Y a-t-il une littérature française de l'imaginaire ?"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mélanie Sturmel; Raphaël Taccoen, Apr 2024, Paris ( Ecole normale supérieure), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04621962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traduire les comics Retour vers le Futur: approche transmédiatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mondes imaginaires: les déviations du fantastique, de la science-fiction, de la fantasy et de la "weird fiction" en traduction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Marie Perrier; Corinne Oster, Mar 2024, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04501873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tu DPS ou tu tanks ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10ème journée annuelle du DILTEC En jeux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Emmanuelle Guérin; Valérie Spaëth, Jun 2024, Paris Université Sorbonne Nouvelle, campus Nation, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04614204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traduire trois univers en un : &amp;quot;Starcraft II</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traduire le jeu vidéo : Entre immersion, interactivité et interaction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Alice Ray; Gilles Cloiseau, Dec 2023, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04423506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Staging and translating video game players’ language on screen: Ready Player One</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FAITES VOS JEUX. Gioco e spazio nei testi e dei testi</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Università di Udine; Studi Linguistici e Letterari, Mar 2023, Udine, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04470669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Get Schwifty”: Translating Rick & Morty’s Science Fictional World</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Translation in Transition 6</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03788030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitchell’s Cloud Atlas: Creating and Translating Lexicon Mutations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A Look to the Future</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03788155v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Memory of the Future: Linguistic and Translation Analysis of « Story of Your Life »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Cloiseau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Memory &amp; Imagination</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The Tunisian Association for English Language Studies, Mar 2022, Hammamet, Tunisia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03788164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apprendre avec les termes du futur : les créations lexicales de la science-fiction comme ressource terminologique dans l'enseignement de la traduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'apprenant en langues et dans les métiers de la traduction : source d'interrogations et de perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2019, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03161425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Translation of Dune : An Encounter of Languages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Contacts and Contrasts in Educational Contexts and Translation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Konin, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03161421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La créativité dans la traduction des mots-fictions : illustration sur la traduction et la retraduction de Do Androids Dream of Electric Sheep? de Philip K. Dick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Créativité en traduction / interprétation et dans la formation des interprètes / traducteurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Naples, Italie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03161428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traduire les termes du futur : Analyse du traitement des termes-fictions dans la traduction de l’anglais au français de la littérature de science-fiction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Linguistique. Université d'Orléans, 2019. Français. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2019ORLE3003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02973810v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linguistic Creativity Through the Lens of Constructed Languages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Planchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Enguehard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RiCognizioni</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 12 (23), 2025, CrOCEVIA</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05335297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expérimentations formelles en science-fiction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Dutel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ReS Futurae - Revue d'études sur la science-fiction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 26, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05430047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Localizing videogame corpus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Ciaudo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Espaces Linguistiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 10, 2025, </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25965/espaces-linguistiques.956⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05426133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Science-fiction et traduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ReS Futurae - Revue d'études sur la science-fiction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 24, 2024, </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12zi9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traducteur en sciences humaines : chercheur de citations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020, https://resf.hypotheses.org/3929</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03153433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traduction (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dans la vallée des tombes temporelles : monumentalité, temporalité et histoire dans la science-fiction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raino Isto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021, </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/resf.10295⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03528700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Piller, Tuer, Survivre » : Apocalypse zombie, exploration et expérience vécue dans DayZ</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Langlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lars Schmeink</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016, </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/resf.2140⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03354640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">2001, l’Odyssée de l’espace de Kubrick et la possibilité d’un cinéma de science-fiction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Langlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carl Freedman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014, </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/resf.561⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03354637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">En lisière des espaces : Blade Runner, Ghost in the Shell et le paysage urbain de Hong Kong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Langlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wong Kin Yuen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014, </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/resf.565⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03354639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biocapitalisme et schizophrénie : repenser la frontière Frankenstein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Langlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sean Mcqueen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013, </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/resf.535⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03354636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Memory of the Future : Linguistic and Translation Analysis of &amp;quot;Story of Your Life</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Sylvain Cloiseau,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Conference on “Memory and Imagination”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Hammamet, Tunisia. 2025, Memory's Imagination, 9789909755228</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05293719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId99"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0BA907EA"/>
+    <w:nsid w:val="70D66882"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/alice-ray" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6302-4999" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/249898861" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430059v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Ray" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426141v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25965/espaces-linguistiques.986" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426138v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Ciaudo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25965/espaces-linguistiques.959" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05335305v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Planchon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Enguehard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13135/2384-8987/12083" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430055v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Dutel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857448v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12zi2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857451v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12zi7" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857449v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12zi6" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04010581v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14746/strop.2022.494.008" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04010589v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03152712v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03152718v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03153446v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01730091v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/resf.969" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01646764v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01401846v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04055820v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03152698v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5040/9781501338489.0010" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03152707v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-04978-2_12" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03152710v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477268v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05075946v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928356v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887695v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05314221v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996242v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391827v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Copet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05332732v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04621962v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501873v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04614204v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423506v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04470669v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788030v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788155v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788164v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Cloiseau" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03161425v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03161421v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03161428v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02973810v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019ORLE3003" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05335297v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430047v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426133v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25965/espaces-linguistiques.956" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857456v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12zi9" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03153433v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03528700v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raino Isto" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/resf.10295" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03354640v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Langlet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars Schmeink" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/resf.2140" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03354637v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl Freedman" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/resf.561" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03354639v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wong Kin Yuen" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/resf.565" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03354636v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean Mcqueen" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/resf.535" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05293719v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Sylvain Cloiseau," TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/alice-ray" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6302-4999" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/249898861" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05567682v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Ray" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Horov&#225;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrzej Napieralski" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateusz Patalan" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Preite" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430059v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426138v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Ciaudo" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25965/espaces-linguistiques.959" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05335305v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Planchon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Enguehard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13135/2384-8987/12083" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426141v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25965/espaces-linguistiques.986" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430055v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Dutel" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857451v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12zi7" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857448v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12zi2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857449v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12zi6" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04010581v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14746/strop.2022.494.008" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04010589v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03152712v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03152718v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03153446v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01730091v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/resf.969" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01646764v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01401846v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04055820v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03152698v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5040/9781501338489.0010" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03152707v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-04978-2_12" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03152710v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477268v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887695v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928356v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05075946v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05314221v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996242v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391827v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Copet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05332732v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04621962v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501873v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04614204v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423506v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04470669v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788030v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788155v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788164v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Cloiseau" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03161425v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03161421v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03161428v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02973810v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019ORLE3003" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05335297v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430047v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426133v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25965/espaces-linguistiques.956" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857456v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12zi9" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03153433v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03528700v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raino Isto" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/resf.10295" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03354640v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Langlet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars Schmeink" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/resf.2140" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03354637v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl Freedman" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/resf.561" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03354639v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wong Kin Yuen" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/resf.565" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03354636v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean Mcqueen" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/resf.535" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05293719v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Sylvain Cloiseau," TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>