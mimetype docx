--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -467,183 +467,183 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03438499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">We' ve Paid your Vagina to Make Children!ʼ: Bridewealth and Women's Marital and Reproductive Autonomy in Port‐Vila , Vanuatu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Servy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Oceania</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 90 (3), pp.292-308. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ocea.5280⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03438484v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Female sex worker : circulation et impact d’une catégorie de santé publique au Vanuatu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Servy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Française de Socio-Economie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, Les économies de la sexualité, n°25 (2), pp.103-121. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/rfse.025.0103⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03053989v1</w:t>
-              </w:r>
-[...76 lines deleted...]
-                <w:t xml:space="preserve">hal-03438484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'approche &amp;quot;Abstinence, Be faithful, use a Condom&amp;quot; au Vanuatu : traduire une politique d'éducation à la sexualité globalisée</w:t>
               </w:r>
@@ -1018,4176 +1018,4176 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Parcours professionnel d'une anthropologue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Servy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ose La Recherche</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2025, CNRS et Le Vaisseau, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05320096v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discutante pour la table ronde Les cultures des soignant.es et des patient.es dans la prise en charge des cancers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Servy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2ème Séminaire Unicancer sur la cancérologie en Outre-mer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Ministère des Outre-mer, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05320047v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cancers féminins et mobilités thérapeutiques depuis le Vanuatu vers la Nouvelle-Calédonie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Servy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque Mayotte en santé, Table ronde ultramarine sur les cancers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Mayotte, distanciel, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05320014v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susciter les interactions dans nos enseignements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Servy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée J’Idip 2025 « La place des étudiant·es dans nos enseignements »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Université de Strabourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05320031v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Therapeutic Mobilities of Women Living with Cancer in Vanuatu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Servy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Society for Oceanists conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Lucerne, Switzerland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05320025v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Former aux enjeux sociaux des cancers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Servy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2ème Séminaire Unicancer sur la cancérologie en Outre-mer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2025, Ministère des Outre-mer, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05320041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...34 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2025, CNRS et Le Vaisseau, Strasbourg, France</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Refus ou renoncement ? Les facteurs socio-économiques de non-recours aux services de santé publique en Polynésie française</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lauriane dos Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Servy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Communication grand public. Les soirées Aupuru by ICPF "Face au refus de soin : droits et réponses'</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut du Cancer de Polynésie française (ICPF)/Association Pacific Amazones, Feb 2025, Papeete, Polynésie française, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2025, Ministère des Outre-mer, Paris, France</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05320086v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cancers féminins et mobilités thérapeutiques depuis le Vanuatu vers la Nouvelle-Calédonie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Servy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées d’étude Corps, pouvoir et santé Des poisons et des remèdes dans les "outre-mers"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2025, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2025, Mayotte, distanciel, France</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05320037v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cancers féminins et mobilités thérapeutiques au Vanuatu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Servy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire L'actualité de la recherche en Océanie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2025, CREDO, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2025, Université de Strabourg, France</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05320063v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réagir aux retours négatifs ou déroutants en conférence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Servy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire doctoral de la Maison des sciences de l’Homme d’Alsace</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Misha, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Lucerne, Switzerland</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05320056v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cancers féminins et santé mentale au Vanuatu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Servy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire CAPS ou pas CAPS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2025, LPED, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Lauriane dos Santos</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05320071v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les inégalités face aux savoir-être et savoir-faire des évacuations sanitaires chez les patients atteints de cancer en Polynésie française</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Servy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire Anthropologie Politique de la santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2024, Ecole Normale Supérieure de Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05319976v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discutante pour la présentation Meoïn Hagège et Dolorès Pourette, Parcours de personnes atteintes de cancer à la Réunion, résultats préliminaires de l'étude Isocarma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Servy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire Outre-mer et recherche en sciences sociales : jeux d'échelles et de souveraineté</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2024, séminaire en visioconférence, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05319984v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Violences faites aux femmes au Vanuatu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Servy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Festival des elles à la Rochelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Museum d’histoire naturelle de LaRochelle, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05320017v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les évacuations sanitaires en Polynésie française. Quelle est la place de la famille ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Servy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d’étude : Mobilités thérapeutiqus, inéglaités et accompagnements : l’enjeu des évacuations sanitaires dans les Outre-mer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, MSH Paris-Nord, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05319830v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ethnographier les brutalités physiques dans une école du Vanuatu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Servy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d’étude doctorale du Laboratoire E3S Sport et sciences sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Misha, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05319926v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réviser par le jeu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Servy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">, Institut du Cancer de Polynésie française (ICPF)/Association Pacific Amazones, Feb 2025, Papeete, Polynésie française, France</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Lancelevée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée J’Idip 2022 : « le jeu comme levier d’apprentissage dans l’enseignement supérieur »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Université de Strasbourg (Strasbourg), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2025, Marseille, France</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05319932v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les évacuations sanitaires en Polynésie française</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Servy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Forum des 100 : Penser ensemble l’avenir de la fondation et les collaborations entre scientifiques et société civile</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Fondation Croix Rouge, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2025, LPED, Marseille, France</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05319940v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discutante pour le Panel 11 « Réseaux de solidarité, résistance collective et démocratie sanitaire »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Servy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque AMADES : « Anthropologie et Covid-19 : États, expériences et résultats de la recherche en temps de pandémie »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Misha, Strasbourg, France</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05319902v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les inégalités face aux savoir-être et savoir-faire des évacuations sanitaires chez les patients atteints de cancer en Polynésie française</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Servy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international : Les inégalités socio-territoriales de prise en charge des patient.e.s atteint.e.s de cancer en France (Métropole/Outre-mer)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, MSH Paris Nord, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2025, CREDO, Marseille, France</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05319844v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evasan et isolement pendant le parcours de soin : quel accompagnement pour les patients insulaires à Tahiti et pour les patients polynésiens en métropole ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Servy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée des patients</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Tahiti, Polynésie française, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2024, MSH Paris-Nord, France</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05319949v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ʻIt's not a MSM, it's a buftaʼ: Use of ʻmen who have sex with menʼ category in Vanuatu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Servy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Society for Oceanists Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Ajaccio - Corse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2024, Ecole Normale Supérieure de Lyon, France</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05319882v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réflexions sur le rôle des interférences spatio-temporelles dans le vécu des évasans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Servy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Atelier de l’équipe ATOLLs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2022, Ined - Campus Condorcet, Aubervilliers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2024, séminaire en visioconférence, France</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05319954v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Medical evacuations in French Polynesia: inter-island and international mobility of people facing cancer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Servy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">26th annual conference of the New Zealand Studies Association, From the Centre to the rim: Oceania and the Pacific lake</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2024, Museum d’histoire naturelle de LaRochelle, France</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05319876v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les évacuations sanitaires en Polynésie française : les interférences spatio-temporelles dans l'expérience de patients atteints de cancer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Servy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3èmes Rencontres de géographie de la santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Ile Sainte Marguerite (Cannes), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2024, Misha, Strasbourg, France</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03680595v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Héritages coloniaux et santé en Polynésie française</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Servy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Atelier Héritages coloniaux dans la fabrique des identités européennes, Réseau Eucor</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Université de Haute-Alsace, Mulhouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Tahiti, Polynésie française, France</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05319964v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Penser les temporalités dans l’étude des évacuations sanitaires en Polynésie française.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Servy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire EHESS "Frontières, temporalités, matérialités au prisme de la santé"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Ajaccio - Corse, France</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03438536v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« J’ai soufflé l’esprit des plaies… » Retour sur des pratiques de soin observées au Vanuatu.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Servy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cycle « Les rencontres de l’anthropologie » à la Bibliothèque Nationale Universitaire de Strasbourg</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Alice Servy</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03438502v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Projet ATOLLs : les évacuations sanitaires liées aux cancers en Polynésie française.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Servy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire de l'UR12 de l'Ined</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Aubervilliers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03438505v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Travaux et perspectives de recherche sur les questions de santé en Océanie.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Servy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire de l'axe 4 "Population, inégalités et politiques sociales" du laboratoire SAGE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03438551v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cancers et innovations dans l’accès aux soins en Polynésie française: retour de terrain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Servy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Atelier de l’équipe ATOLLs, Institut national d’études démographiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2020, Aubervillers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02470880v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Premières réflexions sur les évacuations sanitaires liées aux cancers en Polynésie française</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Servy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire du Centre de recherche et de documentation sur l'Océanie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2020, Marseille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02996514v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prévenir les infections sexuellement transmissibles au Vanuatu: zoom sur les affiches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Servy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Prévention de la syphilis et éducation à la santé sexuelle (1900 à nos jours)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2020, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02996542v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perspectives de recherche sur la prise en charge des cancers en Polynésie française</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Servy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Atelier de l’équipe ATOLLs, Institut national d’études démographiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02470883v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Construction et expression des violences de genre au Vanuatu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Servy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international « Violences familiales et changement social dans les sociétés du Pacifique », Université de la Polynésie française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Papeete, Polynésie française</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02470807v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entre jeux et châtiments : construction sociale de la violence dans une école du Vanuatu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Servy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire de recherche « Apprentissages de la violence à l’école : définitions, transmissions et transferts », LPED</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Marseille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02470887v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La construction du système de prévention des IST au Vanuatu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Servy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire « Actions et politiques publiques », LPED</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Marseille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02470899v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Représentations et expériences du cancer en Océanie : état des lieux et perspectives de recherche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Servy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire « Mardis du GRED », Université Montpellier Paul-Valéry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02470902v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Violences faites aux femmes et émancipation dans un quartier de Port-Vila, Vanuatu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Servy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès international de l’Institut du Genre, Atelier « Les pratiques de l’émancipation aux Suds : contestations collectives et trajectoires individuelles », Université d'Angers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Angers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02470867v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Genre, santé et mobilités en Océanie : État des lieux et perspectives de recherche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Servy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire du département d’anthropologie, Université Laval</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Quebec, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02470818v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spatial disparities in the prevention of sexually transmitted infections in Vanuatu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Servy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12th ESfO Conference, Session « Inequalities in health: Pacific perspectives »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, Cambridge, United Kingdom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02022396v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inequalities in Health: Pacific Perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Labbé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Université de Strasbourg (Strasbourg), France</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Servy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Holly Wardlow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Society for Oceanists</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, Cambridge, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Fondation Croix Rouge, Paris, France</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01971952v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les infections sexuellement transmissibles au Vanuatu : enquêter sur un système de prévention globalisé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Servy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire « Faire de l’anthropologie en contexte postcolonial : le cas du Vanuatu », EHESS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Marseille, France</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02022406v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moqueries, coups et apprentissage des violences dans une école de Port-Vila, Vanuatu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Servy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire « Anthropologie et histoire de l’Océanie » du CREDO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2022, MSH Paris Nord, France</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02022398v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Violences sexuelles au Vanuatu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Servy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire « Analyse démographique », Aix-Marseille Université</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2022, Ined - Campus Condorcet, Aubervilliers, France</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02022400v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prévenir les infections sexuellement transmissibles au Vanuatu : des concepts internationaux aux pratiques locales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Servy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire « Recherche en sciences humaines et sociales », Institut de Recherche pour le Développement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Nouméa, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Marseille, France</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02022403v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Interventions de développement auprès des femmes : analyse de cas en Asie-Pacifique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Servy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anastasia Seferiadis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire « Café du labo », LPED</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2018, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Ile Sainte Marguerite (Cannes), France</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02022407v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« AIDS IS HERE! » Prévenir les infections sexuellement transmissibles à Port-Vila, Vanuatu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Servy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Atelier des doctorants de l’EHESS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2017, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2022, Université de Haute-Alsace, Mulhouse, France</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01652089v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les « travailleurs du sexe ». Analyse de l’appropriation d’une catégorie internationale dans le cadre de la prévention des infections sexuellement transmissibles au Vanuatu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Servy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Approches socio-économiques de la sexualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2021, Marseille, France</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01652085v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abstinence, Be faithful, use a Condom : Analyse critique d’une politique d’éducation à la sexualité implantée au Vanuatu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Servy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Discipliner le sexuel, « Politique(s) et sexualité(s) »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2021, Strasbourg, France</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01652087v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bridewealth and the use of contraceptive methods in Port-Vila, Vanuatu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Servy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Esfo Conference, « Bridewealth and the productive and reproductive autonomy of women in the Pacific »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Munich, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2021, Aubervilliers, France</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01652086v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’appellation Men who have Sex with Men (MSM) au Vanuatu : Analyse de l’appropriation d’une catégorie globalisée en contexte postcolonial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Servy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Atelier Efigies Aix-Marseille, « Décoloniser les savoirs sur le genre »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2021, Strasbourg, France</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01652088v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Représentations et traitements du « viol » au Vanuatu: Analyse de trois sujets d’opposition entre les organismes de sensibilisation et les habitants d’une communauté urbaine de Port-Vila</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Servy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire inter laboratoire du département d'anthropologie d'Aix-Marseille Université</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2016, Aix-en-provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2020, Aubervillers, France</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01286488v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les &amp;quot;violences&amp;quot; à l'encontre des femmes à Port-Vila, Vanuatu: Analyse de trois lieux d'opposition entre les organismes de sensibilisation et la population locale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Servy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire de recherche: “Anthropologie et histoire de l'Océanie” </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CREDO, Apr 2015, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2020, Marseille, France</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01264881v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Transactional sexuality in Port-Vila: Between gift and market economies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Servy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bergen Pacific Studies Research Group Seminar</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Bergen, Jan 2015, Bergen, Norway</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2020, Strasbourg, France</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01264872v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faire du terrain au Vanuatu: Contextualiser la littérature orale ou les &amp;quot;violences&amp;quot; à l'encontre des femmes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Servy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jocelyn Aznar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire d'anthropologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre pénitentiaire des Baumettes Marseille, Jun 2015, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2019, Paris, France</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01264888v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Do you have a boyfriend? No, I don't have a phone&amp;quot; : Sexuality, Morality and Mobiles Phones in Port-Vila, Vanuatu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Servy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Workshop on Urban Vanuatu, Melanesia Research Seminar</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, British Museum, Nov 2014, Londres, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2019, Papeete, Polynésie française</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01264879v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Transactional sexuality in Port-Vila, Vanuatu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Servy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MEDUSA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2014, Toronto, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Marseille, France</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00986745v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Do you have a boyfriend? No, I don't have a phone&amp;quot; Sexuality, Morality and Mobiles Phones in Port-Vila, Vanuatu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Servy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CASCA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2014, Toronto, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...1569 lines deleted...]
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00986749v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">halshs-00986745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sexualité, TIC et moralité en milieu urbain au Vanuatu</w:t>
               </w:r>
@@ -7451,51 +7451,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaik Pian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helena Prado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lancelevée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire Unicancer Outre-mer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8238,51 +8238,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442861v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane Dos Santos" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Servy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194439v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13691058.2023.2234422" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03438498v2" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194440v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03438499v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03053989v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.025.0103" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03438484v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ocea.5280" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03091672v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/autr.086.0043" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652091v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/jso.7813" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00835705v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00699028v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022392v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320041v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320096v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320047v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320014v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320031v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320025v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320086v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane dos Santos" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320037v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320071v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320056v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320063v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05319830v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05319976v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05319984v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320017v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05319926v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05319949v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05319882v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05319932v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Lancelev&#233;e" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05319940v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05319902v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05319844v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05319954v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05319876v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680595v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05319964v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03438536v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03438502v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03438505v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03438551v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470880v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996514v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996542v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470883v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470807v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470887v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470899v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470902v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470867v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470818v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022403v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022400v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022396v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01971952v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Labb&#233;" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holly Wardlow" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022406v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022398v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022407v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Seferiadis" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652089v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652085v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652087v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652088v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652086v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01286488v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01264881v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01264872v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01264888v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Aznar" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01264879v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00986749v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00986745v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00903332v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01264896v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00835717v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00835728v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00835716v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00835713v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00835711v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00835727v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00835726v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00835719v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00835721v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00835723v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05271593v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05271630v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05271598v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194441v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194444v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.taylorfrancis.com/chapters/edit/10.4324/9781003146667-10/vaelens-alice-servy" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003146667-10" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00903330v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00807056v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320009v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03438496v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470934v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470931v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03438494v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022394v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00986743v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01264902v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470924v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813426v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dolor&#232;s Pourette" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12s9g" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05271622v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05271613v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anaik Pian" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Prado" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022413v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-04509025v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Sepulveda" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kexin Zhang" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01793190v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00701977v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcellin Abong" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dousset" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00807057v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285232v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442861v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane Dos Santos" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Servy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194439v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13691058.2023.2234422" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03438498v2" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194440v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03438499v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03438484v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ocea.5280" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03053989v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.025.0103" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03091672v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/autr.086.0043" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652091v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/jso.7813" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00835705v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00699028v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022392v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320096v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320047v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320014v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320031v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320025v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320041v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320086v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane dos Santos" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320037v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320063v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320056v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320071v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05319976v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05319984v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320017v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05319830v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05319926v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05319932v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Lancelev&#233;e" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05319940v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05319902v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05319844v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05319949v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05319882v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05319954v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05319876v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680595v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05319964v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03438536v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03438502v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03438505v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03438551v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470880v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996514v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996542v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470883v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470807v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470887v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470899v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470902v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470867v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470818v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022396v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01971952v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Labb&#233;" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holly Wardlow" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022406v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022398v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022400v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022403v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022407v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Seferiadis" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652089v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652085v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652087v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652086v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652088v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01286488v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01264881v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01264872v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01264888v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Aznar" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01264879v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00986745v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00986749v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00903332v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01264896v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00835717v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00835728v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00835716v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00835713v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00835711v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00835727v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00835726v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00835719v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00835721v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00835723v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05271593v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05271630v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05271598v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194441v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194444v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.taylorfrancis.com/chapters/edit/10.4324/9781003146667-10/vaelens-alice-servy" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003146667-10" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00903330v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00807056v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320009v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03438496v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470934v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470931v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03438494v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022394v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00986743v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01264902v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470924v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813426v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dolor&#232;s Pourette" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12s9g" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05271622v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05271613v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anaik Pian" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Prado" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022413v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-04509025v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Sepulveda" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kexin Zhang" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01793190v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00701977v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcellin Abong" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dousset" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00807057v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285232v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>