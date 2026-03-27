--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -703,96 +703,96 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shadows of Exile: Reading Vladimir Vertlib’s Viktor hilft through the Lens of the Postmigrant</w:t>
+                <w:t xml:space="preserve">Se raconter au pluriel : Viktor hilft de Vladimir Vertlib : entre roman autofictionnel et récit collectif d’une société autrichienne postmigratoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Lacoue-Labarthe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Postmigration Beyond National Borders</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Elisabeth Bekers; Anna-Lena Eick; Janine Hauthal; Isabella Villanova, Oct 2025, Bruxelles, Belgium</w:t>
+              <w:t xml:space="preserve">Des vécus aux récits de la postmigration : Réinventer la narration de soi et du monde dans les sociétés européennes pluralistes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, NarraMuse, Sep 2025, Louvain-la Neuve, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05331562v1</w:t>
+                <w:t xml:space="preserve">hal-05331565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S’approprier les mythes pour dire l’exil : détournements stratégiques dans la littérature sur la 'crise des réfugiés</w:t>
               </w:r>
@@ -841,96 +841,96 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05331574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Se raconter au pluriel : Viktor hilft de Vladimir Vertlib : entre roman autofictionnel et récit collectif d’une société autrichienne postmigratoire</w:t>
+                <w:t xml:space="preserve">Shadows of Exile: Reading Vladimir Vertlib’s Viktor hilft through the Lens of the Postmigrant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Lacoue-Labarthe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Des vécus aux récits de la postmigration : Réinventer la narration de soi et du monde dans les sociétés européennes pluralistes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, NarraMuse, Sep 2025, Louvain-la Neuve, Belgique</w:t>
+              <w:t xml:space="preserve">Postmigration Beyond National Borders</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Elisabeth Bekers; Anna-Lena Eick; Janine Hauthal; Isabella Villanova, Oct 2025, Bruxelles, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05331565v1</w:t>
+                <w:t xml:space="preserve">hal-05331562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Postmigrantische Existenzen führen ein Nischendasein in der deutschen Literatur' (M. Sanyal) – Tendenzen deutscher Gegenwartsliteratur aus postmigrantischer Perspektive »</w:t>
               </w:r>
@@ -1372,165 +1372,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04344666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La voix des réfugiés : positions d’énonciation dans les récits d’exil contemporains de langue allemande</w:t>
+                <w:t xml:space="preserve">Translating Trauma: Exile Narratives and Postmemory in Contemporary German-Language Literature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Lacoue-Labarthe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d'étude « Éthique et esthétique de l’auctorialité », séminaire doctoral « La voix des autres/Autres voix »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Christine Meyer, Jan 2023, Université de Picardie Jules Verne, Amiens, France</w:t>
+              <w:t xml:space="preserve">PhD workshop of the international symposium ‘Translation and the Archive: Performance, Practice, Negotiation’</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Marc Caplan; Eva Ulrike Pirker, May 2023, Heinrich-Heine-Universität, Düsseldorf, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04344659v1</w:t>
+                <w:t xml:space="preserve">hal-04344629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Translating Trauma: Exile Narratives and Postmemory in Contemporary German-Language Literature</w:t>
+                <w:t xml:space="preserve">La voix des réfugiés : positions d’énonciation dans les récits d’exil contemporains de langue allemande</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Lacoue-Labarthe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PhD workshop of the international symposium ‘Translation and the Archive: Performance, Practice, Negotiation’</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Marc Caplan; Eva Ulrike Pirker, May 2023, Heinrich-Heine-Universität, Düsseldorf, Germany</w:t>
+              <w:t xml:space="preserve">Journée d'étude « Éthique et esthétique de l’auctorialité », séminaire doctoral « La voix des autres/Autres voix »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Christine Meyer, Jan 2023, Université de Picardie Jules Verne, Amiens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04344629v1</w:t>
+                <w:t xml:space="preserve">hal-04344659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deutschsprachige Exilliteratur im Kontext der Flüchtlingskrise</w:t>
               </w:r>
@@ -2053,51 +2053,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="FEBAF9B7"/>
+    <w:nsid w:val="6D4045E3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2201,51 +2201,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="103FFF52"/>
+    <w:nsid w:val="C19E7C75"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2435,51 +2435,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/alicelaclab" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0009-0144-2453" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/24169955X" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/JPL-9667-2023" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04344649v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Lacoue-Labarthe" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04277472v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/trajectoires.8995" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03838700v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lacoue-Labarthe" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/hommesmigrations.13268" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04277534v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/clio.18204" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05331562v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05331574v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05331565v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05331552v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna-Lena Eick" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4312/9789612976903" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05331570v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Meyer" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arvi Sepp" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04598037v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04598024v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04598041v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04344666v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04344659v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04344629v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04344554v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04344675v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05331546v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.liverpooluniversitypress.co.uk/doi/book/10.3828/9781836241430" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3828/9781836241430" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03838686v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erich H&#246;rl" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03838585v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Garc&#237;a D&#252;ttmann" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/alicelaclab" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0009-0144-2453" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/24169955X" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/JPL-9667-2023" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04344649v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Lacoue-Labarthe" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04277472v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/trajectoires.8995" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03838700v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lacoue-Labarthe" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/hommesmigrations.13268" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04277534v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/clio.18204" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05331565v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05331574v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05331562v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05331552v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna-Lena Eick" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4312/9789612976903" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05331570v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Meyer" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arvi Sepp" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04598037v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04598024v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04598041v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04344666v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04344629v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04344659v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04344554v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04344675v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05331546v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.liverpooluniversitypress.co.uk/doi/book/10.3828/9781836241430" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3828/9781836241430" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03838686v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erich H&#246;rl" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03838585v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Garc&#237;a D&#252;ttmann" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>