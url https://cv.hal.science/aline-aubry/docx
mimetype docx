--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -430,51 +430,51 @@
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 130 (12), </w:t>
+              <w:t xml:space="preserve">, 2025, 130 (12), pp.e2025JC023146. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1029/2025JC023146⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
@@ -1168,200 +1168,200 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03156341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influences des épis sur la morphodynamique d'une plage à barres et bâches, nord de la France.</w:t>
+                <w:t xml:space="preserve">Effects of groynes on the morphodynamics of a barred macrotidal beach, northern France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Aubry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Hélène Ruz</w:t>
+                <w:t xml:space="preserve">Marie-Hélène Ruz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales de Géomorphologie / Annals of Geomorphology / Zeitschrift für Geomorphologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 52 (3), pp.145-166</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2008, 52 (Suppl.3), pp.145-166. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1127/0372-8854/2008/0052S3-0145⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00481027v1</w:t>
+                <w:t xml:space="preserve">hal-03049756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of groynes on the morphodynamics of a barred macrotidal beach, northern France</w:t>
+                <w:t xml:space="preserve">Influences des épis sur la morphodynamique d'une plage à barres et bâches, nord de la France.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Aubry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marie-Hélène Ruz</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Hélène Ruz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales de Géomorphologie / Annals of Geomorphology / Zeitschrift für Geomorphologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 52 (Suppl.3), pp.145-166. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2008, 52 (3), pp.145-166</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03049756v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00481027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (9)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2206,230 +2206,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03854718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improved remote sensing-based digital modelling of a macrotidal foreshore on the North Sea coast of France: the Shoreline Detection Method</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A GIS-based shore monitoring and surveillance observatory on tropical islands exposed to climate change and extreme events : the example of Mayotte Island, Indian Ocean.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Jeanson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Dolique</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edward J. Anthony</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Aubry</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sandric Lesourd</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Geographical Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2012, Cologne 32e congrès, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05310719v1</w:t>
+                <w:t xml:space="preserve">hal-05310726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A GIS-based shore monitoring and surveillance observatory on tropical islands exposed to climate change and extreme events : the example of Mayotte Island, Indian Ocean.</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Improved remote sensing-based digital modelling of a macrotidal foreshore on the North Sea coast of France: the Shoreline Detection Method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Aubry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Gardel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandric Lesourd</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Geographical Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2012, Cologne 32e congrès, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05310726v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05310719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2473,51 +2473,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jeanson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Dolique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edward J. Anthony</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Aubry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2927,234 +2927,400 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05310738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FUTURISKS à Mayotte : comprendre les risques côtiers pour mieux s’y préparer</w:t>
-[...26 lines deleted...]
-              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+                <w:t xml:space="preserve">Frictional Dissipation of Incident Waves Over a Spatially-Varying Rough Barrier Reef in Mayotte, Indian Ocean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mila Geindre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Sous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">France Floc’h</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Héloise Michaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Coastal Dynamics 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 41, Springer Nature Switzerland, pp.607-612, 2026, Coastal Research Library, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-032-15473-6_93⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05310779v1</w:t>
+                <w:t xml:space="preserve">hal-05546339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Thèse (1)</w:t>
+        <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">FUTURISKS à Mayotte : comprendre les risques côtiers pour mieux s’y préparer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Aubry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05310779v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Thèse (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Processus hydrodynamiques et bilans morpho-sédimentaires d'un littoral macrotidal en accrétion : étude in situ et par télédétection spatiale. Application aux Hemmes de Marck, Nord Pas de Calais, France.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Aubry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Géomorphologie. Université du Littoral Côte d'Opale, 2010. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2010DUNK0256⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00556010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId81"/>
+      <w:footerReference w:type="default" r:id="rId85"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3222,51 +3388,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="59617291"/>
+    <w:nsid w:val="3F7D0041"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3453,51 +3619,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/aline-aubry" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2305-0946" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/145737357" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05116312v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Morisseau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Jeanson" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Aubry" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Le Gall" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Delvenne" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marenvres.2025.107444" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05432165v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mila Geindre" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Sous" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Michaud" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Floc'H" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bertin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2025JC023146" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854687v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Tempere" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5150/jngcgc.2022.046" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747097v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Anthony" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Charroux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Dolique" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00367-021-00725-4" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00824539v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. J. Anthony" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dolique" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2012.11.013" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RZC5RVQX-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00809044v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gardel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandric Lesourd" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01134046v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03156341v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dubuisson" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00481027v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie H&#233;l&#232;ne Ruz" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03049756v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Ruz" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1127/0372-8854/2008/0052S3-0145" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924854v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;loise Michaud" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pezerat" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924853v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Martins" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304868v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Mollies" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lafaye" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catry Thibault" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Goll&#233;ty" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673765v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lola Ormi&#232;res" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Bertin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5150/jngcgc.2024.014" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854764v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Devillers" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynn El Moussaoui" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Lebreton" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alyson Le Quilleuc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854729v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Claverie" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854718v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05310719v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05310726v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward J. Anthony" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803884v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05310710v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanson Matthieu" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-05412861v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05310738v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05310779v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00556010v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2010DUNK0256" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/aline-aubry" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2305-0946" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/145737357" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05116312v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Morisseau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Jeanson" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Aubry" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Le Gall" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Delvenne" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marenvres.2025.107444" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05432165v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mila Geindre" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Sous" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Michaud" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Floc'H" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bertin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2025JC023146" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854687v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Tempere" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5150/jngcgc.2022.046" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747097v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Anthony" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Charroux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Dolique" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00367-021-00725-4" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00824539v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. J. Anthony" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dolique" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2012.11.013" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RZC5RVQX-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00809044v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gardel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandric Lesourd" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01134046v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03156341v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dubuisson" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03049756v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Ruz" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1127/0372-8854/2008/0052S3-0145" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00481027v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie H&#233;l&#232;ne Ruz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924854v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;loise Michaud" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pezerat" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924853v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Martins" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304868v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Mollies" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lafaye" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catry Thibault" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Goll&#233;ty" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673765v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lola Ormi&#232;res" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Bertin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5150/jngcgc.2024.014" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854764v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Devillers" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynn El Moussaoui" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Lebreton" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alyson Le Quilleuc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854729v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Claverie" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854718v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05310726v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward J. Anthony" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05310719v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803884v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05310710v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanson Matthieu" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-05412861v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05310738v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05546339v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Floc&#8217;h" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Martin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-15473-6_93" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05310779v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00556010v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2010DUNK0256" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>