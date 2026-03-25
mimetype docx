--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -1008,278 +1008,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02326510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Protective effect of low dose intra-articular cadmium on inflammation and joint destruction in arthritis</w:t>
+                <w:t xml:space="preserve">Regulatory effects of zinc on cadmium-induced cytotoxicity in chronic inflammation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paola Bonaventura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Lamboux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Courbon</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Francis Albarède</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Miossec</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-017-02611-5⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 12 (7), pp.e0180879. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0180879⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02328798v1</w:t>
+                <w:t xml:space="preserve">hal-02358953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regulatory effects of zinc on cadmium-induced cytotoxicity in chronic inflammation</w:t>
+                <w:t xml:space="preserve">Protective effect of low dose intra-articular cadmium on inflammation and joint destruction in arthritis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paola Bonaventura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Courbon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Lamboux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Lavocat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francis Albarède</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Hubert Marotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 12 (7), pp.e0180879. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7, </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0180879⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-017-02611-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02358953v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02328798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zn Speciation and Stable Isotope Fractionation in a Contaminated Urban Wetland Soil-Typha latifolia System</w:t>
               </w:r>
@@ -1412,90 +1412,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">06.01 Intra-articular injection of cadmium protects arthritic joints from inflammation and destruction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paola Bonaventura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Courbon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Lamboux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Lavocat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Marotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of the Rheumatic Diseases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 76 (Suppl 1), pp.A59--A60. </w:t>
@@ -1778,295 +1778,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02331972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Copper isotope effect in serum of cancer patients. A pilot study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Natural variations of copper and sulfur stable isotopes in blood of hepatocellular carcinoma patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Balter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Telouk</w:t>
+                <w:t xml:space="preserve">A. Nogueira Da Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Puisieux</w:t>
+                <w:t xml:space="preserve">V. P. Bondanese</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toshiyuki Fujii</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Victor P. Bondanese</w:t>
+                <w:t xml:space="preserve">K. Jaouen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Lamboux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metallomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c4mt00269e⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 112 (4), pp.982-5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.1415151112⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02334192v1</w:t>
+                <w:t xml:space="preserve">hal-01262225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natural variations of copper and sulfur stable isotopes in blood of hepatocellular carcinoma patients</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Copper isotope effect in serum of cancer patients. A pilot study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Telouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Puisieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toshiyuki Fujii</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Balter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Jaouen</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">A. Lamboux</w:t>
+                <w:t xml:space="preserve">Victor P. Bondanese</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 112 (4), pp.982-5. </w:t>
+              <w:t xml:space="preserve">Metallomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 7 (2), pp.299-308. </w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1073/pnas.1415151112⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/c4mt00269e⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01262225v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02334192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fe and Cu stable isotopes in archeological human bones and their relationship to sex</w:t>
               </w:r>
@@ -2104,51 +2104,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Herrscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Lamboux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Telouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Journal of Physical Anthropology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 148 (3), pp.334-340. </w:t>
@@ -2192,282 +2192,282 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00721117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isotopic evidence of unaccounted for Fe and Cu erythropoietic pathways</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId75" w:history="1">
+                <w:t xml:space="preserve">Sexing human blood and bones with metal stable isotopes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Klervia Jaouen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Balter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Lamboux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Telouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Herrscher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metallomics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">American Journal of Physical Anthropology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 144 (Suppl. 52), pp.177</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-00676834v1</w:t>
+                <w:t xml:space="preserve">hal-00598673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sexing human blood and bones with metal stable isotopes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Isotopic evidence of unaccounted for Fe and Cu erythropoietic pathways</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Albarède</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Telouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Lamboux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klervia Jaouen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Balter</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Physical Anthropology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Metallomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 3 (9), pp.926-933. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c1mt00025j⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00598673v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-00676834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2725,51 +2725,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05347328v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Conjard-Duplany" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Osseni" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Lamboux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Mouradian" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Picard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00018-025-05695-9" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631521v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Czarnecka-Herok" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kexin Zhu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Flaman" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Goehrig" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Vernier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.redox.2024.103204" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095643v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrazak El Albani" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.O. Konhauser" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Somogyi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ngwalghoubou Ikouanga" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lamboux" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2023.118169" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02911050v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Monestier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais M. Pujol" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Cuillel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pignot-Paintrand" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0mt00069h" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03044206v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Couchonnal-Bedoya" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Guillaud" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Laurencin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Lion-Fran&#231;ois" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0mt00167h" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820615v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auguste Hassler" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priyanka Davechand" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Balter" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rcm.8806" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02326510v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Bonaventura" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Albarede" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Miossec" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0196285" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02328798v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Courbon" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Lavocat" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Marotte" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-02611-5" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02358953v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Albar&#232;de" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0180879" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02328806v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Aucour" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Bedell" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Queyron" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Thole" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.6b02734" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02358938v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/annrheumdis-2016-211053.1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02132068v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Bondanese" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Simon" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lafont" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Albalat" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6mt00102e" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02331972v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0147146" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02334192v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Telouk" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Puisieux" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toshiyuki Fujii" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor P. Bondanese" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4mt00269e" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01262225v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nogueira Da Costa" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. P. Bondanese" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Jaouen" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1415151112" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00721117v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klervia Jaouen" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Herrscher" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.22053" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-GKH5JCHH-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00676834v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c1mt00025j" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00598673v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03663355v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021LYSEN091" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05347328v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Conjard-Duplany" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Osseni" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Lamboux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Mouradian" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Picard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00018-025-05695-9" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631521v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Czarnecka-Herok" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kexin Zhu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Flaman" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Goehrig" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Vernier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.redox.2024.103204" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095643v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrazak El Albani" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.O. Konhauser" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Somogyi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ngwalghoubou Ikouanga" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lamboux" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2023.118169" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02911050v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Monestier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais M. Pujol" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Cuillel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pignot-Paintrand" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0mt00069h" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03044206v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Couchonnal-Bedoya" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Guillaud" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Laurencin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Lion-Fran&#231;ois" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0mt00167h" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820615v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auguste Hassler" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priyanka Davechand" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Balter" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rcm.8806" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02326510v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Bonaventura" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Albarede" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Miossec" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0196285" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02358953v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Albar&#232;de" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0180879" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02328798v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Courbon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Lavocat" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Marotte" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-02611-5" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02328806v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Aucour" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Bedell" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Queyron" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Thole" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.6b02734" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02358938v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/annrheumdis-2016-211053.1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02132068v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Bondanese" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Simon" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lafont" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Albalat" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6mt00102e" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02331972v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0147146" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01262225v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nogueira Da Costa" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. P. Bondanese" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Jaouen" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1415151112" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02334192v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Telouk" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Puisieux" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toshiyuki Fujii" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor P. Bondanese" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4mt00269e" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00721117v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klervia Jaouen" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Herrscher" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.22053" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-GKH5JCHH-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00598673v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00676834v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c1mt00025j" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03663355v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021LYSEN091" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>