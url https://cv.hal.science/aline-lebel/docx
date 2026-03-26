--- v0 (2026-03-03)
+++ v1 (2026-03-26)
@@ -273,178 +273,178 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La raison face au scandale</w:t>
+                <w:t xml:space="preserve">Face à l’irréparable : le problème de la réconciliation dans la littérature post-génocide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Lebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La vie des idées</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue Critique de Fixxion Française Contemporaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 26, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/fixxion.10919⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04393469v1</w:t>
+                <w:t xml:space="preserve">hal-04393475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Face à l’irréparable : le problème de la réconciliation dans la littérature post-génocide</w:t>
+                <w:t xml:space="preserve">La raison face au scandale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Lebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Critique de Fixxion Française Contemporaine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">La vie des idées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, https://laviedesidees.fr/Susan-Neiman-Penser-le-mal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/fixxion.10919⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04393475v1</w:t>
+                <w:t xml:space="preserve">hal-04393469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aux limites de l’empathie littéraire ?</w:t>
               </w:r>
@@ -665,178 +665,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04393493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De l'énoncé performatif à l'énoncé passionné : penser (avec, après) Austin</w:t>
+                <w:t xml:space="preserve">Usages politiques et éthiques du pathos des voix dans la non-fiction polyphonique : le cas de La Fin de l’homme rouge de Svetlana Alexievitch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Lebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta fabula : Revue des parutions pour les études littéraires</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Fabula. Colloques en ligne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03718780v1</w:t>
+                <w:t xml:space="preserve">hal-03718748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Usages politiques et éthiques du pathos des voix dans la non-fiction polyphonique : le cas de La Fin de l’homme rouge de Svetlana Alexievitch</w:t>
+                <w:t xml:space="preserve">De l'énoncé performatif à l'énoncé passionné : penser (avec, après) Austin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Lebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fabula. Colloques en ligne</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Acta fabula : Revue des parutions pour les études littéraires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 24 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.58282/acta.14363⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-03718748v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03718780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le récit d’enfance au prisme du génocide et de la violence politique: le motif du “retour” vers la terre d’enfance chez Gaël Faye et Scholastique Mukasonga</w:t>
               </w:r>
@@ -883,124 +883,206 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03718745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (1)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Éthique et réceptions décentrées : Dostoïevski irrecevable ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victoire Feuillebois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Lebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'espace littéraire de Berlin à Vladivostok</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Delphine Rumeau; Anastasia Gladoshchuk, Mar 2026, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05566386v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les &amp;quot;circonstances atténuantes&amp;quot; du meurtre de Carmen : l'argument émotionnel à l'épreuve de la fiction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Lebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Féminicides au XIXème siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03718751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1010,185 +1092,185 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fantômes enfantins. Formes et enjeux éthiques d'une revenance dostoïevskienne chez Toni Morrison, des Frères Karamazov à Beloved</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Lebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Nicolas Aude; Victoire Feuillebois; Karen Haddad. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Spectres de Dostoïevski</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Classiques Garnier, A paraître, Perspectives comparatistes</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04393501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enjeux éthiques et affectifs de l'écriture du sensible</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Lebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les ambiances dans la littérature moderne et contemporaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses de l'Université de Laval, A paraître</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04393506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId27"/>
+      <w:footerReference w:type="default" r:id="rId29"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -1335,51 +1417,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-05351646" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lethica.unistra.fr" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04393469v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Lebel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04393475v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/fixxion.10919" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04393459v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/hybrid.3293" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04393490v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04393493v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/res.5300" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-FZD6HQPV-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718780v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/acta.14363" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718748v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718745v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718751v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04393501v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04393506v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-05351646" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lethica.unistra.fr" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04393475v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Lebel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/fixxion.10919" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04393469v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04393459v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/hybrid.3293" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04393490v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04393493v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/res.5300" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-FZD6HQPV-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718748v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718780v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/acta.14363" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718745v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05566386v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoire Feuillebois" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718751v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04393501v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04393506v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>