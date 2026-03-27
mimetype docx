--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -1137,295 +1137,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05214529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A fungal phospholipase C involved in the degradation of plant glycosylinositol phosphorylceramides during Arabidopsis/Botrytis interaction</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Chitosan stimulates root hair callose deposition, endomembrane dynamics, and inhibits root hair growth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Justine Rouffet</w:t>
+                <w:t xml:space="preserve">Matěj Drs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexis Filachet</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Antoine Davière</w:t>
+                <w:t xml:space="preserve">Pavel Krupař</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eliška Škrabálková</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Haluška</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karel Müller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s42003-024-07064-x⟩</w:t>
+              <w:t xml:space="preserve">Plant, Cell and Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 48 (1), pp.451-469. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/pce.15111⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04873083v1</w:t>
+                <w:t xml:space="preserve">hal-04873044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chitosan stimulates root hair callose deposition, endomembrane dynamics, and inhibits root hair growth</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Eliška Škrabálková</w:t>
+                <w:t xml:space="preserve">A fungal phospholipase C involved in the degradation of plant glycosylinositol phosphorylceramides during Arabidopsis/Botrytis interaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luka Lelas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samuel Haluška</w:t>
+                <w:t xml:space="preserve">Justine Rouffet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karel Müller</w:t>
+                <w:t xml:space="preserve">Alexis Filachet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Sechet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Davière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant, Cell and Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 48 (1), pp.451-469. </w:t>
+              <w:t xml:space="preserve">Communications Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 7 (1), pp.1372. </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/pce.15111⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s42003-024-07064-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04873044v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04873083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The specificity of pectate lyase VdPelB from Verticilium dahliae is highlighted by structural, dynamical and biochemical characterizations</w:t>
               </w:r>
@@ -3624,278 +3624,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01204096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Screening of antioxidant activities of polysaccharides extracts from endemic plants in Gabon</w:t>
+                <w:t xml:space="preserve">The cell wall pectic polymer rhamnogalacturonan-II is required for proper pollen tube elongation: implications of a putative sialyltransferase-like protein</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Line Edwige Mengome</w:t>
+                <w:t xml:space="preserve">Marie Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Lehner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Bouton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Christine Kiefer-Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Voxeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioactive Carbohydrates and Dietary Fibre</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bcdf.2014.02.001⟩</w:t>
+              <w:t xml:space="preserve">Annals of Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 114 (6), pp.1177-1188. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/aob/mcu093⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01842190v1</w:t>
+                <w:t xml:space="preserve">hal-01204135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The cell wall pectic polymer rhamnogalacturonan-II is required for proper pollen tube elongation: implications of a putative sialyltransferase-like protein</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Screening of antioxidant activities of polysaccharides extracts from endemic plants in Gabon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Lehner</w:t>
+                <w:t xml:space="preserve">Line Edwige Mengome</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Voxeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Bouton</w:t>
+                <w:t xml:space="preserve">Jean-Paul Akué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Christine Kiefer-Meyer</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Patrice Lerouge</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Botany</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 114 (6), pp.1177-1188. </w:t>
+              <w:t xml:space="preserve">Bioactive Carbohydrates and Dietary Fibre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 3 (2), pp.77 - 88. </w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/aob/mcu093⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.bcdf.2014.02.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01204135v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01842190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glycosylinositol phosphorylceramides from Rosa cell cultures are boron-bridged in the plasma membrane and form complexes with rhamnogalacturonan II</w:t>
               </w:r>
@@ -3998,64 +3998,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Line-Edwige Mengome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Voxeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Akué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Lerouge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Albert Ngouamizokou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4106,90 +4106,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In Vitro Proliferation and Production of Cytokine and IgG by Human PBMCs Stimulated with Polysaccharide Extract from Plants Endemic to Gabon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Line Edwige Mengome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Voxeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Akué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Lerouge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 19 (11), pp.18543 - 18557. </w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4262,51 +4262,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Lerouge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 7, pp.e51129. </w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4468,325 +4468,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01848364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of the Arabidopsis IRX9/IRX9-L and IRX14/IRX14-L Pairs of Glycosyltransferase Genes Reveals Critical Contributions to Biosynthesis of the Hemicellulose Glucuronoxylan</w:t>
+                <w:t xml:space="preserve">Characterization of a putative 3-deoxy-D-manno-2-octulosonic acid (Kdo) transferase gene from Arabidopsis thaliana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ai Min Wu</w:t>
+                <w:t xml:space="preserve">Martial Seveno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emma Hornblad</w:t>
+                <w:t xml:space="preserve">Emilie Seveno-Carpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Voxeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lorenz Gerber</w:t>
+                <w:t xml:space="preserve">Laurence Menu-Bouaouiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Rihouey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Physiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 153 (2), pp.542 - 554. </w:t>
+              <w:t xml:space="preserve">Glycobiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 20 (5), pp.617 - 628. </w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1104/pp.110.154971⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/glycob/cwq011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01848396v1</w:t>
+                <w:t xml:space="preserve">hal-01848424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of a putative 3-deoxy-D-manno-2-octulosonic acid (Kdo) transferase gene from Arabidopsis thaliana</w:t>
+                <w:t xml:space="preserve">Analysis of the Arabidopsis IRX9/IRX9-L and IRX14/IRX14-L Pairs of Glycosyltransferase Genes Reveals Critical Contributions to Biosynthesis of the Hemicellulose Glucuronoxylan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martial Seveno</w:t>
+                <w:t xml:space="preserve">Ai Min Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Seveno-Carpentier</w:t>
+                <w:t xml:space="preserve">Emma Hornblad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Voxeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Menu-Bouaouiche</w:t>
+                <w:t xml:space="preserve">Lorenz Gerber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Rihouey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Glycobiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 20 (5), pp.617 - 628. </w:t>
+              <w:t xml:space="preserve">Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 153 (2), pp.542 - 554. </w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/glycob/cwq011⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1104/pp.110.154971⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01848424v1</w:t>
+                <w:t xml:space="preserve">hal-01848396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structural characterisation of the pectic polysaccharide rhamnogalacturonan II using an acidic fingerprinting methodology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martial Seveno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Voxeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4914,273 +4914,273 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arabidopsis polygalacturonases differ in their biochemical specificities and in their effects on plants and mimetic membranes</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Characterization of Arabidopsis polysaccharide acetyl esterases from the GELP family and elucidating their role in determining plant cell wall properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maëva Touzard</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Lavi Rastogi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aniket Anant Chaudhari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raunak Sharma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Voxeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prashant Mohan-Anupama Pawar</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XVI Plant Cell Wall Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Malaga, Spain, France</w:t>
+              <w:t xml:space="preserve">The XVI Plant Cell Wall MeetingM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Malaga, Espagne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04561454v1</w:t>
+                <w:t xml:space="preserve">hal-04561457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of Arabidopsis polysaccharide acetyl esterases from the GELP family and elucidating their role in determining plant cell wall properties</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Aline Voxeur</w:t>
+                <w:t xml:space="preserve">Arabidopsis polygalacturonases differ in their biochemical specificities and in their effects on plants and mimetic membranes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wafae Tabi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prashant Mohan-Anupama Pawar</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Maëva Touzard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Hocq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josip Safran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Habrylo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The XVI Plant Cell Wall MeetingM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Malaga, Espagne, France</w:t>
+              <w:t xml:space="preserve">XVI Plant Cell Wall Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Malaga, Spain, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04561457v1</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04561454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Botrytis Cinerea Pectin Lyase BCPNL1 is involved in pathogenicity and its pectinolytic activity contributes to the impact of host nitrogen nutrition on disease severity</w:t>
               </w:r>
@@ -5304,51 +5304,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inositolphosphate glycans are accumulated upon Arabidopsis thaliana/ Botrytis cinerea interaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luka Lelas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Rouffet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Séchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5425,51 +5425,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plant inositol-phosphate-glycans and a fucosylated xyloglucan oligosaccharide are accumulated upon Arabidopsis thaliana/ Botrytis cinerea infection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luka Lelas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Rouffet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Akary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5589,51 +5589,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Voxeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kieran Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Bouton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13èmes journées du Réseau Français des parois</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Versailles, France</w:t>
@@ -5656,208 +5656,208 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04523560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification OligoGalacturonides (OGs) involved in the control of cell adhesion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cyril Grandjean</w:t>
+                <w:t xml:space="preserve">Synthesis and remodelling of Homogalacturonan-type pectins: What drives temperature-induced growth in plants?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Trezel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonia Paic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Rouffle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solène Bassard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Voxeur</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Gilles Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3èmes journées du Réseau Français des parois</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2022, Versailles, France</w:t>
+              <w:t xml:space="preserve">, May 2022, Versailes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04561485v1</w:t>
+                <w:t xml:space="preserve">hal-04561478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigating the role of WAKL7 in sensing PME17 activity.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Voxeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wang Ying</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Desprez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Sechet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5876,182 +5876,182 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hormone/Cell wall symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Stephanie Robert, Mar 2022, Umea, Suède, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04561307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis and remodelling of Homogalacturonan-type pectins: What drives temperature-induced growth in plants?</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Maxime Rouffle</w:t>
+                <w:t xml:space="preserve">Identification OligoGalacturonides (OGs) involved in the control of cell adhesion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Grandjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Voxeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salem Chabout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Boutet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solène Bassard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Aline Voxeur</w:t>
+                <w:t xml:space="preserve">Gilles Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3èmes journées du Réseau Français des parois</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2022, Versailes, France</w:t>
+              <w:t xml:space="preserve">, May 2022, Versailles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04561478v1</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04561485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigating the role of WAKL7 in sensing PME17 activity</w:t>
               </w:r>
@@ -6063,51 +6063,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Voxeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ying Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Desprez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Séchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6214,51 +6214,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salem Chabout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Pelloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Bouton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th Plant Cell Wall Biology Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Sapporo, Japan</w:t>
@@ -7158,77 +7158,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structure and function of rhamnogalacturonan II</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Lerouge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Voxeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Menu-Bouaouiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Rihouey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7309,51 +7309,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Voxeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Rihouey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martial Seveno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Christine Ralet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7453,51 +7453,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of WAKL receptors in the sensing of PME17 activity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Akary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Desprez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alban Coquel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7690,64 +7690,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The cell wall pectic polymer rhamnogalacturonan-II is required for proper pollen tube elongation: implication of a putative sialyltransferase-like protein</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Lehner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Mollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7854,51 +7854,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Lerouge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XIIIth Cell Wall Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2013, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7923,103 +7923,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of Rhamnogalacturonan type II in pollen tube elongation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Voxeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Lehner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Mollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Lerouge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2ième Journée de l’Institut de Recherche et d’Innovation Biomédicale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2013, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8044,103 +8044,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of Rhamnogalacturonan type II in pollen tube elongation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Voxeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Lehner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Mollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Lerouge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XIIIth Cell Wall Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2013, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8303,51 +8303,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kdo in plant and bacteria : a common story ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Voxeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Menu-Bouaouiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Rihouey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8447,90 +8447,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In vitro Studies on Proliferation and Production of Cytokine and IgG by Human PBMCs Stimulated with Polysaccharide Extract from Plants Endemic to Gabon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Line Edwige Mengome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Voxeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Paul Akue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Lerouge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Current Advances in Chemistry and Biochemistry Vol. 4</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, BP International, pp.72-85, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8817,381 +8817,381 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04577273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inositolphosphate glycans accumulate and suppress plant defense during Arabidopsis/Botrytis interaction</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Elodie Akary</w:t>
+                <w:t xml:space="preserve">Fine-Tuning and Remodelling of Pectins Play a Key Role in the Maintenance of Cell Adhesion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Grandjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Voxeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salem Chabout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Jobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Gutierrez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04561448v1</w:t>
+                <w:t xml:space="preserve">hal-04517829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fine-Tuning and Remodelling of Pectins Play a Key Role in the Maintenance of Cell Adhesion</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laurent Gutierrez</w:t>
+                <w:t xml:space="preserve">Chitosan stimulates root hair callose deposition and inhibits root hair growth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matěj Drs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Haluška</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eliška Škrabálková</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pavel Krupař</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Potocká</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04517829v1</w:t>
+                <w:t xml:space="preserve">hal-04523383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chitosan stimulates root hair callose deposition and inhibits root hair growth</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Matěj Drs</w:t>
+                <w:t xml:space="preserve">Inositolphosphate glycans accumulate and suppress plant defense during Arabidopsis/Botrytis interaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luka Lelas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samuel Haluška</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Justine Rouffet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Filachet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Sechet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Akary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrea Potocká</w:t>
-[...29 lines deleted...]
-                <w:t xml:space="preserve">hal-04523383v1</w:t>
+                <w:t xml:space="preserve">hal-04561448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Differences in the structure of plant polygalacturonases specify enzymes’ dynamics and processivities to fine-tune pectins and root development</w:t>
               </w:r>
@@ -9557,51 +9557,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Voxeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kieran Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Bouton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -9713,51 +9713,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="6DCABA87"/>
+    <w:nsid w:val="7B1DE22F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9944,51 +9944,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/aline-voxeur" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9452-6756" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/189236752" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05111508v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Lemaire" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catalina Duran-Garzon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Rigaud" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Trezel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Habrylo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2025.123894" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04994861v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Davi&#232;re" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Voxeur" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Jolivet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luka Lelas" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Vernhettes" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-025-07642-7" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05153759v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiromi Suzuki" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parisa Savane" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Marion&#8208;poll" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Sechet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Frey" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.70063" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05163824v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Mart&#237;nez Rivas" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorothee Wozny" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeyun Xue" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Gilbault" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Sapir" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adq8210" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04444310v2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Grandjean" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salem Chabout" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Jobert" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gutierrez" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphgy.2024.1441158" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04688214v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Renou" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deqiang Li" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Lu" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baocai Zhang" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Gineau" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plphys/kiae232" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05214529v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenjia Xu" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennys-Marcela G&#243;mez-P&#225;ez" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Choinard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miryam Iannaccone" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Maricchiolo" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2024.04.23.590775" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873083v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Rouffet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Filachet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-024-07064-x" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873044v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mat&#283;j Drs" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Krupa&#345;" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eli&#353;ka &#352;krab&#225;lkov&#225;" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Halu&#353;ka" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karel M&#252;ller" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pce.15111" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03947228v2" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josip Safran" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Ung" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bouckaert" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Molini&#233;" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2023.123137" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04406079v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Hocq" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien S&#233;n&#233;chal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Pau-Roblot" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pcp/pcad154" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04106623v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafae Tabi" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plcell/koad134" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04301792v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chang Liu" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasi Yu" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaolan Rao" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Dixon" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adf7714" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03752595v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco G&#225;mez-Arjona" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Vitale" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Dora" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sascha M&#252;ller" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abl9734" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03842878v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Paterlini" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sechet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Immel" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Grison" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pilard" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2022.1020506" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03196910v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Cherkaoui" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lecomte" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2021.02.035" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03331766v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Schumacher" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tohnyui Ndinyanka Fabrice" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Therese Abdou" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin M Kuhn" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells10030685" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02527275v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Guinand" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.14753" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02959872v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herman H&#246;fte" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2000509117" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02351884v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie S. Guenin" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Miart" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Souli&#233;" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1900317116" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03080299v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Lapierre" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Boutet" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Ralph" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.9b05840" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996902v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Karlen" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Helm" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.8b01618" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625431v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622075v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Soubigou-Taconnat" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Leg&#233;e" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaori Sakai" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Antelme" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0184820" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532636v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/glycob/cww029" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204119v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yin Wang" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Sibout" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pbi.2014.11.006" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204096v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pilar Catalan" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boulos Chalhoub" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Chochois" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David F. Garvin" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Hasterok" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tplants.2014.05.002" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01842190v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Line Edwige Mengome" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Aku&#233;" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Lerouge" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bcdf.2014.02.001" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204135v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Dumont" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Lehner" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bouton" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Christine Kiefer-Meyer" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcu093" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204160v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen C. Fry" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.12547" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01848350v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Line-Edwige Mengome" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Ngouamizokou" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19026/bjpt.5.5185" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01842176v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules191118543" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00787572v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Andr&#233;" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Breton" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0051129" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01848364v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Gilbert" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rihouey" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azeddine Driouich" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rothan" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M110.198614" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01848396v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ai Min Wu" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Hornblad" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenz Gerber" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.110.154971" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01848424v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Seveno" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Seveno-Carpentier" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Menu-Bouaouiche" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/glycob/cwq011" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02128719v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ai-Min Wu" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tadashi Ishii" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00425-009-0996-1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-9FVN5N9C-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04561454v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;va Touzard" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04561457v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lavi Rastogi" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aniket Anant Chaudhari" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raunak Sharma" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prashant Mohan-Anupama Pawar" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281563v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine M.-C. Soulie" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04472126v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien S&#233;chet" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04523435v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Akary" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04523560v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Gu&#233;nin" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kieran Lee" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04561485v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Cl&#233;ment" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04561307v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wang Ying" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Desprez" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04561478v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonia Paic" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Rouffle" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Bassard" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471817v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Wang" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471821v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Pelloux" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04409664v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catalina Duran Garzon" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Miternique" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04454769v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Xavier-Fontaine" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02181524v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Senechal" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Lefebvre" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Peaucelle" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738126v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven D. Karlen" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard F. Helm" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02121504v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Baldet" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02128180v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02121098v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753161v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Delmas" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758293v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Christine Ralet" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Marchant" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04523427v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Coquel" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02075451v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02113310v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Mollet" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Kiefer-Meyer" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02115307v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02115371v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02115256v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02127616v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02512967v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Chevalier" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05200332v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul Akue" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523625v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bied" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Runjue Yao" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Creff" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debra David" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04577273v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04561448v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04517829v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04523383v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Potock&#225;" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03764722v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03858972v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03752597v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03776672v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/aline-voxeur" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9452-6756" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/189236752" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05111508v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Lemaire" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catalina Duran-Garzon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Rigaud" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Trezel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Habrylo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2025.123894" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04994861v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Davi&#232;re" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Voxeur" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Jolivet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luka Lelas" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Vernhettes" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-025-07642-7" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05153759v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiromi Suzuki" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parisa Savane" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Marion&#8208;poll" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Sechet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Frey" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.70063" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05163824v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Mart&#237;nez Rivas" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorothee Wozny" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeyun Xue" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Gilbault" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Sapir" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adq8210" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04444310v2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Grandjean" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salem Chabout" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Jobert" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gutierrez" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphgy.2024.1441158" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04688214v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Renou" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deqiang Li" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Lu" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baocai Zhang" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Gineau" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plphys/kiae232" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05214529v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenjia Xu" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennys-Marcela G&#243;mez-P&#225;ez" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Choinard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miryam Iannaccone" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Maricchiolo" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2024.04.23.590775" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873044v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mat&#283;j Drs" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Krupa&#345;" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eli&#353;ka &#352;krab&#225;lkov&#225;" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Halu&#353;ka" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karel M&#252;ller" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pce.15111" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873083v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Rouffet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Filachet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-024-07064-x" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03947228v2" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josip Safran" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Ung" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bouckaert" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Molini&#233;" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2023.123137" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04406079v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Hocq" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien S&#233;n&#233;chal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Pau-Roblot" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pcp/pcad154" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04106623v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafae Tabi" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plcell/koad134" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04301792v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chang Liu" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasi Yu" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaolan Rao" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Dixon" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adf7714" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03752595v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco G&#225;mez-Arjona" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Vitale" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Dora" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sascha M&#252;ller" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abl9734" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03842878v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Paterlini" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sechet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Immel" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Grison" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pilard" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2022.1020506" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03196910v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Cherkaoui" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lecomte" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2021.02.035" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03331766v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Schumacher" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tohnyui Ndinyanka Fabrice" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Therese Abdou" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin M Kuhn" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells10030685" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02527275v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Guinand" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.14753" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02959872v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herman H&#246;fte" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2000509117" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02351884v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie S. Guenin" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Miart" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Souli&#233;" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1900317116" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03080299v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Lapierre" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Boutet" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Ralph" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.9b05840" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996902v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Karlen" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Helm" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.8b01618" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625431v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622075v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Soubigou-Taconnat" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Leg&#233;e" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaori Sakai" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Antelme" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0184820" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532636v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/glycob/cww029" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204119v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yin Wang" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Sibout" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pbi.2014.11.006" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204096v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pilar Catalan" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boulos Chalhoub" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Chochois" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David F. Garvin" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Hasterok" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tplants.2014.05.002" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204135v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Dumont" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Lehner" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bouton" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Christine Kiefer-Meyer" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcu093" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01842190v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Line Edwige Mengome" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Aku&#233;" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Lerouge" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bcdf.2014.02.001" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204160v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen C. Fry" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.12547" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01848350v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Line-Edwige Mengome" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Ngouamizokou" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19026/bjpt.5.5185" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01842176v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules191118543" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00787572v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Andr&#233;" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Breton" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0051129" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01848364v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Gilbert" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rihouey" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azeddine Driouich" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rothan" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M110.198614" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01848424v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Seveno" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Seveno-Carpentier" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Menu-Bouaouiche" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/glycob/cwq011" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01848396v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ai Min Wu" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Hornblad" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenz Gerber" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.110.154971" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02128719v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ai-Min Wu" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tadashi Ishii" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00425-009-0996-1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-9FVN5N9C-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04561457v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lavi Rastogi" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aniket Anant Chaudhari" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raunak Sharma" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prashant Mohan-Anupama Pawar" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04561454v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;va Touzard" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281563v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine M.-C. Soulie" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04472126v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien S&#233;chet" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04523435v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Akary" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04523560v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Gu&#233;nin" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kieran Lee" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04561478v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonia Paic" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Rouffle" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Bassard" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04561307v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wang Ying" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Desprez" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04561485v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Cl&#233;ment" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471817v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Wang" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471821v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Pelloux" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04409664v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catalina Duran Garzon" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Miternique" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04454769v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Xavier-Fontaine" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02181524v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Senechal" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Lefebvre" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Peaucelle" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738126v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven D. Karlen" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard F. Helm" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02121504v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Baldet" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02128180v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02121098v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753161v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Delmas" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758293v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Christine Ralet" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Marchant" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04523427v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Coquel" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02075451v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02113310v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Mollet" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Kiefer-Meyer" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02115307v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02115371v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02115256v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02127616v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02512967v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Chevalier" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05200332v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul Akue" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523625v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bied" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Runjue Yao" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Creff" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debra David" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04577273v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04517829v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04523383v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Potock&#225;" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04561448v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03764722v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03858972v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03752597v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03776672v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>