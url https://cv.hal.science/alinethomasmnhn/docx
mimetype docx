--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -672,1061 +672,1061 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04770033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The First Monumental Burials in the Fifth Millennium BC: Unresolved Questions about the Emergence of the 'Passy Phenomenon</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les restes humains : législation, intérêt scientifique et enjeu éthique des ensembles anthropobiologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of World Prehistory</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10963-023-09180-8⟩</w:t>
+              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 35 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/bmsap.12259⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04389741v1</w:t>
+                <w:t xml:space="preserve">hal-04244731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">beDNA : un projet visant à la collection systématique d’échantillons humains archéologiques à vocation paléogénétique – une première expérimentation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+                <w:t xml:space="preserve">The First Monumental Burials in the Fifth Millennium BC: Unresolved Questions about the Emergence of the 'Passy Phenomenon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/bmsap.11516⟩</w:t>
+              <w:t xml:space="preserve">Journal of World Prehistory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 36 (2-4), pp.227-255. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10963-023-09180-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04389666v2</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04389741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les restes humains : législation, intérêt scientifique et enjeu éthique des ensembles anthropobiologiques</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">beDNA : un projet visant à la collection systématique d’échantillons humains archéologiques à vocation paléogénétique – une première expérimentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Ehrhardt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Chambon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Gimel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Heyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Lafosse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 35 (2), </w:t>
+              <w:t xml:space="preserve">, 2023, 35 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/bmsap.12259⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/bmsap.11516⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04244731v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04389666v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ancient DNA gives new insights into a Norman Neolithic monumental cemetery dedicated to male elites</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maïté Rivollat</w:t>
+                <w:t xml:space="preserve">Compound specific isotope evidence points to use of freshwater resources as weaning food in Middle Neolithic Paris Basin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christina Cheung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Herrscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Thomas</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1073/pnas.2120786119⟩</w:t>
+              <w:t xml:space="preserve">American Journal of Biological Anthropology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 179 (1), pp.118-133. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ajpa.24591⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03660793v1</w:t>
+                <w:t xml:space="preserve">hal-03877196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compound specific isotope evidence points to use of freshwater resources as weaning food in Middle Neolithic Paris Basin</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Estelle Herrscher</w:t>
+                <w:t xml:space="preserve">Ancient DNA gives new insights into a Norman Neolithic monumental cemetery dedicated to male elites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maïté Rivollat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Thomas</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Ghesquière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adam Benjamin Rohrlach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ellen Späth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Biological Anthropology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 179 (1), pp.118-133. </w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 119 (18), pp.e2120786119. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ajpa.24591⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1073/pnas.2120786119⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03877196v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03660793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les 1000 premiers jours de vie dans les populations du présent et du passé</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The grandeur of death – Monuments, societies, and diets in middle Neolithic Paris Basin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christina Cheung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Herrscher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fernando Ramirez Rozzi</w:t>
+                <w:t xml:space="preserve">Guy Andre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gwenaëlle Goude</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Estelle Herrscher</w:t>
+                <w:t xml:space="preserve">Lisandre Bedault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Marchal</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Lamys Hachem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, Les 1000 premiers jours de vie dans les populations du présent et du passé, 33 (1), </w:t>
+              <w:t xml:space="preserve">Journal of Anthropological Archaeology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 63, pp.101332. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/bmsap.7458⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jaa.2021.101332⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03356200v1</w:t>
+                <w:t xml:space="preserve">mnhn-03296188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The grandeur of death – Monuments, societies, and diets in middle Neolithic Paris Basin</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christina Cheung</w:t>
+                <w:t xml:space="preserve">Les 1000 premiers jours de vie dans les populations du présent et du passé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernando Ramirez Rozzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenaëlle Goude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Herrscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lamys Hachem</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">François Marchal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Anthropological Archaeology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 63, pp.101332. </w:t>
+              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Les 1000 premiers jours de vie dans les populations du présent et du passé, 33 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jaa.2021.101332⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/bmsap.7458⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">mnhn-03296188v1</w:t>
+                <w:t xml:space="preserve">hal-03356200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Living and Dwelling Around The Khawr Jirama, Sultanate of Oman: Preliminary Results of First Archaeological Investigations on The Necropolis</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Cranial trepanation and healing process in modern patients - Bioarchaeological and anthropological implications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Partiot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aliénor Lepetit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Dodré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Jenger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Maureille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Oman Studies</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Anatomy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 237 (6), pp.1049-1061. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/joa.13266⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">mnhn-03268529v1</w:t>
+                <w:t xml:space="preserve">hal-03000310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cranial trepanation and healing process in modern patients - Bioarchaeological and anthropological implications</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Living and Dwelling Around The Khawr Jirama, Sultanate of Oman: Preliminary Results of First Archaeological Investigations on The Necropolis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Sévin-Allouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Anatomy</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The Journal of Oman Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/joa.13266⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03000310v1</w:t>
+                <w:t xml:space="preserve">mnhn-03268529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Il y a 150 ans, les Bulletins et Mémoires de la Société d’Anthropologie de Paris publiaient les découvertes de Cro-Magnon</w:t>
               </w:r>
@@ -2365,51 +2365,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approche structurale des nécropoles monumentales du Ve millénaire dans le basin Seine-Yonne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2469,51 +2469,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unpacking burial and rank: the role of children in the first monumental cemeteries of Western Europe (4600–4300 BC)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Murail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2706,51 +2706,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La nécropole du Néolithique moyen de Sur les Pâtureaux à Chichery (Yonne)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Delor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3052,225 +3052,225 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04648580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Première monumentalité funéraire en Europe occidentale : la nécropole de Fleury-sur-Orne, “Les Hauts de l’Orne” (Normandie, France)</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Faire parler les morts : comportements des hommes et des femmes néolithiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Luc Laporte; Jean-Marc Large; Laurent Nespoulous; Chris Scarre; Tara Steimer-Herbet. </w:t>
+              <w:t xml:space="preserve">Anne Augereau; Christophe Darmangeat. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mégalithes dans le monde</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mémoire 58, Association des publications chauvinoises, pp.1221-1234, 2022, 979-10-90534-74-2</w:t>
+              <w:t xml:space="preserve">Aux origines du genre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, la vie des idées; Presses Univetsitaires de France, pp.77-86, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03930222v1</w:t>
+                <w:t xml:space="preserve">hal-03894590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faire parler les morts : comportements des hommes et des femmes néolithiques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Première monumentalité funéraire en Europe occidentale : la nécropole de Fleury-sur-Orne, “Les Hauts de l’Orne” (Normandie, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Ghesquière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Chambon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Giazzon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Thevenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Anne Augereau; Christophe Darmangeat. </w:t>
+              <w:t xml:space="preserve">Luc Laporte; Jean-Marc Large; Laurent Nespoulous; Chris Scarre; Tara Steimer-Herbet. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aux origines du genre</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, la vie des idées; Presses Univetsitaires de France, pp.77-86, 2022</w:t>
+              <w:t xml:space="preserve">Mégalithes dans le monde</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mémoire 58, Association des publications chauvinoises, pp.1221-1234, 2022, 979-10-90534-74-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03894590v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03930222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Redécouvrir les momies humaines : données inédites sur la momie « chachapoya » exposée au Musée de l’Homme</w:t>
               </w:r>
@@ -3388,1038 +3388,1038 @@
                 </w:rPr>
                 <w:t xml:space="preserve">mnhn-02552721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impacts sanitaires de la transition néolithique</w:t>
+                <w:t xml:space="preserve">A la table des agropasteurs : Alimentation et santé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Thomas</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...5 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Herrscher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archéologie de la santé, anthropologie du soin</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, La Découverte, pp.30-40, 2019, 978-2-348-04577-6</w:t>
+              <w:t xml:space="preserve">Teyssandier N, Thiébault S. (dir.). Pré-Histoires la conquête des territoires. Péronnas: Editions Cherche Midi, p. 92-95.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">mnhn-02551037v1</w:t>
+                <w:t xml:space="preserve">hal-02414780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monumental cemeteries of the 5th millennium BC: The Fleury-sur-Orne contribution</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Corinne Thevenet</w:t>
+                <w:t xml:space="preserve">Tappeh Sialk Human and Animal Osteological Collections at the National Museum of Natural History</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjan Mashkour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bon Céline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Demeter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Friess</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shiva Sheikhi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Müller Johannes; Hinz Martin; Wunderlich Maria. </w:t>
+              <w:t xml:space="preserve">Nokandeh J., Curtis J., Pic M. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Early Monumentality and Social Differentiation in Neolithic Europe</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Frühe Monumentalität und soziale Differenzierung (18), Dr. Rudolf Habelt GmbH, pp.177-192, 2019, 978-3-7749-4213-4</w:t>
+              <w:t xml:space="preserve">Tappeh Sialk the Glory of Ancient Kashan</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Iranian Heritage Foundation, Louvre, RICHT, National Museum of Iran, pp.45-55, 2019, 978-1-9162538-0-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04344468v1</w:t>
+                <w:t xml:space="preserve">hal-03026580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tappeh Sialk Human and Animal Osteological Collections at the National Museum of Natural History</w:t>
-[...75 lines deleted...]
-              <w:t xml:space="preserve">Nokandeh J., Curtis J., Pic M. </w:t>
+                <w:t xml:space="preserve">Impacts sanitaires de la transition néolithique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Alain Froment, Hervé Guy. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tappeh Sialk the Glory of Ancient Kashan</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Iranian Heritage Foundation, Louvre, RICHT, National Museum of Iran, pp.45-55, 2019, 978-1-9162538-0-3</w:t>
+              <w:t xml:space="preserve">Archéologie de la santé, anthropologie du soin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, La Découverte, pp.30-40, 2019, 978-2-348-04577-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03026580v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">mnhn-02551037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A la table des agropasteurs : Alimentation et santé</w:t>
-[...29 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Monumental cemeteries of the 5th millennium BC: The Fleury-sur-Orne contribution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Ghesquière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Chambon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Giazzon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lamys Hachem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Thevenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Müller Johannes; Hinz Martin; Wunderlich Maria. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Teyssandier N, Thiébault S. (dir.). Pré-Histoires la conquête des territoires. Péronnas: Editions Cherche Midi, p. 92-95.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019</w:t>
+              <w:t xml:space="preserve">Early Monumentality and Social Differentiation in Neolithic Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Frühe Monumentalität und soziale Differenzierung (18), Dr. Rudolf Habelt GmbH, pp.177-192, 2019, 978-3-7749-4213-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02414780v1</w:t>
+                <w:t xml:space="preserve">halshs-04344468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Défunts et mobilier</w:t>
+                <w:t xml:space="preserve">De la tombe au locus : structuration de l’espace funéraire et signification du phénomène sépulcral à Vignely « la Porte aux Bergers »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Bostyn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chambon</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Hamon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katia Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Françoise Bostyn, Yves Lanchon, Philippe Chambon. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Habitat du Néolithique ancien et nécropoles du Néolithique moyen I et II à Vignely la "Porte aux Bergers", Seine-et-Marne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Mémoire 64, Société Préhistorique Française, pp.375-385, 2018</w:t>
+              <w:t xml:space="preserve">, Mémoire 64, Société Préhistorique Française, pp.385-392, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03923441v1</w:t>
+                <w:t xml:space="preserve">hal-03923453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La nécropole du Néolithique moyen</w:t>
-[...75 lines deleted...]
-              <w:t xml:space="preserve">Françoise Bostyn; Yves Lanchon; Philippe Chambon. </w:t>
+                <w:t xml:space="preserve">Les défunts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Françoise Bostyn, Yves Lanchon, Philippe Chambon. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Habitat du Néolithique ancien et nécropoles du Néolithique moyen I et II à Vignely « la Porte aux Bergers », Seine-et-Marne</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, pp.203-400, 2018, Mémoires de la Société préhistorique française, 2-913745-71-X. 45</w:t>
+              <w:t xml:space="preserve">Habitat du Néolithique ancien et nécropoles du Néolithique moyen I et II à Vignely la "Porte aux Bergers", Seine-et-Marne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mémoire 64, Société Préhistorique Française, pp.311-332, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02466613v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03923428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des structures de type Passy aux structures de type Vignely ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+                <w:t xml:space="preserve">La nécropole du Néolithique moyen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Françoise Bostyn, Yves Lanchon, Philippe Chambon. </w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisandre Bedault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Bonnardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Bostyn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Cayol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Françoise Bostyn; Yves Lanchon; Philippe Chambon. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Habitat du Néolithique ancien et nécropoles du Néolithique moyen I et II à Vignely la "Porte aux Bergers", Seine-et-Marne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mémoire 64, Société Préhistorique Française, pp.393-397, 2018</w:t>
+              <w:t xml:space="preserve">Habitat du Néolithique ancien et nécropoles du Néolithique moyen I et II à Vignely « la Porte aux Bergers », Seine-et-Marne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 64, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Société préhistorique française</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.203-400, 2018, Mémoires de la Société préhistorique française, 2-913745-71-X. 45</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03923466v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02466613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les défunts</w:t>
+                <w:t xml:space="preserve">Défunts et mobilier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Chambon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Françoise Bostyn, Yves Lanchon, Philippe Chambon. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Habitat du Néolithique ancien et nécropoles du Néolithique moyen I et II à Vignely la "Porte aux Bergers", Seine-et-Marne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Mémoire 64, Société Préhistorique Française, pp.311-332, 2018</w:t>
+              <w:t xml:space="preserve">, Mémoire 64, Société Préhistorique Française, pp.375-385, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03923428v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03923441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la tombe au locus : structuration de l’espace funéraire et signification du phénomène sépulcral à Vignely « la Porte aux Bergers »</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Des structures de type Passy aux structures de type Vignely ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Chambon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Thomas</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Françoise Bostyn, Yves Lanchon, Philippe Chambon. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Habitat du Néolithique ancien et nécropoles du Néolithique moyen I et II à Vignely la "Porte aux Bergers", Seine-et-Marne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Mémoire 64, Société Préhistorique Française, pp.385-392, 2018</w:t>
+              <w:t xml:space="preserve">, Mémoire 64, Société Préhistorique Française, pp.393-397, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03923453v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03923466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Présentation liminaire de la fouille de la nécropole des Hauts de l’Orne à Fleury-sur-Orne (Calvados)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Ghesquière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Giazzon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lamys Hachem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Thevenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">InterNéo 10. Actes de la Journée d'information du 22 novembre 2014, Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.179-181, 2014, INTERNEO et SPF</w:t>
@@ -4448,51 +4448,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The first monumental cemeteries of western Europe: the &amp;quot;Passy type&amp;quot; necropolis in the Paris basin around 4500 BC</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4579,51 +4579,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une ou deux nécropoles monumentales à Passy ? Identité biologique et recrutement des défunts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Murail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4762,161 +4762,131 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantification de l’erreur de fiabilité Interobservateur dans les mesures ostéométriques classiques de la collection Olivier</w:t>
+                <w:t xml:space="preserve">La tombe à couloir des Hauts de l’Orne de Fleury-sur-Orne (Calvados) : avancées dans la compréhension de la gestion des morts du premier mégalithisme atlantique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Siam Knecht</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Aline Thomas</w:t>
+                <w:t xml:space="preserve">Utpala Rousselot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Fort</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Chambon Philippe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque annuel de la Société d'Anthropologie de Paris</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2025, Paris, France. </w:t>
+              <w:t xml:space="preserve">1850èmes journées de la Société d'Anthropologie de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société d'Anthropologie de Paris, Jan 2025, Paris, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/133os⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/133pg⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05087794v1</w:t>
+                <w:t xml:space="preserve">hal-05061456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptations morpho-fonctionnelles osseuses liées aux activités des hommes et femmes néolithiques : le cas des populations des bassins parisien et rhénan (Ve millénaire BC)</w:t>
               </w:r>
@@ -5013,377 +4983,407 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05087769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La tombe à couloir des Hauts de l’Orne de Fleury-sur-Orne (Calvados) : avancées dans la compréhension de la gestion des morts du premier mégalithisme atlantique</w:t>
+                <w:t xml:space="preserve">Quantification de l’erreur de fiabilité Interobservateur dans les mesures ostéométriques classiques de la collection Olivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Utpala Rousselot</w:t>
+                <w:t xml:space="preserve">Siam Knecht</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sacha Kacki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Ardagna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chambon Philippe</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Aurélie Fort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1850èmes journées de la Société d'Anthropologie de Paris</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société d'Anthropologie de Paris, Jan 2025, Paris, France. </w:t>
+              <w:t xml:space="preserve">Colloque annuel de la Société d'Anthropologie de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2025, Paris, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/133pg⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/133os⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05061456v1</w:t>
+                <w:t xml:space="preserve">hal-05087794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">When cultural insight of admixture does not match genome ancestry: the case of the Cerny culture (Middle Neolithic, Northern France)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Stable Sulfur Isotope Ratios as an Additional Proxy for the Reconstruction of Weaning Patterns – A Case Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christina Cheung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Herrscher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Bon</w:t>
+                <w:t xml:space="preserve">Rebecca Macdonald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliette Sauvage</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Michael Richards</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World Neolithic Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2024, Sanliurfa, Turkey</w:t>
+              <w:t xml:space="preserve">30th EAA Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05087717v1</w:t>
+                <w:t xml:space="preserve">mnhn-05087672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stable Sulfur Isotope Ratios as an Additional Proxy for the Reconstruction of Weaning Patterns – A Case Study</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Estelle Herrscher</w:t>
+                <w:t xml:space="preserve">When cultural insight of admixture does not match genome ancestry: the case of the Cerny culture (Middle Neolithic, Northern France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Bon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Sauvage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maël Lefeuvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rebecca Macdonald</w:t>
+                <w:t xml:space="preserve">Françoise Dessarps-Freichey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael Richards</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marine Delvigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">30th EAA Annual Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2024, Rome, Italy</w:t>
+              <w:t xml:space="preserve">World Neolithic Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Sanliurfa, Turkey</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">mnhn-05087672v1</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05087717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation du sexe à partir des os coxaux humains en contextes archéologiques : plaidoyer pour l’utilisation conjointe de la Diagnose Sexuelle Probabiliste et de la méthode morphoscopique de Brůžek</w:t>
               </w:r>
@@ -5540,377 +5540,377 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05087698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse des métissages génétiques entre agriculteurs et chasseurs-cueilleurs au Néolithique moyen dans les populations de culture Cerny (Bassin parisien)</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marine Delvigne</w:t>
+                <w:t xml:space="preserve">beDNA : un projet visant à la collection systématique d’échantillons humains archéologiques à vocation paléogénétique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Ehrhardt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Eric Gimel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Heyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Sophie Lafosse</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marie-Claude Marsolier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque annuel de la Société d'Anthropologie de Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2023, Paris, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/bmsap.11412⟩</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/bmsap.11024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">mnhn-05087608v1</w:t>
+                <w:t xml:space="preserve">hal-03969430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">beDNA : un projet visant à la collection systématique d’échantillons humains archéologiques à vocation paléogénétique</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">Analyse des métissages génétiques entre agriculteurs et chasseurs-cueilleurs au Néolithique moyen dans les populations de culture Cerny (Bassin parisien)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Sauvage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Dessarps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Delvigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Lafosse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claude Marsolier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque annuel de la Société d'Anthropologie de Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2023, Paris, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/bmsap.11024⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/bmsap.11412⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03969430v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">mnhn-05087608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identités génétiques, statuts funéraires et parcours de vie : paysage social des nécropoles néolithiques du Bassin parisien (Ve millénaire BC)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Sauvage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Lefeuvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christina Cheung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claude Marsolier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Bon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontre autour du Paysage funéraire de la Préhistoire à l’Antiquité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 14e Rencontres du Gaaf, Apr 2023, Dijon, France</w:t>
@@ -5939,51 +5939,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une Perspective muséale des études invasives sur les restes humains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Friess</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6024,549 +6024,532 @@
                 </w:rPr>
                 <w:t xml:space="preserve">mnhn-05087616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Archaeological investigations on the necropolis of Khor Jarama: towards the discovery of a new prehistoric culture in Oman?</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">beDNA : un projet visant à la collection systématique d'échantillons humains archéologiques à vocation paléogénétique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Ehrhardt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Mousset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Chambon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Gimel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Heyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">55th Seminar for Arabian Studies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IASA, Aug 2022, Berlin, Germany</w:t>
+              <w:t xml:space="preserve">IVe Rencontres Nord/Sud de Préhistoire récente. La place des morts chez les vivants, Architectures, Mémoires et Rituels, de la fin du Mésolithique à l’âge du Bronze</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, La Rochelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03924093v1</w:t>
+                <w:t xml:space="preserve">hal-03930454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">beDNA : un projet visant à la collection systématique d'échantillons humains archéologiques à vocation paléogénétique</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Archaeological investigations on the necropolis of Khor Jarama: towards the discovery of a new prehistoric culture in Oman?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Sévin-Allouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Gernez</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IVe Rencontres Nord/Sud de Préhistoire récente. La place des morts chez les vivants, Architectures, Mémoires et Rituels, de la fin du Mésolithique à l’âge du Bronze</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2022, La Rochelle, France</w:t>
+              <w:t xml:space="preserve">55th Seminar for Arabian Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IASA, Aug 2022, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03930454v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03924093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bows, arrows and men. The role played by archers in the farmer population of Cerny (5th mill. BC, Paris Basin)</w:t>
+                <w:t xml:space="preserve">Identifying Past social Organization through Foodways – the importance of a multi-proxy approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christina Cheung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Polina Syrikova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mona Le Luyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Herrscher</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mona Le Luyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop Children of Cain</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aix Marseille Univ, CNRS, Minist Culture, LAMPEA, Oct 2021, Aix-en-Provence (en ligne), France</w:t>
+              <w:t xml:space="preserve">European Association of Archaeologists (EAA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Kiel (online), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03923397v1</w:t>
+                <w:t xml:space="preserve">hal-03923376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Récit idéologique ou vie réelle ? Expression funéraire du genre à l’épreuve des données bioarchéologiques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comparaison des méthodes d’estimation de la parenté génétique en ADN ancien, via des simulations d’arbres généalogiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maël Lefeuvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bon Céline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mc Marsolier Kergoat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Thomas</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CPF 2021 : 29e Congrès Préhistorique de France Hiatus, lacunes et absences : identifier et interpréter les vides archéologiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Session F - Où sont les femmes ? Archéologie du genre dans la Préhistoire et la Protohistoire : la France à l'écart des gender studies ?, Jun 2021, Toulouse (en ligne), France</w:t>
+              <w:t xml:space="preserve">Colloque annuel de la Société d’Anthropologie de Paris - 1846e réunion scientifique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2021, Paris (en ligne), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03923347v1</w:t>
+                <w:t xml:space="preserve">hal-03923228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reconnaitre une trépanation crânienne : critères diagnostics et arbre décisionnel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aliénor Lepetit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Jenger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6598,217 +6581,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03923284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparaison des méthodes d’estimation de la parenté génétique en ADN ancien, via des simulations d’arbres généalogiques</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId133" w:history="1">
+                <w:t xml:space="preserve">Récit idéologique ou vie réelle ? Expression funéraire du genre à l’épreuve des données bioarchéologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bon Céline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mc Marsolier Kergoat</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Solène Delon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Delvigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mona Le Luyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque annuel de la Société d’Anthropologie de Paris - 1846e réunion scientifique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2021, Paris (en ligne), France</w:t>
+              <w:t xml:space="preserve">CPF 2021 : 29e Congrès Préhistorique de France Hiatus, lacunes et absences : identifier et interpréter les vides archéologiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Session F - Où sont les femmes ? Archéologie du genre dans la Préhistoire et la Protohistoire : la France à l'écart des gender studies ?, Jun 2021, Toulouse (en ligne), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03923228v1</w:t>
+                <w:t xml:space="preserve">hal-03923347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">beDNA : une collection systématique d’échantillons humains archéologiques à vocation paléogénétique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Ehrhardt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Gimel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Heyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Lafosse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XIIIe journées de l'Anact</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Bayeux, France</w:t>
@@ -6831,476 +6831,476 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03896665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Don't judge a book by its cover: cultural evidence of ‘Mesolithic resurgence’ in Middle Neolithic Paris Basin not linked to genetic admixture</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bows, arrows and men. The role played by archers in the farmer population of Cerny (5th mill. BC, Paris Basin)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christina Cheung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Herrscher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Polina Syrikova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mona Le Luyer</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th International symposium on Biomolecular Archaeology (ISBA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Toulouse (online), France</w:t>
+              <w:t xml:space="preserve">Workshop Children of Cain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aix Marseille Univ, CNRS, Minist Culture, LAMPEA, Oct 2021, Aix-en-Provence (en ligne), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03923318v1</w:t>
+                <w:t xml:space="preserve">hal-03923397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fish for the babies – an reappraisal of the role of protein-based weaning food in human prehistory</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Don't judge a book by its cover: cultural evidence of ‘Mesolithic resurgence’ in Middle Neolithic Paris Basin not linked to genetic admixture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bon Céline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Sauvage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Dessarps-Freichey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Delvigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Lafosse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th International symposium on Biomolecular Archaeology (ISBA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Toulouse (online), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03923300v1</w:t>
+                <w:t xml:space="preserve">hal-03923318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Au-delà de l’apport nutritionnel: l’analyse combine de la macro- et micro-usure dentaire et des isotopes stables révèle des comportements alimentaires néolithiques genrés</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fish for the babies – an reappraisal of the role of protein-based weaning food in human prehistory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christina Cheung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Herrscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque annuel de la Société d’Anthropologie de Paris - 1846e réunion scientifique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2021, Paris (en ligne), France</w:t>
+              <w:t xml:space="preserve">9th International symposium on Biomolecular Archaeology (ISBA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Toulouse (online), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03923195v1</w:t>
+                <w:t xml:space="preserve">hal-03923300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identifying Past social Organization through Foodways – the importance of a multi-proxy approach</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Au-delà de l’apport nutritionnel: l’analyse combine de la macro- et micro-usure dentaire et des isotopes stables révèle des comportements alimentaires néolithiques genrés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Polina Syrikova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mona Le Luyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christina Cheung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Thomas</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Estelle Herrscher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Association of Archaeologists (EAA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Kiel (online), France</w:t>
+              <w:t xml:space="preserve">Colloque annuel de la Société d’Anthropologie de Paris - 1846e réunion scientifique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2021, Paris (en ligne), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03923376v1</w:t>
+                <w:t xml:space="preserve">hal-03923195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monumental cemeteries of the Paris Basin Region - stable isotope evidence (C, N, and S) for early social stratification in Middle Neolithic France</w:t>
               </w:r>
@@ -7757,103 +7757,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monumental cemeteries of the 5&amp;lt;sup&amp;gt;th&amp;lt;/sup&amp;gt; millennium BC: The Fleury-sur-Orne contribution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Ghesquière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chambon Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Giazzon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lamys Hachem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Thevenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Megaliths – Societies – Landscapes. Early Monumentality and Social Diﬀerentiation in Neolithic Europe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Johannes Müller; Martin Hinz; Maria Wunderlich, Jun 2015, Kiel, Germany. pp.177-192</w:t>
@@ -7876,256 +7876,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02464711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spread of agriculture in Europe through migration and interbreeding: a gender issue?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId190" w:history="1">
+                <w:t xml:space="preserve">Modalité de la résurgence mésolithique au Néolithique moyen, Apport de l’étude paléogénétique de la culture Cerny (Bassin parisien)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène Delon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Bon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24th Annual Meeting of the European Association of Archaeologists, Session 752 Gender in Movement</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">1843e Journées de la Société d’Anthropologie de Paris, 24-26 Janvier 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Poitiers, France. pp.S12-S13, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3166/bmsap-2018-0004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">mnhn-02552423v1</w:t>
+                <w:t xml:space="preserve">mnhn-02552387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modalité de la résurgence mésolithique au Néolithique moyen, Apport de l’étude paléogénétique de la culture Cerny (Bassin parisien)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId190" w:history="1">
+                <w:t xml:space="preserve">Spread of agriculture in Europe through migration and interbreeding: a gender issue?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène Delon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Bon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1843e Journées de la Société d’Anthropologie de Paris, 24-26 Janvier 2018</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">24th Annual Meeting of the European Association of Archaeologists, Session 752 Gender in Movement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Barcelona, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3166/bmsap-2018-0004⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">mnhn-02552387v1</w:t>
+                <w:t xml:space="preserve">mnhn-02552423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Concepts et terminologie analytique en archéo-anthropologie : une première réflexion à partir du travail pionnier de Jean Leclerc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louiza Aoudia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8215,90 +8215,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La trépanation crânienne en contexte archéologique : revue critique, nouveaux éléments de diagnostic et approche du temps de survie post-opératoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Partiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Dodré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Maureille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1841e réunion scientifique de la Société d’Anthropologie de Paris, 27-29 Janvier 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Lyon, France. pp.S24, </w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8395,203 +8395,259 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03924324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Practice of Archery in Farming community of the middle Neolithic : Funerary Display and Social Division of Labor</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Projet Collectif de Recherches « Nécropoles préhistoriques et protohistoriques de Passy (Yonne) » : Objectifs et premiers résultats concernant les datations et les architectures funéraires monumentales du groupe de Cerny</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Pillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Lemercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jehanne Affolter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Augereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Baray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd International Congress Biomedical Sciences and Methods in Archaeology, 6-9 novembre 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Zones de production et organisation des territoires au néolithique : espaces exploités, occupés, parcourus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2011, Tours, France. pp.217-230</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">mnhn-02552518v1</w:t>
+                <w:t xml:space="preserve">halshs-01158973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le sexe et le genre dans la structuration funéraire : asymétrie ou dualité sociale des entités Cerny et Grossgartach du Néolithique moyen d'Europe occidentale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Chenal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1839e réunion scientifique de la Société d’Anthropologie de Paris, 28-31 Janvier 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Montpellier, France. pp.S39, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s13219-013-0093-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">mnhn-02552559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sex determination in situ in large funerary sites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Berthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8600,215 +8656,159 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aminte Thomann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Rottier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3rd International Congress Biomedical Sciences and Methods in Archaeology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2014, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03923491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Projet Collectif de Recherches « Nécropoles préhistoriques et protohistoriques de Passy (Yonne) » : Objectifs et premiers résultats concernant les datations et les architectures funéraires monumentales du groupe de Cerny</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Practice of Archery in Farming community of the middle Neolithic : Funerary Display and Social Division of Labor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zones de production et organisation des territoires au néolithique : espaces exploités, occupés, parcourus</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2011, Tours, France. pp.217-230</w:t>
+              <w:t xml:space="preserve">3rd International Congress Biomedical Sciences and Methods in Archaeology, 6-9 novembre 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01158973v1</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">mnhn-02552518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Du terrain au laboratoire : quantification de l’apport de l’enregistrement des données biologiques in situ dans les grands ensembles funéraires</w:t>
               </w:r>
@@ -8833,51 +8833,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aminte Thomann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Rottier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque annuel de la Société d'Anthropologie de Paris - 1839e réunion scientifique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2014, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8902,64 +8902,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Passy-type cemeteries (5th mill BC, Paris Basin, France): understanding the complexity of non-megalithic funerary architectures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Pillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lemercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Wirth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9036,51 +9036,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Herrscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Mordant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9236,463 +9236,463 @@
                 </w:rPr>
                 <w:t xml:space="preserve">mnhn-02552606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The first monumental cemeteries of western Europe : the &amp;quot;Passy type&amp;quot; necropolis in the Paris Basin</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Un modèle funéraire Cerny ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Murail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Megaliths and Identities</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 4th Meeting of the European Magalithic Studies, May 2010, Kiel, Germany</w:t>
+              <w:t xml:space="preserve">Transitions, ruptures et continuité durant la préhistoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, XXVIIe Congrès Préhistorique de France, May 2010, Les Eyzies, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03923949v1</w:t>
+                <w:t xml:space="preserve">hal-03923940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approche structurale des nécropoles monumentales du Ve millénaire dans le bassin Seine-Yonne</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+                <w:t xml:space="preserve">The first monumental cemeteries of western Europe : the &amp;quot;Passy type&amp;quot; necropolis in the Paris Basin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transitions, ruptures et continuité durant la préhistoire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, XXVIIe Congrès Préhistorique de France, May 2010, Les Eyzies, France</w:t>
+              <w:t xml:space="preserve">Megaliths and Identities</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 4th Meeting of the European Magalithic Studies, May 2010, Kiel, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03923947v1</w:t>
+                <w:t xml:space="preserve">hal-03923949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un modèle funéraire Cerny ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Approche structurale des nécropoles monumentales du Ve millénaire dans le bassin Seine-Yonne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Chambon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Thomas</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pascal Murail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transitions, ruptures et continuité durant la préhistoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, XXVIIe Congrès Préhistorique de France, May 2010, Les Eyzies, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03923940v1</w:t>
+                <w:t xml:space="preserve">hal-03923947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une ou deux nécropoles monumentales à Passy ? Identité et recrutement des défunts</w:t>
+                <w:t xml:space="preserve">The funerary complexes of the Cerny Culture (Middle Neolithic) Variability of the burial practices in the coherent chrono-cultural context of the necropolis in the Paris basin (France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Murail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Néolithique du Nord de la France dans son contexte européen : Habitat et économie aux 4e et 3e Millénaires avant notre ère</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INTERNEO, Oct 2009, Villeneuve d'Ascq, France</w:t>
+              <w:t xml:space="preserve">15th meeting of the European Association of Archaeologists (EAA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2009, Riva del Garda, Trento, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03923965v1</w:t>
+                <w:t xml:space="preserve">hal-03923956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The funerary complexes of the Cerny Culture (Middle Neolithic) Variability of the burial practices in the coherent chrono-cultural context of the necropolis in the Paris basin (France)</w:t>
+                <w:t xml:space="preserve">Une ou deux nécropoles monumentales à Passy ? Identité et recrutement des défunts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Murail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th meeting of the European Association of Archaeologists (EAA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2009, Riva del Garda, Trento, Italy</w:t>
+              <w:t xml:space="preserve">Le Néolithique du Nord de la France dans son contexte européen : Habitat et économie aux 4e et 3e Millénaires avant notre ère</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INTERNEO, Oct 2009, Villeneuve d'Ascq, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03923956v1</w:t>
+                <w:t xml:space="preserve">hal-03923965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aménagement d’ossuaires dans le baptistère paléochrétien de Brioude (Haute-Loire)</w:t>
               </w:r>
@@ -9894,334 +9894,334 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La tombe à couloir de Fleury-sur-Orne : une architecture inédite ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId160" w:history="1">
+                <w:t xml:space="preserve">The Hauts de l'Orne passage grave (« Tombe à couloir ») at Fleury-sur-Orne (Calvados) : Advances in understanding the management of the dead in early Atlantic megalithism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utpala Rousselot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Philippe Chambon</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chambon Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Ghesquière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1850èmes journées de la Société d'Anthropologie de Paris</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">5th Virtual Conference for Women Archaeologists and Paleontologists</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2025, Online, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05061436v1</w:t>
+                <w:t xml:space="preserve">hal-05061494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Hauts de l'Orne passage grave (« Tombe à couloir ») at Fleury-sur-Orne (Calvados) : Advances in understanding the management of the dead in early Atlantic megalithism</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId160" w:history="1">
+                <w:t xml:space="preserve">La tombe à couloir de Fleury-sur-Orne : une architecture inédite ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utpala Rousselot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Chambon Philippe</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Ghesquière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th Virtual Conference for Women Archaeologists and Paleontologists</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">1850èmes journées de la Société d'Anthropologie de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2025, Paris, France. Bulletins et mémoires de la société d’anthropologie de Paris, 37 (S), 2025, 37 ((s)), 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/133ph⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05061494v1</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05061436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">beDNA : un projet visant à la collection systématique d'échantillons humains archéologiques à vocation paléogénétique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Ehrhardt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Gimel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Heyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Lafosse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XLIIe Journées internationales d'archéologie mérovingienne : Les ensembles funéraires alto-médiévaux, nouvelles recherches et nouvelles méthodes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Saint-Germain-en-Laye, France</w:t>
@@ -10244,329 +10244,329 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03897109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Taphonomic alterations and dental microwear: impact on the characterization of dietary regimes</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">beDNA : banque d’échantillons et de Données Nationale Archéogénétique. Une collection systématique d’échantillons humains archéologiques à vocation paléogénétique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Ehrhardt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Chambon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Gimel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Heyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Lafosse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque annuel de la Société d’Anthropologie de Paris - 1846e réunion scientifique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2021, Paris (en ligne), France</w:t>
+              <w:t xml:space="preserve">Conférence annuelle de la Société d’Anthropologie de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03923260v1</w:t>
+                <w:t xml:space="preserve">hal-03102196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">beDNA : banque d’échantillons et de Données Nationale Archéogénétique. Une collection systématique d’échantillons humains archéologiques à vocation paléogénétique</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Taphonomic alterations and dental microwear: impact on the characterization of dietary regimes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Polina Syrikova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mona Le Luyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Souron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence annuelle de la Société d’Anthropologie de Paris</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2021, Paris, France</w:t>
+              <w:t xml:space="preserve">Colloque annuel de la Société d’Anthropologie de Paris - 1846e réunion scientifique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2021, Paris (en ligne), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03102196v1</w:t>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03923260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First monumentalities in Western Europe: the necropolis of Fleury-sur-Orne &amp;quot;Les Hauts de l’Orne&amp;quot; (Normandie, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Ghesquière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Giazzon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Thevenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10604,64 +10604,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trépanation versus pseudo-trépanation : réviser les critères diagnostiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Jenger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Partiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10708,64 +10708,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déterminer le sexe des squelettes grâce à la génétique : comment et à quel prix ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Sauvage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Bon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10812,90 +10812,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First monumentality in Western Europe: the 5th millenium' cemetery of Fleury-sur-Orne (Normandy)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Ghesquière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Giazzon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Thevenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10972,51 +10972,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aminte Thomann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Rottier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontre autour des enjeux de la fouille des grands ensembles sépulcraux médiévaux, modernes et contemporains</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2015, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11352,51 +11352,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Partiot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Institut des Déserts et des Steppes; Ministry of Heritage and Culture of Sultanate of Oman. 2019, pp.55</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -11470,51 +11470,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile Verdellet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Jenger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Institut des Déserts et des Steppes; Ministry of Heritage Culture of Sultanate of Oman. 2018, pp.62</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -11851,51 +11851,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="6B49536E"/>
+    <w:nsid w:val="49B060AD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12082,51 +12082,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/alinethomasmnhn" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4018-3123" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/160237963" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05088207v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe S&#233;vin-Allouet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gernez" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Thomas" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gautier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758626v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Villotte" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Kacki" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/oa.3334" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-05367718v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Hadad" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Vuillerod" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Augereau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Cohen" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12n3p" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770033v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Cheung" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Chenal" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Fabre" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Horviller" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Herrscher" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/129nf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04389741v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chambon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10963-023-09180-8" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04389666v2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Ehrhardt" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gimel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Heyer" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lafosse" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.11516" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04244731v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.12259" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03660793v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;t&#233; Rivollat" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Ghesqui&#232;re" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Benjamin Rohrlach" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellen Sp&#228;th" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2120786119" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877196v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.24591" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03356200v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Ramirez Rozzi" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Goude" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Marchal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.7458" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03296188v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Andre" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisandre Bedault" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamys Hachem" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaa.2021.101332" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03268529v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000310v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Partiot" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali&#233;nor Lepetit" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Dodr&#233;" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Jenger" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Maureille" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joa.13266" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007331v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mounier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Gibert" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Goude" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Marchal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/bmsap-2018-0030" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140748v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Ardagna" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent D&#233;troit" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fort" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13219-017-0191-z" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02548950v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Partiot" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryelle Bessou" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chavent" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;. Dodr&#233;" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Maureille" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13219-017-0184-y" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03211155v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Berthon" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Thomas" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aminte Thomann" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rottier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13219-015-0121-x" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842717v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02550529v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842699v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2014.14398" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02548003v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Murail" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0003598X00068307" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/0FD160027538D7C703611452F8B6A92FBE0CD3AC/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116819v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Guiot" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Corona" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Brewer" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Chali&#233;" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Daux" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0009972" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02343302v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Delor" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Francisco Gibaja Bao" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Meunier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/galip.2010.2472" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00454493v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Gauthier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Gatto" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.6464" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648580v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03930222v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Giazzon" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Thevenet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03894590v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02552721v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Ansart" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bou" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Huchet" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Laborde" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119882237.ch4" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02551037v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04344468v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026580v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjan Mashkour" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bon C&#233;line" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Demeter" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Friess" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shiva Sheikhi" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414780v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923441v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02466613v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bonnardin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bostyn" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cayol" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.prehistoire.org" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923466v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923428v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923453v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hamon" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02551193v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02550919v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02551160v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02551216v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05087794v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siam Knecht" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Fort" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/133os" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05087769v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Courtine" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/133o8" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05061456v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Utpala Rousselot" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chambon Philippe" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/133pg" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05087717v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bon" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Sauvage" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Lefeuvre" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Dessarps-Freichey" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Delvigne" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-05087672v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Macdonald" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Richards" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345873v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05087698v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-05087608v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Dessarps" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Marsolier" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.11412" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969430v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.11024" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-05087643v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-05087616v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.11064" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924093v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03930454v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Mousset" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923397v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Polina Syrikova" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Le Luyer" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923347v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Delon" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923284v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923228v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mc Marsolier Kergoat" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03896665v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923318v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923300v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923195v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923376v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02552674v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03266598v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Kirgis" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Lema&#238;tre" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/bmsap-2019-0067" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887584v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-bernard Huchet" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02874933v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Buquet-Marcon" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Pecqueur" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Abadie" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Brunet" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulette Lawrence-Dubovac" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02464711v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02552423v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02552387v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/bmsap-2018-0004" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02552497v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louiza Aoudia" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Bocquentin" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Le Goff" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Maines" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13219-016-0174-5" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02552458v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13219-015-0136-3" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924324v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02552518v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02552559v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13219-013-0093-7" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923491v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Rottier" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01158973v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Pillot" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lemercier" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jehanne Affolter" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Baray" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923482v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923521v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Wirth" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02552627v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Mordant" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Andr&#233;" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13219-011-0052-4" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/80E6583D4D62D4564805ED656653AA0EB7CD8090/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02552606v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923949v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923947v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923940v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923965v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923956v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924000v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924006v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05061436v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/133ph" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05061494v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03897109v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923260v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Souron" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03102196v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02482883v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02552365v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/bmsap-2018-0034" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02552348v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02466912v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924301v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924215v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Ciesielski" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Caroline Allard" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Rivi&#232;re" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924193v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Biets" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924160v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gauthier" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924145v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Verdellet" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02090666v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Azemar" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacquie Az&#233;mar" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Boulfroy" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/tel-02548465v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/alinethomasmnhn" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4018-3123" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/160237963" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05088207v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe S&#233;vin-Allouet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gernez" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Thomas" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gautier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758626v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Villotte" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Kacki" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/oa.3334" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-05367718v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Hadad" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Vuillerod" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Augereau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Cohen" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12n3p" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770033v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Cheung" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Chenal" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Fabre" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Horviller" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Herrscher" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/129nf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04244731v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.12259" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04389741v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chambon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10963-023-09180-8" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04389666v2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Ehrhardt" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gimel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Heyer" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lafosse" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.11516" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877196v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.24591" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03660793v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;t&#233; Rivollat" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Ghesqui&#232;re" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Benjamin Rohrlach" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellen Sp&#228;th" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2120786119" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03296188v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Andre" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisandre Bedault" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamys Hachem" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaa.2021.101332" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03356200v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Ramirez Rozzi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Goude" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Marchal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.7458" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000310v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Partiot" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali&#233;nor Lepetit" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Dodr&#233;" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Jenger" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Maureille" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joa.13266" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03268529v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007331v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mounier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Gibert" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Goude" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Marchal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/bmsap-2018-0030" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140748v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Ardagna" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent D&#233;troit" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fort" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13219-017-0191-z" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02548950v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Partiot" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryelle Bessou" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chavent" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;. Dodr&#233;" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Maureille" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13219-017-0184-y" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03211155v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Berthon" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Thomas" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aminte Thomann" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rottier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13219-015-0121-x" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842717v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02550529v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842699v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2014.14398" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02548003v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Murail" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0003598X00068307" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/0FD160027538D7C703611452F8B6A92FBE0CD3AC/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116819v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Guiot" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Corona" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Brewer" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Chali&#233;" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Daux" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0009972" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02343302v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Delor" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Francisco Gibaja Bao" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Meunier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/galip.2010.2472" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00454493v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Gauthier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Gatto" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.6464" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648580v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03894590v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03930222v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Giazzon" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Thevenet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02552721v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Ansart" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bou" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Huchet" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Laborde" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119882237.ch4" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414780v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026580v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjan Mashkour" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bon C&#233;line" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Demeter" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Friess" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shiva Sheikhi" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02551037v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04344468v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923453v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bostyn" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hamon" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923428v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02466613v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bonnardin" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cayol" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.prehistoire.org" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923441v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923466v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02551193v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02550919v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02551160v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02551216v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05061456v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Utpala Rousselot" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chambon Philippe" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/133pg" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05087769v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Courtine" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/133o8" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05087794v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siam Knecht" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Fort" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/133os" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-05087672v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Macdonald" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Richards" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05087717v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bon" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Sauvage" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Lefeuvre" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Dessarps-Freichey" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Delvigne" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345873v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05087698v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969430v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.11024" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-05087608v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Dessarps" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Marsolier" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.11412" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-05087643v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-05087616v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.11064" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03930454v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Mousset" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924093v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923376v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Polina Syrikova" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Le Luyer" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923228v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mc Marsolier Kergoat" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923284v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923347v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Delon" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03896665v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923397v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923318v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923300v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923195v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02552674v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03266598v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Kirgis" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Lema&#238;tre" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/bmsap-2019-0067" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887584v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-bernard Huchet" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02874933v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Buquet-Marcon" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Pecqueur" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Abadie" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Brunet" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulette Lawrence-Dubovac" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02464711v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02552387v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/bmsap-2018-0004" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02552423v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02552497v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louiza Aoudia" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Bocquentin" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Le Goff" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Maines" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13219-016-0174-5" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02552458v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13219-015-0136-3" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924324v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01158973v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Pillot" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lemercier" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jehanne Affolter" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Baray" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02552559v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13219-013-0093-7" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923491v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Rottier" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02552518v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923482v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923521v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Wirth" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02552627v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Mordant" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Andr&#233;" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13219-011-0052-4" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/80E6583D4D62D4564805ED656653AA0EB7CD8090/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02552606v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923940v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923949v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923947v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923956v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923965v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924000v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924006v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05061494v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05061436v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/133ph" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03897109v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03102196v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923260v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Souron" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02482883v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02552365v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/bmsap-2018-0034" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02552348v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02466912v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924301v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924215v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Ciesielski" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Caroline Allard" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Rivi&#232;re" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924193v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Biets" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924160v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gauthier" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924145v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Verdellet" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02090666v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Azemar" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacquie Az&#233;mar" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Boulfroy" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/tel-02548465v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>