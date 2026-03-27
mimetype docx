--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Alioscha MASSEIN </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collecter des données</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alioscha Massein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Faure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Semaine Data-SHS 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUD-Panels; Progedo, Dec 2025, Lyon &amp; St Etienne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05441389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recoder des données</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alioscha Massein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Semaine Data-SHS 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUD-Panels; Progedo, Dec 2025, Lyon &amp; St Etienne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05441433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Whisper : Retranscription automatique rapide et sans difficulté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alioscha Massein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Besson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orline Poulat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Café des données</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Maison des Sciences de l'Homme Lyon Saint-Etienne; PUD Panels, Sep 2024, Lyon (Maison des Sciences de l'Homme), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04707311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Observateur c’est pas un métier. Sauf que tout le monde considère que ça l’est ». Devenir professionnels dans les missions d’observation électorale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Desrumaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alioscha Massein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17e congrès national de l'Association Française de Science Politique (AFSP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Française de Science Politique, Jul 2024, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04672876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Café des données - PUD Panels & corpus numérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alioscha Massein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orline Poulat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Faure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Kiefer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Café des données</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Alioscha Massein, Feb 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04026233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régression logistique et fraction attribuable moyenne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alioscha Massein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Lefèvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIIe congrès international de la Société de Sociologie du Sport de Langue Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L-VIS, Jun 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04125511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Où trouver des données en SHS ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alioscha Massein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Lefèvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Café des données</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Alioscha Massein, Mar 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04059083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Café des données - Statistiques descriptives & données de cadrage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bonneval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alioscha Massein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Café des données</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Alioscha Massein, Feb 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04074993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proposition d’un outil statistique innovant : le PAF</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alioscha Massein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude Santé, activité physique et sport. Enquêtes et données quantitatives nationales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Progedo; RnMSH, Jun 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04672905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'identification des références implicites à la jurisprudence du conseil d'Etat dans un large corpus de décisions de l'ordre administratif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alioscha Massein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Isabelle Sayn; Vincent Rivollier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Justice et numérique : Quels (r)apports ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires Savoie Mont Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.111-131, 2023, Les cahiers de jurimétrie, 978-2-37741-094-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04672805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Notebook et quarto pour le travail et la publication scientifique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alioscha Massein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04684396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retour sur l'organisation de la semaine Data SHS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alioscha Massein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Faure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orline Poulat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Dugué</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">MSH Lyon - Saint-Étienne. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03933990v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mémoire d'étudiant (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'état du droit : expérience de reconnaissance automatique des jurisprudences de la justice administrative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alioscha Massein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Informatique [cs]. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mémoire d'étudiant</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">dumas-03790883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Logiciel (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Py_justiceadmin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alioscha Massein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026, </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:4d4946de3407daad3aba84d32d6a7b604101b895;origin=https://hal.archives-ouvertes.fr/hal-05517252;visit=swh:1:snp:fc51e796dc211691f25a11a3eb0553798d2c699e;anchor=swh:1:rel:5dc2b6e1ea9e479260d9907767f2cd9b6df8ba1f;path=/⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05517252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RGE_scrapping</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alioscha Massein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026, </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:f74eef34d1b9da031d1159be4e9692742c673ae6;origin=https://git.msh-lse.fr/panels/projets/rge_scrapping;visit=swh:1:snp:12d15aa4b69b050ad57fd278a40408b506649d5f;anchor=swh:1:rev:e18d42267f66949ebef1e8810f4c9f904b60d0bf⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05533216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId35"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Alioscha MASSEIN </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collecter des données</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alioscha Massein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Faure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Semaine Data-SHS 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUD-Panels; Progedo, Dec 2025, Lyon &amp; St Etienne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05441389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recoder des données</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alioscha Massein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Semaine Data-SHS 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUD-Panels; Progedo, Dec 2025, Lyon &amp; St Etienne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05441433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Observateur c’est pas un métier. Sauf que tout le monde considère que ça l’est ». Devenir professionnels dans les missions d’observation électorale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Desrumaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alioscha Massein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17e congrès national de l'Association Française de Science Politique (AFSP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Française de Science Politique, Jul 2024, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04672876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Whisper : Retranscription automatique rapide et sans difficulté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alioscha Massein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Besson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orline Poulat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Café des données</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Maison des Sciences de l'Homme Lyon Saint-Etienne; PUD Panels, Sep 2024, Lyon (Maison des Sciences de l'Homme), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04707311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Café des données - PUD Panels & corpus numérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alioscha Massein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orline Poulat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Faure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Kiefer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Café des données</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Alioscha Massein, Feb 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04026233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régression logistique et fraction attribuable moyenne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alioscha Massein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Lefèvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIIe congrès international de la Société de Sociologie du Sport de Langue Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L-VIS, Jun 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04125511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Café des données - Statistiques descriptives & données de cadrage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bonneval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alioscha Massein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Café des données</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Alioscha Massein, Feb 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04074993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Où trouver des données en SHS ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alioscha Massein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Lefèvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Café des données</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Alioscha Massein, Mar 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04059083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proposition d’un outil statistique innovant : le PAF</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alioscha Massein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude Santé, activité physique et sport. Enquêtes et données quantitatives nationales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Progedo; RnMSH, Jun 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04672905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'identification des références implicites à la jurisprudence du conseil d'Etat dans un large corpus de décisions de l'ordre administratif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alioscha Massein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Isabelle Sayn; Vincent Rivollier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Justice et numérique : Quels (r)apports ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires Savoie Mont Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.111-131, 2023, Les cahiers de jurimétrie, 978-2-37741-094-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04672805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Notebook et quarto pour le travail et la publication scientifique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alioscha Massein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04684396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retour sur l'organisation de la semaine Data SHS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alioscha Massein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Faure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orline Poulat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Dugué</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">MSH Lyon - Saint-Étienne. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03933990v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mémoire d'étudiant (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'état du droit : expérience de reconnaissance automatique des jurisprudences de la justice administrative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alioscha Massein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Informatique [cs]. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mémoire d'étudiant</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">dumas-03790883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Logiciel (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SocialFacts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alioscha Massein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Lefèvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026, </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:b2c95eff91e5a25363542fcdca07115c1fdef5cf;origin=https://github.com/Geminy3/SocialFacts;visit=swh:1:snp:73e5abcd6f6a0514c3511b556c7182f732584358;anchor=swh:1:rev:300b9583b61463a2e8b783e55c8d2f139ce38284⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05534744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Py_justiceadmin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alioscha Massein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026, </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:4d4946de3407daad3aba84d32d6a7b604101b895;origin=https://hal.archives-ouvertes.fr/hal-05517252;visit=swh:1:snp:fc51e796dc211691f25a11a3eb0553798d2c699e;anchor=swh:1:rel:5dc2b6e1ea9e479260d9907767f2cd9b6df8ba1f;path=/⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05517252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RGE_scrapping</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alioscha Massein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026, </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:f74eef34d1b9da031d1159be4e9692742c673ae6;origin=https://git.msh-lse.fr/panels/projets/rge_scrapping;visit=swh:1:snp:12d15aa4b69b050ad57fd278a40408b506649d5f;anchor=swh:1:rev:e18d42267f66949ebef1e8810f4c9f904b60d0bf⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05533216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId37"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441389v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alioscha Massein" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Faure" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441433v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707311v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Besson" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orline Poulat" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672876v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Desrumaux" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04026233v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Dugu&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Kiefer" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125511v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Lef&#232;vre" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04059083v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074993v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Bonneval" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672905v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672805v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/justice-et-numerique-quels-rapports--9782377410941.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684396v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03933990v2" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dumas.ccsd.cnrs.fr/dumas-03790883v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517252v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:4d4946de3407daad3aba84d32d6a7b604101b895;origin=https://hal.archives-ouvertes.fr/hal-05517252;visit=swh:1:snp:fc51e796dc211691f25a11a3eb0553798d2c699e;anchor=swh:1:rel:5dc2b6e1ea9e479260d9907767f2cd9b6df8ba1f;path=/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05533216v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Robert" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:f74eef34d1b9da031d1159be4e9692742c673ae6;origin=https://git.msh-lse.fr/panels/projets/rge_scrapping;visit=swh:1:snp:12d15aa4b69b050ad57fd278a40408b506649d5f;anchor=swh:1:rev:e18d42267f66949ebef1e8810f4c9f904b60d0bf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441389v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alioscha Massein" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Faure" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441433v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672876v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Desrumaux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707311v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Besson" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orline Poulat" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04026233v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Dugu&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Kiefer" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125511v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Lef&#232;vre" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074993v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Bonneval" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04059083v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672905v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672805v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/justice-et-numerique-quels-rapports--9782377410941.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684396v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03933990v2" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dumas.ccsd.cnrs.fr/dumas-03790883v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534744v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:b2c95eff91e5a25363542fcdca07115c1fdef5cf;origin=https://github.com/Geminy3/SocialFacts;visit=swh:1:snp:73e5abcd6f6a0514c3511b556c7182f732584358;anchor=swh:1:rev:300b9583b61463a2e8b783e55c8d2f139ce38284" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517252v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:4d4946de3407daad3aba84d32d6a7b604101b895;origin=https://hal.archives-ouvertes.fr/hal-05517252;visit=swh:1:snp:fc51e796dc211691f25a11a3eb0553798d2c699e;anchor=swh:1:rel:5dc2b6e1ea9e479260d9907767f2cd9b6df8ba1f;path=/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05533216v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Robert" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:f74eef34d1b9da031d1159be4e9692742c673ae6;origin=https://git.msh-lse.fr/panels/projets/rge_scrapping;visit=swh:1:snp:12d15aa4b69b050ad57fd278a40408b506649d5f;anchor=swh:1:rev:e18d42267f66949ebef1e8810f4c9f904b60d0bf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>