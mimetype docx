--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -100,1363 +100,1363 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancing Photovoltaic Performance through Water-Based Cooling: A Comprehensive Review of Passive and Active Techniques</w:t>
+                <w:t xml:space="preserve">Enhancing heat transfer in concentric-tube heat exchangers: A CFD study on multi-tube configurations and design criteria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hassan Raad</w:t>
+                <w:t xml:space="preserve">Samer Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samer Ali</w:t>
+                <w:t xml:space="preserve">Rani Taher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Alain Khaled Chaaban</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Hage-Diab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Jalal Faraj</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Khaled Chahine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Thermal Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 283, pp.128943. </w:t>
+              <w:t xml:space="preserve">Thermal Science and Engineering Progress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 67, pp.104193. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.applthermaleng.2025.128943⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.tsep.2025.104193⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05398595v1</w:t>
+                <w:t xml:space="preserve">hal-05328655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancing photovoltaic panel efficiency through Water-Cooling: A parametric comparative evaluation of energetic, economic, and environmental benefits</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Using geothermal energy in enhancing all-air HVAC system performance - Case study, thermal analysis and economic insights</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamad Darwiche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jalal Faraj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hassan Raad</w:t>
+                <w:t xml:space="preserve">Samer Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rabih Murr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samer Ali</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Khaled Chahine</w:t>
+                <w:t xml:space="preserve">Rani Taher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Unconventional Resources</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 7, pp.100208. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.uncres.2025.100208⟩</w:t>
+              <w:t xml:space="preserve">, 2025, 5, pp.100125. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.uncres.2024.100125⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05152611v1</w:t>
+                <w:t xml:space="preserve">hal-04815708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A high-accuracy CFD-based correlation for single-phase turbulent flow in axial multi-tube heat exchangers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samer Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samer Ali</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Rani Taher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jalal Faraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Khaled</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tareq Salameh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Results in engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 28, pp.107219. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.rineng.2025.107219⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05328578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parametric enviro-economic analysis of cooling photovoltaic panels with phase change materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tarek Ibrahim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jalal Faraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hicham El Hage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rani Taher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samer Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Thermofluids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 27, pp.101151. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ijft.2025.101151⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05043867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-performance pyramid solar still with hemispherical fins and parabolic collector: A numerical investigation for sustainable water desalination</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angham Fadil Abed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Mohsin Alsayah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Alshukri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samer Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jalal Faraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Communications in Heat and Mass Transfer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 169, pp.109621. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.icheatmasstransfer.2025.109621⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05324840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using geothermal energy in enhancing all-air HVAC system performance - Case study, thermal analysis and economic insights</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Random forest Regressor-driven prediction of solar still performance: A fast and accurate alternative to CFD simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmad Fawaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angham Fadil Abed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Alshukri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Mohsin Alsayah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samer Ali</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Rani Taher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Unconventional Resources</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 5, pp.100125. </w:t>
+              <w:t xml:space="preserve">Results in engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 28, pp.107273. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.uncres.2024.100125⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.rineng.2025.107273⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04815708v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05324851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancing heat transfer in concentric-tube heat exchangers: A CFD study on multi-tube configurations and design criteria</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Enhancing photovoltaic panel efficiency through Water-Cooling: A parametric comparative evaluation of energetic, economic, and environmental benefits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan Raad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samer Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Alain Khaled Chaaban</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jalal Faraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ali Hage-Diab</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jalal Faraj</w:t>
+                <w:t xml:space="preserve">Cathy Castelain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaled Chahine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Thermal Science and Engineering Progress</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tsep.2025.104193⟩</w:t>
+              <w:t xml:space="preserve">Unconventional Resources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 7, pp.100208. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.uncres.2025.100208⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05328655v1</w:t>
+                <w:t xml:space="preserve">hal-05152611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Random forest Regressor-driven prediction of solar still performance: A fast and accurate alternative to CFD simulations</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Enhancing Photovoltaic Performance through Water-Based Cooling: A Comprehensive Review of Passive and Active Techniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan Raad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samer Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jalal Faraj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cathy Castelain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaled Chahine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Results in engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 28, pp.107273. </w:t>
+              <w:t xml:space="preserve">Applied Thermal Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 283, pp.128943. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.rineng.2025.107273⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.applthermaleng.2025.128943⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05324851v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05398595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heat recovery from hot water drainage: CFD simulation, energy efficiency and exergoeconomic analysis of concentric tube heat exchangers</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">A correlation for U-value for laminar and turbulent flows in concentric tube heat exchangers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samer Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jalal Faraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Khaled</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Building Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 98, pp.111034. </w:t>
+              <w:t xml:space="preserve">International Journal of Thermofluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 23, pp.100797. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jobe.2024.111034⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijft.2024.100797⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04817111v1</w:t>
+                <w:t xml:space="preserve">hal-04883464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A correlation for U-value for laminar and turbulent flows in concentric tube heat exchangers</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Heat recovery from hot water drainage: CFD simulation, energy efficiency and exergoeconomic analysis of concentric tube heat exchangers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samer Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jalal Faraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Khaled</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Thermofluids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 23, pp.100797. </w:t>
+              <w:t xml:space="preserve">Journal of Building Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 98, pp.111034. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijft.2024.100797⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jobe.2024.111034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04883464v1</w:t>
+                <w:t xml:space="preserve">hal-04817111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geothermal energy concept applied to All-Air HVAC system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamad Darwiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Rabih</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jalal Faraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahdi Keniar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1514,369 +1514,369 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04639010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advancing thermal performance through vortex generators morphing</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Morphing optimization of flow and heat transfer in concentric tube heat exchangers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samer Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Talib Dbouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahmoud Khaled</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jalal Faraj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitris Drikakis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-022-25516-4⟩</w:t>
+              <w:t xml:space="preserve">Physics of Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 35 (9), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0159144⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04282889v1</w:t>
+                <w:t xml:space="preserve">hal-04746740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morphing optimization of flow and heat transfer in concentric tube heat exchangers</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Advancing thermal performance through vortex generators morphing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samer Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Talib Dbouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guanghui Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dingbiao Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitris Drikakis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of Fluids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 35 (9), </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (1), pp.368. </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/5.0159144⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-022-25516-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04746740v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04282889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermoeconomic and environmental impacts of vortex generator-equipped multi-drain heat recovery systems under various renewable sources</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rima Aridi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samer Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lemenand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jalal Faraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Khaled</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Energy Conversion and Management: X</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 20, pp.100431. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2044,103 +2044,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heating/Cooling Fresh Air Using Hot/Cold Exhaust Air of Heating, Ventilating, and Air Conditioning Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Khaled</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samer Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassan Jaber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jalal Faraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rabih Murr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Energies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 15 (5), pp.1877. </w:t>
@@ -2178,51 +2178,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards self-sustained oscillations of multiple flexible vortex generators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samer Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Habchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2327,103 +2327,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diesel Exhaust Waste Heat Recovery for Domestic Hot Water: A Parametric and Economic Analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samer Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Mohsin Alsayah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Alshukri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jalal Faraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Technologies and Materials for Renewable Energy, Environment and Sustainability</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2025, Casablanca, Morocco. pp.012033, </w:t>
@@ -2630,51 +2630,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05398595v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Raad" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samer Ali" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jalal Faraj" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Castelain" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Chahine" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applthermaleng.2025.128943" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05152611v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.uncres.2025.100208" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328578v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rani Taher" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Khaled" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tareq Salameh" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rineng.2025.107219" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05043867v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Ibrahim" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham El Hage" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijft.2025.101151" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05324840v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angham Fadil Abed" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Mohsin Alsayah" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Alshukri" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icheatmasstransfer.2025.109621" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815708v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Darwiche" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabih Murr" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.uncres.2024.100125" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328655v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Khaled Chaaban" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Hage-Diab" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsep.2025.104193" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05324851v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Fawaz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rineng.2025.107273" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04817111v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jobe.2024.111034" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04883464v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijft.2024.100797" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639010v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Rabih" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahdi Keniar" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Akl" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/2754/1/012002" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282889v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Talib Dbouk" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guanghui Wang" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dingbiao Wang" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitris Drikakis" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-25516-4" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746740v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0159144" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282933v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rima Aridi" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lemenand" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecmx.2023.100431" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746751v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Dbouk" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Roger" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Drikakis" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ali" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Menu" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compbiomed.2023.107325" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03694565v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Jaber" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en15051877" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02171694v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charbel Habchi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Harion" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1873-7005/aaeced" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05230395v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/3028/1/012033" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328655v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samer Ali" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rani Taher" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Khaled Chaaban" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Hage-Diab" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jalal Faraj" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsep.2025.104193" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815708v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Darwiche" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabih Murr" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.uncres.2024.100125" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328578v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Khaled" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tareq Salameh" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rineng.2025.107219" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05043867v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Ibrahim" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham El Hage" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijft.2025.101151" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05324840v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angham Fadil Abed" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Mohsin Alsayah" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Alshukri" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icheatmasstransfer.2025.109621" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05324851v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Fawaz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rineng.2025.107273" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05152611v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Raad" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Castelain" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Chahine" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.uncres.2025.100208" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05398595v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applthermaleng.2025.128943" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04883464v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijft.2024.100797" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04817111v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jobe.2024.111034" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639010v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Rabih" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahdi Keniar" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Akl" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/2754/1/012002" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746740v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Talib Dbouk" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitris Drikakis" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0159144" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282889v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guanghui Wang" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dingbiao Wang" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-25516-4" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282933v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rima Aridi" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lemenand" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecmx.2023.100431" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746751v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Dbouk" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Roger" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Drikakis" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ali" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Menu" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compbiomed.2023.107325" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03694565v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Jaber" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en15051877" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02171694v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charbel Habchi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Harion" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1873-7005/aaeced" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05230395v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/3028/1/012033" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>