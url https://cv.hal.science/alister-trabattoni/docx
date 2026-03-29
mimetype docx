--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -139,291 +139,291 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unraveling pyroclastic density current dynamics with multiparameter geophysical sensing</w:t>
+                <w:t xml:space="preserve">Harnessing converted phases for rapid magnitude estimation and early warning with distributed acoustic sensing offshore Chile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francesco Biagioli</w:t>
+                <w:t xml:space="preserve">Claudio Strumia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Philippe Métaxian</w:t>
+                <w:t xml:space="preserve">Alister Trabattoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eléonore Stutzmann</w:t>
+                <w:t xml:space="preserve">Antonio Scala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Bernard</w:t>
+                <w:t xml:space="preserve">Diane Rivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giorgio Lacanna</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Gaetano Festa</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Communications Earth &amp; Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2026, 7 (1), pp.111. </w:t>
+              <w:t xml:space="preserve">, 2026, </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s43247-025-03091-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s43247-025-03167-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05495939v1</w:t>
+                <w:t xml:space="preserve">hal-05456289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Harnessing converted phases for rapid magnitude estimation and early warning with distributed acoustic sensing offshore Chile</w:t>
+                <w:t xml:space="preserve">Unraveling pyroclastic density current dynamics with multiparameter geophysical sensing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claudio Strumia</w:t>
+                <w:t xml:space="preserve">Francesco Biagioli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alister Trabattoni</w:t>
+                <w:t xml:space="preserve">Jean-Philippe Métaxian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antonio Scala</w:t>
+                <w:t xml:space="preserve">Eléonore Stutzmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diane Rivet</w:t>
+                <w:t xml:space="preserve">Pascal Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaetano Festa</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Giorgio Lacanna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Communications Earth &amp; Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2026, </w:t>
+              <w:t xml:space="preserve">, 2026, 7 (1), pp.111. </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s43247-025-03167-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s43247-025-03091-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05456289v1</w:t>
+                <w:t xml:space="preserve">hal-05495939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toward Back‐Projection Earthquake Rupture Imaging With Ocean Bottom Distributed Acoustic Sensing</w:t>
               </w:r>
@@ -448,51 +448,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean‐paul Ampuero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martijn van den Ende</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alister Trabattoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Baillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -556,64 +556,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Automatic Earthquake Catalogs From a Permanent DAS Offshore Network</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Baillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diane Rivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alister Trabattoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Chèze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -677,90 +677,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xdas: A Python Framework for Distributed Acoustic Sensing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alister Trabattoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Baillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martijn van den Ende</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diane Rivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eleonore Stutzmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -824,77 +824,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An analysis of the dynamic range of Distributed Acoustic Sensing for Earthquake Early Warning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martijn P.A. van den Ende</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alister Trabattoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Baillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diane Rivet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Seismica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 4 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
@@ -941,90 +941,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imaging the Sediment Cover Offshore Central Chile With Surface‐Wave Dispersion and P‐Wave Conversion Using Distributed Acoustic Sensing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Vernet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alister Trabattoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Baillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martijn van den Ende</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diane Rivet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 130 (7), pp.e2024JB030507. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1052,489 +1052,489 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05157073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensing Optical Fibers for Earthquake Source Characterization Using Raw DAS Records</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Sediment Corrections for Distributed Acoustic Sensing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alister Trabattoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Vernet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martijn P.A. van den Ende</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Baillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mariano Supino</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Diane Rivet</w:t>
+                <w:t xml:space="preserve">Bertrand Potin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 129 (1), </w:t>
+              <w:t xml:space="preserve">, 2024, 129 (10), pp.e2024JB029054. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2023JB027860⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1029/2024JB029054⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04463324v1</w:t>
+                <w:t xml:space="preserve">hal-04721418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dompter et partager les données DAS : une question d’outils</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Sensing Optical Fibers for Earthquake Source Characterization Using Raw DAS Records</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Strumia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alister Trabattoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariano Supino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Baillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diane Rivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lettre d'information Epos-France</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 129 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2023JB027860⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05237276v1</w:t>
+                <w:t xml:space="preserve">hal-04463324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sediment Corrections for Distributed Acoustic Sensing</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Dompter et partager les données DAS : une question d’outils</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alister Trabattoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Martijn P.A. van den Ende</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diane Rivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Baillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Chèze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Peix</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Lettre d'information Epos-France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 3, pp.17-18</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2024JB029054⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04721418v1</w:t>
+                <w:t xml:space="preserve">hal-05237276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Insights into earthquake ruptures from analysis of DAS data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Strumia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alister Trabattoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Supino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diane Rivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Festa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1581,103 +1581,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Array Analysis of Seismo-Volcanic Activity with Distributed Acoustic Sensing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Biagioli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Métaxian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eléonore Stutzmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurizio Ripepe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geophysical Journal International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, </w:t>
@@ -1715,77 +1715,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From strain to displacement: using deformation to enhance distributed acoustic sensing applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alister Trabattoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Biagioli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Strumia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martijn van den Ende</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1849,51 +1849,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ship detection and tracking from single ocean-bottom seismic and hydroacoustic stations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alister Trabattoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Barruol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1979,51 +1979,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Detection and Localization of Multiple Ships Using Acoustic Vector Sensors on Buoyancy Gliders: Practical Design Considerations and Experimental Verifications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Dreo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alister Trabattoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pietro Stinco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2526,51 +2526,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Détection et suivi de navires par des observations sismologiques et hydroacoustiques de fond de mer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alister Trabattoni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Géophysique [physics.geo-ph]. Université Paris Cité, 2021. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2021UNIP7256⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -2687,51 +2687,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E2BF4408"/>
+    <w:nsid w:val="A973A9D5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2918,51 +2918,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/alister-trabattoni" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-05495939v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Biagioli" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe M&#233;taxian" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore Stutzmann" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bernard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgio Lacanna" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43247-025-03091-6" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05456289v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Strumia" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alister Trabattoni" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Scala" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Rivet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetano Festa" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43247-025-03167-3" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05456294v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuqing Xie" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;paul Ampuero" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martijn van den Ende" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Baillet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2025JB031483" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383475v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Ch&#232;ze" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Peix" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2025JB031565" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05157693v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonore Stutzmann" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0220240366" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05171564v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martijn P.A. van den Ende" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26443/seismica.v4i1.1371" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05157073v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Vernet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024jb030507" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04463324v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariano Supino" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023JB027860" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05237276v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721418v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Potin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024JB029054" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922008v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Strumia" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Supino" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Festa" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1393/ncc/i2024-24313-7" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300894v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurizio Ripepe" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggad427" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360024v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Scotto Di Uccio" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggad365" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019952v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Barruol" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Dr&#233;o" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel Boudraa" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0016810" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941088v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Dreo" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Stinco" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Micheli" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Tesei" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/joe.2022.3205647" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03824257v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Trabattoni" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Longo" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bernard" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Plantier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022JB024529" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392669v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Barruol" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Dreo" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A O Boudraa" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice R. R. Fontaine" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggz519" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01517504v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pascal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bittner" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dietz" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ulysse" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6404/aa609d" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03888085v2" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021UNIP7256" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/alister-trabattoni" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05456289v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Strumia" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alister Trabattoni" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Scala" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Rivet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetano Festa" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43247-025-03167-3" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-05495939v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Biagioli" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe M&#233;taxian" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore Stutzmann" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bernard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgio Lacanna" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43247-025-03091-6" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05456294v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuqing Xie" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;paul Ampuero" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martijn van den Ende" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Baillet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2025JB031483" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383475v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Ch&#232;ze" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Peix" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2025JB031565" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05157693v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonore Stutzmann" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0220240366" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05171564v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martijn P.A. van den Ende" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26443/seismica.v4i1.1371" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05157073v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Vernet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024jb030507" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721418v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Potin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024JB029054" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04463324v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariano Supino" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023JB027860" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05237276v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922008v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Strumia" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Supino" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Festa" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1393/ncc/i2024-24313-7" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300894v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurizio Ripepe" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggad427" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360024v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Scotto Di Uccio" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggad365" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019952v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Barruol" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Dr&#233;o" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel Boudraa" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0016810" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941088v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Dreo" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Stinco" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Micheli" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Tesei" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/joe.2022.3205647" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03824257v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Trabattoni" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Longo" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bernard" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Plantier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022JB024529" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392669v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Barruol" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Dreo" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A O Boudraa" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice R. R. Fontaine" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggz519" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01517504v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pascal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bittner" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dietz" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ulysse" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6404/aa609d" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03888085v2" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021UNIP7256" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>