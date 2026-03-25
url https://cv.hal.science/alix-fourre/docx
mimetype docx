--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -312,246 +312,246 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04397121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Blois, 17 quai de l'Abbé Grégoire, Hôtel-Dieu : Centre-Val de Loire, Loir-et-Cher</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Loiret, Meung-sur-Loire, ZAC Synergie Val-de-Loire, les Bouillants et la Maison Neuve : De l'établissement aristocratique laténien à l'exploitation rurale antique : rapport de fouille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Millet</w:t>
+                <w:t xml:space="preserve">Jean-Philippe Gay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Pouyet</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Inrap - Centre Île-de-France. 2022, 1 vol. (166 p.)</w:t>
+                <w:t xml:space="preserve">Mathilde Noël</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tellier Alice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Bayle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luisella Cabboï</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">INRAP CIF, Pantin. 2022, 8 vol., 3370 pp</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04397128v1</w:t>
+                <w:t xml:space="preserve">hal-04736442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loiret, Meung-sur-Loire, ZAC Synergie Val-de-Loire, les Bouillants et la Maison Neuve : De l'établissement aristocratique laténien à l'exploitation rurale antique : rapport de fouille</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Blois, 17 quai de l'Abbé Grégoire, Hôtel-Dieu : Centre-Val de Loire, Loir-et-Cher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Poitevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alix Fourré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Millet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Pouyet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap - Centre Île-de-France. 2022, 1 vol. (166 p.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tellier Alice</w:t>
-[...55 lines deleted...]
-                <w:t xml:space="preserve">hal-04736442v1</w:t>
+                <w:t xml:space="preserve">hal-04397128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Centre Val-de-Loire, Indre-et-Loire, Amboise, 19 rue du Petit Bonheur - Fouille d’une parcelle du quartier sud de l’oppidum d’Amboise (IIe av. - IIIe s. ap. J.-C.)</w:t>
               </w:r>
@@ -653,445 +653,445 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04201590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eure-et-Loir, Amilly, Boissay et Mainvilliers, l'Enclos : rapport de diagnostic</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Centre-Val de Loire, Loir-et-Cher, Pontlevoy, Boulevard des Tilleuls, Chevrière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Clément</w:t>
+                <w:t xml:space="preserve">Sylvia Jouanneau-Bigot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alix Fourré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Coussot</w:t>
+                <w:t xml:space="preserve">Philippe Gardère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-France Creusillet</w:t>
+                <w:t xml:space="preserve">Nicolas Holzem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Fournier</w:t>
+                <w:t xml:space="preserve">Fiona Kildea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Inrap - Centre ïle-de-France. 2018</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap CIF; SRA Centre - Val de Loire. 2018, 218 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03925106v1</w:t>
+                <w:t xml:space="preserve">hal-02495836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Centre-Val de Loire, Loir-et-Cher, Pontlevoy, Boulevard des Tilleuls, Chevrière</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Amboise, Zone d'activité de la Boitardière, Centre-Val de Loire, Indre-et-Loire : rapport de diagnostic archéologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Couderc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvia Jouanneau-Bigot</w:t>
+                <w:t xml:space="preserve">Emmanuelle Coffineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Di Napoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alix Fourré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gardère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...24 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap CIF; SRA Centre - Val de Loire. 2018, 218 p</w:t>
+              <w:t xml:space="preserve">Inrap Centre-Île-de-France. 2018, 1 vol. (166 p.)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02495836v1</w:t>
+                <w:t xml:space="preserve">hal-05160069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amboise, Zone d'activité de la Boitardière, Centre-Val de Loire, Indre-et-Loire : rapport de diagnostic archéologique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Agnès Couderc</w:t>
+                <w:t xml:space="preserve">Eure-et-Loir, Amilly, Boissay et Mainvilliers, l'Enclos : rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Gay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Coussot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuelle Coffineau</w:t>
+                <w:t xml:space="preserve">Marie-France Creusillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francesca Di Napoli</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Philippe Gardère</w:t>
+                <w:t xml:space="preserve">Laurent Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Inrap Centre-Île-de-France. 2018, 1 vol. (166 p.)</w:t>
+              <w:t xml:space="preserve">Inrap - Centre ïle-de-France. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-05160069v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03925106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Pont-Chrétien-Chabenet, 36 rue du Parc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Bartholome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesca Di Napoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gardère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1304,51 +1304,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Braguier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alix Fourré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gardère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap, SRA Centre - Val de Loire. 2017, pp.86</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1405,64 +1405,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Fabien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Tellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] F109759, Inrap Centre - Île-de-France. 2016, 2 vol (428, 444p.)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -1615,51 +1615,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Barret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Braguier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesca Di Napoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alix Fourré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1724,51 +1724,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Deloze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fiona Kildea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fayçal Ben Nejma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1977,51 +1977,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Boucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacky Desprée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesca Di Napoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Inrap Centre - Ile-de-France. 2015, pp.419</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -2060,77 +2060,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etrechet, Indre, ZAC d'Ozans, phase 2, tranche 1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Munos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Holzem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gardère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesca Di Napoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alix Fourré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2195,204 +2195,204 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deux vases turons mutilés et inscrits du Haut-Empire : des objets entre pharmacopée et pratiques magiques?</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Une nouvelle crémation du Bas-Empire au nord de la &amp;lt;em&amp;gt;civitas Carnutorum&amp;lt;/em&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alix Fourré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pallas. Revue d'études antiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 120 (2), pp.167-199</w:t>
+              <w:t xml:space="preserve">Revue archéologique du Centre de la France - Suppléments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, L’Antiquité tardive dans le centre et le centre-ouest de la Gaule (IIIe-VIIe s.) : Actes du Colloque international ATEG VI - Université de Tours, 6-8 décembre 2018, 81</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03931566v1</w:t>
+                <w:t xml:space="preserve">hal-04113170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une nouvelle crémation du Bas-Empire au nord de la &amp;lt;em&amp;gt;civitas Carnutorum&amp;lt;/em&amp;gt;</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Deux vases turons mutilés et inscrits du Haut-Empire : des objets entre pharmacopée et pratiques magiques?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Linger-Riquier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Couderc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alix Fourré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue archéologique du Centre de la France - Suppléments</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, L’Antiquité tardive dans le centre et le centre-ouest de la Gaule (IIIe-VIIe s.) : Actes du Colloque international ATEG VI - Université de Tours, 6-8 décembre 2018, 81</w:t>
+              <w:t xml:space="preserve">Pallas. Revue d'études antiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 120 (2), pp.167-199</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04113170v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03931566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une “ annexe ” agraire gallo-romaine à Saran “ les Cent Arpents ” (Loiret)</w:t>
               </w:r>
@@ -2581,51 +2581,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toubib or not toubib? A propos des analyses organiques de quelques vases en contexte funéraire en Touraine et en Berry (Ier s. av. J.-C. - IVe s. ap. J.-C.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Linger-Riquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2926,621 +2926,621 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le site protohistorique et gallo-romain de Treilles-en-Gâtinais “ le Soy ” et de Gondreville-la-Franche “ le Cocluchon ”</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Le site d’Attray “ le Cul d’Anon ”, une ferme gauloise et gallo-romaine de la partie nord-est de la cité des Carnutes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Scaon</w:t>
+                <w:t xml:space="preserve">David Labarre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alix Fourré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Colonna</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dominique Canny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Robert</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Laurent Fournier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Établissements ruraux et ensembles funéraires gallo-romains dans le centre du Loiret : les opérations de l’autoroute A19</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, supplément 77, </w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FERACF</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Revue Archéologique du Centre de la France, 978-2-913272-3-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03676184v1</w:t>
+                <w:t xml:space="preserve">hal-03676143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le site d’Attray “ le Cul d’Anon ”, une ferme gauloise et gallo-romaine de la partie nord-est de la cité des Carnutes</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">David Labarre</w:t>
+                <w:t xml:space="preserve">Les établissements ruraux protohistorique et antique de “ Franchambault ” à Corbeilles (Loiret)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Poitevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Di Napoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alix Fourré</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gaëlle Robert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Laurent Fournier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Établissements ruraux et ensembles funéraires gallo-romains dans le centre du Loiret : les opérations de l’autoroute A19</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, supplément 77, </w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FERACF</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Revue Archéologique du Centre de la France, 978-2-913272-3-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03676143v1</w:t>
+                <w:t xml:space="preserve">hal-03676173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les établissements ruraux protohistorique et antique de “ Franchambault ” à Corbeilles (Loiret)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le site protohistorique et gallo-romain de Treilles-en-Gâtinais “ le Soy ” et de Gondreville-la-Franche “ le Cocluchon ”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Laurent Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Scaon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Colonna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Francesca Di Napoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Linger-Riquier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Laurent Fournier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Établissements ruraux et ensembles funéraires gallo-romains dans le centre du Loiret : les opérations de l’autoroute A19</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, supplément 77, </w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FERACF</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Revue Archéologique du Centre de la France, 978-2-913272-3-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03676173v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03676184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faciès céramique et approvisionnement entre le Ier et le IVe siècle dans la vallée de l’Œuf (Loiret). L’exemple de deux sites carnutes : Escrennes et Pithiviers-le-Vieil</w:t>
+                <w:t xml:space="preserve">La céramique gallo-romaine entre le Ier et le IIIe s. ap. J.-C. aux confins des territoires sénon et carnute. Analyse du mobilier des sites d’Attray, Beaune-la-Rolande, Corbeilles-en-Gâtinais et Gondreville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alix Fourré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Fabienne Dugast. </w:t>
+              <w:t xml:space="preserve">Laurent Fournier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Formation et gestion des territoires de la préhistoire à nos jours. Approches et perspectives exploratoires autour de la vallée de l’Eure</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, pp.191-200, 2021, Archéologie du paysage, 978-2-35518-120-7</w:t>
+              <w:t xml:space="preserve">Établissements ruraux et ensembles funéraires gallo-romains dans le centre du Loiret : les opérations de l’autoroute A19</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, supplément 77, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">FERACF</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Revue Archéologique du Centre de la France, 978-2-913272-3-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03681554v1</w:t>
+                <w:t xml:space="preserve">hal-03676189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La céramique gallo-romaine entre le Ier et le IIIe s. ap. J.-C. aux confins des territoires sénon et carnute. Analyse du mobilier des sites d’Attray, Beaune-la-Rolande, Corbeilles-en-Gâtinais et Gondreville</w:t>
+                <w:t xml:space="preserve">Faciès céramique et approvisionnement entre le Ier et le IVe siècle dans la vallée de l’Œuf (Loiret). L’exemple de deux sites carnutes : Escrennes et Pithiviers-le-Vieil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alix Fourré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Laurent Fournier. </w:t>
+              <w:t xml:space="preserve">Fabienne Dugast. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Établissements ruraux et ensembles funéraires gallo-romains dans le centre du Loiret : les opérations de l’autoroute A19</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, 2021, Revue Archéologique du Centre de la France, 978-2-913272-3-7</w:t>
+              <w:t xml:space="preserve">Formation et gestion des territoires de la préhistoire à nos jours. Approches et perspectives exploratoires autour de la vallée de l’Eure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 05, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éditions Mergoil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.191-200, 2021, Archéologie du paysage, 978-2-35518-120-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03676189v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03681554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toubib or not toubib ? A propos des analyses organiques de quelques vases en contexte funéraire en Touraine et en Berry (Ier s. av. J.-C. – IVe s. ap. J.-C.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Linger-Riquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Jaeggi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3753,191 +3753,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05375223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évolution du mobilier céramique de l'agglomération de Pithiviers-le-Vieil (Loiret) entre le Ier et le IVe siècle de notre ère.</w:t>
+                <w:t xml:space="preserve">La pratique de l’enchytrismos en territoires carnute et sénon.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alix Fourré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Christian Cribellier</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Morisse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SFECAG, Actes du colloque de Chartres.</w:t>
+              <w:t xml:space="preserve">SFECAG, Actes du congrès de Chartres.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02873473v1</w:t>
+                <w:t xml:space="preserve">hal-02873437v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La pratique de l’enchytrismos en territoires carnute et sénon.</w:t>
+                <w:t xml:space="preserve">Évolution du mobilier céramique de l'agglomération de Pithiviers-le-Vieil (Loiret) entre le Ier et le IVe siècle de notre ère.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alix Fourré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Valentin Morisse</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Cribellier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SFECAG, Actes du congrès de Chartres.</w:t>
+              <w:t xml:space="preserve">SFECAG, Actes du colloque de Chartres.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02873437v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02873473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aperçu de l'approvisionnement céramique de quatre agglomérations secondaires carnutes : les exemples d'Allonnes, Mérouville, Senantes (Eure-et-Loir) et Verdes (Loir-et-Cher).</w:t>
               </w:r>
@@ -4264,51 +4264,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alix Fourré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Pierre Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Linger-Riquier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SFECAG, Actes du congrès de Chelles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4680,51 +4680,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le flacon mutilé au fond de la citerne : état sanitaire et analyse organique ou le témoignage archéologique d’une recette médicinale de Pline l’Ancien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Linger-Riquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4980,51 +4980,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Boucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacky Despriée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesca Di Napoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap. , 1 vol. (419 p.), 2020, Documents d’archéologie préventive 10, </w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -5445,51 +5445,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05070512v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sal&#233;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cherdo" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Denise Dalayeun" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Mortreau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Poitevin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04397121v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile B&#233;bien-Dabek" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Fourr&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04397128v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Millet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pouyet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736442v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Gay" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde No&#235;l" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tellier Alice" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Bayle" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisella Cabbo&#239;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201590v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Couderc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bartholome" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Robert" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Roy" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Braguier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925106v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Cl&#233;ment" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Coussot" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Creusillet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Fournier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02495836v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Jouanneau-Bigot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gard&#232;re" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Holzem" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Kildea" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160069v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Coffineau" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Di Napoli" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02495907v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lang" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02949718v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Rabast&#233;" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Boisl&#232;ve" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Brunet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bourdareau Iris" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Garnier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05190274v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Chimier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01801062v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;dith Rivoire" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Fabien" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Tellier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05190315v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arquille J&#233;r&#244;me" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504394v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Barret" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209401v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Deloze" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fay&#231;al Ben Nejma" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209181v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mortreau Jo&#235;l" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01764609v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Boucher" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Despr&#233;e" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01812653v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Munos" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03931566v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Linger-Riquier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04113170v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03676064v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Hamel" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947757v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Ch&#233;roux" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Del&#233;mont" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Pradat" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04249932v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Jaeggi" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Dodinet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929208v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Cribellier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01094181v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Joly" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Coquery" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03676184v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Scaon" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Colonna" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.openedition.org/racf/5114" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03676143v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Labarre" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Canny" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03676173v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03681554v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-mergoil.com/fr/16-archeologie-du-paysage" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03676189v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01773827v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas B. Garnier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dodinet Elisabeth" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375223v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Carron" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Barth&#233;lemy-Sylvand" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Gu&#233;rit" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Liard" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.openedition.org/racf/2257" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02873473v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02873437v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Morisse" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02873471v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Renault" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02873387v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02873393v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02873435v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Chambon" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02873445v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02873407v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mallet Franck" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02873453v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02873411v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02873421v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03253980v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01313037v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03103408v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Despri&#233;e" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34692/2cy7-6r23" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04832883v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine B&#233;ranger" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02873427v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05070512v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sal&#233;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cherdo" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Denise Dalayeun" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Mortreau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Poitevin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04397121v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile B&#233;bien-Dabek" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Fourr&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736442v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Gay" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde No&#235;l" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tellier Alice" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Bayle" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisella Cabbo&#239;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04397128v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Millet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pouyet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201590v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Couderc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bartholome" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Robert" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Roy" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Braguier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02495836v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Jouanneau-Bigot" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gard&#232;re" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Holzem" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Kildea" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160069v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Coffineau" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Di Napoli" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925106v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Cl&#233;ment" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Coussot" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Creusillet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Fournier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02495907v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lang" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02949718v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Rabast&#233;" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Boisl&#232;ve" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Brunet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bourdareau Iris" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Garnier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05190274v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Chimier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01801062v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;dith Rivoire" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Fabien" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Tellier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05190315v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arquille J&#233;r&#244;me" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504394v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Barret" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209401v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Deloze" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fay&#231;al Ben Nejma" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209181v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mortreau Jo&#235;l" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01764609v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Boucher" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Despr&#233;e" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01812653v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Munos" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04113170v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03931566v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Linger-Riquier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03676064v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Hamel" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947757v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Ch&#233;roux" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Del&#233;mont" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Pradat" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04249932v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Jaeggi" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Dodinet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929208v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Cribellier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01094181v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Joly" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Coquery" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03676143v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Labarre" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Canny" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.openedition.org/racf/5114" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03676173v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03676184v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Scaon" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Colonna" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03676189v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03681554v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-mergoil.com/fr/16-archeologie-du-paysage" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01773827v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas B. Garnier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dodinet Elisabeth" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375223v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Carron" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Barth&#233;lemy-Sylvand" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Gu&#233;rit" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Liard" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.openedition.org/racf/2257" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02873437v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Morisse" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02873473v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02873471v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Renault" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02873387v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02873393v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02873435v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Chambon" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02873445v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02873407v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mallet Franck" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02873453v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02873411v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02873421v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03253980v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01313037v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03103408v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Despri&#233;e" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34692/2cy7-6r23" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04832883v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine B&#233;ranger" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02873427v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>