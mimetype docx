--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -706,295 +706,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05511407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quinoxaline-based azamacrocycles: synthesis, AIE behavior and acidochromism</w:t>
+                <w:t xml:space="preserve">Ruthenium( II) complexes with phosphonate-substituted phenanthroline ligands as reusable photoredox catalysts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alisa Kharlamova</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Elizaveta Ermakova</w:t>
+                <w:t xml:space="preserve">Gleb Morozkov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anton Abel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Victoria Gontcharenko</w:t>
+                <w:t xml:space="preserve">Konstantin Lyssenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrei Cheprakov</w:t>
+                <w:t xml:space="preserve">Vitaly Roznyatovsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexei Averin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organic &amp; Biomolecular Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D4OB00558A⟩</w:t>
+              <w:t xml:space="preserve">Dalton Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d3dt02936k⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04735834v1</w:t>
+                <w:t xml:space="preserve">hal-04364424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ruthenium( II) complexes with phosphonate-substituted phenanthroline ligands as reusable photoredox catalysts</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gleb Morozkov</w:t>
+                <w:t xml:space="preserve">Quinoxaline-based azamacrocycles: synthesis, AIE behavior and acidochromism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alisa Kharlamova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elizaveta Ermakova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anton Abel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vitaly Roznyatovsky</w:t>
+                <w:t xml:space="preserve">Victoria Gontcharenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexei Averin</w:t>
+                <w:t xml:space="preserve">Andrei Cheprakov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalton Transactions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, </w:t>
+              <w:t xml:space="preserve">Organic &amp; Biomolecular Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 22 (25), pp.5181-5192. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/d3dt02936k⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/D4OB00558A⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04364424v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04735834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the preparation of Langmuir-Blodgett films from quinoxalines exhibiting aggregation-induced emission and their acidochromism</w:t>
               </w:r>
@@ -2907,429 +2907,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03037650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tuning of emissive properties of Ru (II) complexes with amino-1,10-phenanthrolines by varying the position of the amino group in the heterocycle</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">1,10-Phenanthroline carboxylic acids for preparation of functionalized metal-organic frameworks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alla G. Bessmertnykh-Lemeune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anton S. Abel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ilya S Zenkov</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Andrey V Cheprakov</w:t>
+                <w:t xml:space="preserve">Alexander Yu. Mitrofanov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexei Yakushev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alla Bessmertnykh-Lemeune</w:t>
+                <w:t xml:space="preserve">Ilia S. Ziankou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemPlusChem</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 84 (5), pp.498-503. </w:t>
+              <w:t xml:space="preserve">Asian Journal of Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/cplu.201900206⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ajoc.201900569⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02380660v1</w:t>
+                <w:t xml:space="preserve">hal-03767557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Platinum( II ) and palladium( II ) complexes with electron-deficient meso -diethoxyphosphorylporphyrins: synthesis, structure and tuning of photophysical properties by varying peripheral substituents</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marina Volostnykh</w:t>
+                <w:t xml:space="preserve">Tuning of emissive properties of Ru (II) complexes with amino-1,10-phenanthrolines by varying the position of the amino group in the heterocycle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anton S. Abel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sergey Borisov</w:t>
+                <w:t xml:space="preserve">Ilya S Zenkov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexei Averin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrey V Cheprakov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mikhail Konovalov</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Yulia Gorbunova</w:t>
+                <w:t xml:space="preserve">Alla Bessmertnykh-Lemeune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalton Transactions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 48 (24), pp.8882-8898. </w:t>
+              <w:t xml:space="preserve">ChemPlusChem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 84 (5), pp.498-503. </w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/c9dt01577a⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/cplu.201900206⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02351865v1</w:t>
+                <w:t xml:space="preserve">hal-02380660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">1,10-Phenanthroline carboxylic acids for preparation of functionalized metal-organic frameworks</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anton S. Abel</w:t>
+                <w:t xml:space="preserve">Platinum( II ) and palladium( II ) complexes with electron-deficient meso -diethoxyphosphorylporphyrins: synthesis, structure and tuning of photophysical properties by varying peripheral substituents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Volostnykh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexander Yu. Mitrofanov</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alexei Yakushev</w:t>
+                <w:t xml:space="preserve">Sergey Borisov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ilia S. Ziankou</w:t>
+                <w:t xml:space="preserve">Mikhail Konovalov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Sinelshchikova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yulia Gorbunova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Asian Journal of Organic Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, </w:t>
+              <w:t xml:space="preserve">Dalton Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 48 (24), pp.8882-8898. </w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ajoc.201900569⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/c9dt01577a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03767557v1</w:t>
+                <w:t xml:space="preserve">hal-02351865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">6-Polyamino-substituted quinolines: synthesis and multiple metal (Cu(II) , Hg(II) and Zn(II)) monitoring in aqueous media</w:t>
               </w:r>
@@ -3475,51 +3475,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey E Nefedov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kirill P Birin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alla Bessmertnykh-Lemeune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yulia y Enakieva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3998,51 +3998,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Supramolecular Assembly of Planar Systems from Modular Molecules with a Given Hydrophilic–Lipophilic Balance: Film Sensors with an Anthraquinone Signal Group</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. V. Ermakova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alla Bessmertnykh-Lemeune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4171,51 +4171,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Herbst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverinne Rigolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alla Bessmertnykh-Lemeune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Materials Chemistry A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 5 (24), pp.12216-12235. </w:t>
@@ -4247,360 +4247,360 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02407516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cadmium Metal–Organic Frameworks Based on Ditopic Triazamacrocyclic Linkers: Unusual Structural Features and Selective CO 2 Capture</w:t>
+                <w:t xml:space="preserve">Gallium(III) and Indium(III) Complexes with meso-Monophosphorylated Porphyrins: Synthesis and Structure. A First Example of Dimers Formed by the Self-Assembly of meso-Porphyrinylphosphonic Acid Monoester</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hervé Feuchter</w:t>
+                <w:t xml:space="preserve">Yulia Yu. Enakieva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Ortiz</w:t>
+                <w:t xml:space="preserve">Marina V. Volostnykh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey E Nefedov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yoann Rousselin</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Gayane A. Kirakosyan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yulia G. Gorbunova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Crystal Growth &amp; Design</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.cgd.7b00217⟩</w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 56 (5), pp.3055-3070. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.6b03160⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01589776v1</w:t>
+                <w:t xml:space="preserve">hal-01522828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gallium(III) and Indium(III) Complexes with meso-Monophosphorylated Porphyrins: Synthesis and Structure. A First Example of Dimers Formed by the Self-Assembly of meso-Porphyrinylphosphonic Acid Monoester</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cadmium Metal–Organic Frameworks Based on Ditopic Triazamacrocyclic Linkers: Unusual Structural Features and Selective CO 2 Capture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marina V. Volostnykh</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sergey E Nefedov</w:t>
+                <w:t xml:space="preserve">Hervé Feuchter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gayane A. Kirakosyan</w:t>
+                <w:t xml:space="preserve">Guillaume Ortiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yulia G. Gorbunova</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Yoann Rousselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alla Bessmertnykh-Lemeune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Brandès</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 56 (5), pp.3055-3070. </w:t>
+              <w:t xml:space="preserve">Crystal Growth &amp; Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 17 (7), pp.3665 - 3676. </w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.6b03160⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.cgd.7b00217⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01522828v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01589776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">General and Scalable Approach to A 2 B- and A 2 BC-Type Porphyrin Phosphonate Diesters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yulia Yu. Enakieva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Michalak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inna Abdulaeva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina V. Volostnykh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Stern</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4676,90 +4676,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ditopic Macrocyclic Receptors with a 4,7-Diamino-1,10-phenanthroline Fragment for Multimodal Detection of Toxic Metal Ions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anton S. Abel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Yu. Mitrofanov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Rousselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Denat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alla Bessmertnykh-Lemeune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ChemPlusChem</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 81 (1), pp.35 - 39. </w:t>
@@ -4803,511 +4803,511 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01402437v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A metal-responsive interdigitated bilayer for selective quantification of mercury( ii ) traces by surface plasmon resonance</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elizaveta Ermakova</w:t>
+                <w:t xml:space="preserve">Copper( ii ) complexes with phosphorylated 1,10-phenanthrolines: from molecules to infinite supramolecular arrays</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Yu. Mitrofanov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Rousselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oleg Raitman</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Sofiya Selector</w:t>
+                <w:t xml:space="preserve">Roger Guilard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Brandès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alla G. Bessmertnykh-Lemeune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analyst</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c5an02523k⟩</w:t>
+              <w:t xml:space="preserve">New Journal of Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 40 (7), pp.5896 - 5905. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c5nj03572d⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01390154v1</w:t>
+                <w:t xml:space="preserve">hal-01428009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Copper( ii ) complexes with phosphorylated 1,10-phenanthrolines: from molecules to infinite supramolecular arrays</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alla G. Bessmertnykh-Lemeune</w:t>
+                <w:t xml:space="preserve">On the synthesis of functionalized porphyrins and porphyrin conjugates via β-aminoporphyrins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inna A. Abdulaeva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kirill P. Birin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Michalak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Romieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Stern</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New Journal of Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 40 (7), pp.5896 - 5905. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c5nj03572d⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 40 (7), pp.5758 - 5774. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c5nj03247d⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01428009v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01427448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the synthesis of functionalized porphyrins and porphyrin conjugates via β-aminoporphyrins</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Julien Michalak</w:t>
+                <w:t xml:space="preserve">A metal-responsive interdigitated bilayer for selective quantification of mercury( ii ) traces by surface plasmon resonance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elizaveta Ermakova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oleg Raitman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Shokurov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Kalinina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthony Romieu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christine Stern</w:t>
+                <w:t xml:space="preserve">Sofiya Selector</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Journal of Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 40 (7), pp.5758 - 5774. </w:t>
+              <w:t xml:space="preserve">Analyst</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 141 (6), pp.1912 - 1917. </w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/c5nj03247d⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/c5an02523k⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01427448v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01390154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Insights into the Synthesis and the Solution Behavior of meso -Aryloxy- and Alkoxy-Substituted Porphyrins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kirill P. Birin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yulia G. Gorbunova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aslan Yu. Tsivadze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alla Bessmertnykh-Lemeune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Guilard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Organic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 2015 (25), pp.5610-5619. </w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5366,51 +5366,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electrochemical and Spectroelectrochemical Studies of Diphosphorylated Metalloporphyrins. Generation of a Phlorin Anion Product</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuanyuan Fang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yulia G. Gorbunova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ping Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5526,51 +5526,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elizaveta Ermakova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Michalak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alla Bessmertnykh-Lemeune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5647,77 +5647,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolay Makukhin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nataliya Goulioukina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alla Bessmertnykh-Lemeune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Brandès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Guilard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Synthesis: Journal of Synthetic Organic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 47 (02), pp.279-288. </w:t>
@@ -5807,51 +5807,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Bovigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alla Bessmertnykh-Lemeune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New Journal of Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 38 (1), pp.317-329. </w:t>
@@ -5941,51 +5941,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Stern</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alla Bessmertnykh Lemeune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yulia G. Gorbunova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 2014 (21), pp.3370-3386. </w:t>
@@ -6221,51 +6221,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaoqin Jiang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Machima Manowong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yulia Yu. Enakieva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CrystEngComm</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 16 (45), pp.10428-10438. </w:t>
@@ -6489,51 +6489,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sankar Muniappan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Ranyuk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yulia Yu. Enakieva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Porphyrins and Phthalocyanines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 18 (01n02), pp.35-48. </w:t>
@@ -6610,51 +6610,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karl Kadish</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ping Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yulia G. Gorbunova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yulia y Enakieva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6699,377 +6699,377 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02407589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Colorimetric Hg 2+ Sensing in Water: From Molecules toward Low-Cost Solid Devices</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Aslan Tsivadze</w:t>
+                <w:t xml:space="preserve">Unusual Formation of a Stable 2D Copper Porphyrin Network</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna A. Sinelshchikova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey E Nefedov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yulia Yu. Enakieva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yulia G. Gorbunova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aslan Yu. Tsivadze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organic Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 15 (3), pp.662-665. </w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 52 (2), pp.999-1008. </w:t>
             </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/ol303499v⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/ic302257g⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02407584v1</w:t>
+                <w:t xml:space="preserve">hal-02407603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unusual Formation of a Stable 2D Copper Porphyrin Network</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Aslan Yu. Tsivadze</w:t>
+                <w:t xml:space="preserve">Colorimetric Hg 2+ Sensing in Water: From Molecules toward Low-Cost Solid Devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elizaveta Ermakova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Michalak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladimir Arslanov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aslan Tsivadze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 52 (2), pp.999-1008. </w:t>
+              <w:t xml:space="preserve">Organic Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 15 (3), pp.662-665. </w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/ic302257g⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/ol303499v⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02407603v1</w:t>
+                <w:t xml:space="preserve">hal-02407584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Palladium-Catalyzed Amination in the Synthesis of Macrocycles Comprising Two Naphthalene And Two Polyamine Moieties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexei Uglov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexei Averin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexei Buryak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alla Bessmertnykh-Lemeune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Guilard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Macroheterocycles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 6 (1), pp.33-39. </w:t>
@@ -7120,90 +7120,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantum-Сhemical Insight into the Reactivity of 5-Bromo-10,20-diaryl-porphyrins towards Nucleophiles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kirill P. Birin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yulia G. Gorbunova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aslan Yu. Tsivadze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alla Bessmertnykh-Lemeune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Guilard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Macroheterocycles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 5 (4-5), pp.338-342. </w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7263,77 +7263,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karl Kadish</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ping Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yulia Yu. Enakieva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey E Nefedov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yulia G. Gorbunova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Electroanalytical Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 656 (1-2), pp.61-71. </w:t>
@@ -7396,77 +7396,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis of Polyazamacrocycles Comprising 6,6’-Diamino-2,2’-bipyridine Moieties via Pd-Catalyzed Amination</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kirill P. Birin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yulia G. Gorbunova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aslan Yu. Tsivadze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alla Bessmertnykh-Lemeune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irina P. Beletskaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7511,351 +7511,351 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02407796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of meso-polyphosphorylporphyrins and example of self-assembling</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Diaminoanthraquinone-linked polyazamacrocycles: efficient and simple colorimetric sensor for lead ion in aqueous solution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Ranyuk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yulia Y. Enakieva</w:t>
+                <w:t xml:space="preserve">Christiane Morkos Douaihy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alla G. Lemeune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Yoann Rousselin</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Denat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexei Averin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organic Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 11 (17), pp.3842-3845. </w:t>
+              <w:t xml:space="preserve">, 2009, 11 (4), pp.987-990. </w:t>
             </w:r>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/ol901421e⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/ol802926m⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00440264v1</w:t>
+                <w:t xml:space="preserve">hal-00458353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diaminoanthraquinone-linked polyazamacrocycles: efficient and simple colorimetric sensor for lead ion in aqueous solution</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Synthesis of meso-polyphosphorylporphyrins and example of self-assembling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christiane Morkos Douaihy</w:t>
+                <w:t xml:space="preserve">Yulia Y. Enakieva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alla G. Lemeune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Alexei Averin</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yulia G. Gorbunova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Stern</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Rousselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organic Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 11 (4), pp.987-990. </w:t>
+              <w:t xml:space="preserve">, 2009, 11 (17), pp.3842-3845. </w:t>
             </w:r>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/ol802926m⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/ol901421e⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00458353v1</w:t>
+                <w:t xml:space="preserve">hal-00440264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Direct synthesis of amino-substituted aromatic phosphonates via palladium-catalyzed coupling of aromatic mono- and dibromides with diethyl phosphite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alla G. Lemeune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christiane Morkos Douaihy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Guilard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemistry Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 38 (7), pp.738-739. </w:t>
             </w:r>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7902,77 +7902,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficient palladium-catalyzed synthesis of aminopyridyl phosphonates from bromopyridines and diethyl phosphite synthesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alla G. Lemeune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christiane Morkos Douaihy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sankar Muniappan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Guilard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Synthesis: Journal of Synthetic Organic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, pp.1575-1579. </w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8019,77 +8019,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis of diazacrown ethers based on anthracene and anthraquinone by Pd-catalyzed amination reactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irina Beletskaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexei Averin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alla G. Bessmertnykh-Lemeune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Guilard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tetrahedron Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 42 (30), pp.4987-4989. </w:t>
             </w:r>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8148,77 +8148,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis of new tetraazamacrocycles by Pd-catalyzed amination of 1,8-dichloroanthracene and 1,8-dichloroanthra-9,10-quinone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irina Beletskaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexei Averin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alla G. Bessmertnykh-Lemeune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Guilard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tetrahedron Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 42 (30), pp.4983-4986. </w:t>
             </w:r>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8455,51 +8455,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phosphonate-substituted N-donor Ligands for Efficient and Sustainable Photocatalysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alla G. Bessmertnykh-Lemeune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gleb Morozkov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Azhar Kechiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9262,51 +9262,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04974997v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizaveta Ermakova" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Arslanov" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bretonni&#232;re" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Michel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alla G. Bessmertnykh-Lemeune" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4tc04449e" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975006v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inna Abdulaeva" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail Filatov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azhar Kechiche" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules30040864" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975001v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Volostnykh" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gayane Kirakosyan" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Sinelshchikova" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yulia Gorbunova" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4dt03068k" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797943v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aznar Kechiche" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaymaa Al Shehimy" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lhoussain Khrouz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Monnereau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bucher" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4DT00418C" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511407v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizaveta V Ermakova" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/chemosensors12120253" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735834v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alisa Kharlamova" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Abel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Gontcharenko" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Cheprakov" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4OB00558A" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364424v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gleb Morozkov" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantin Lyssenko" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitaly Roznyatovsky" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei Averin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3dt02936k" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797986v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizaveta V. Ermakova" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra I. Zvyagina" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alisa D. Kharlamova" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton S. Abel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Andraud" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.4c01497" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04264038v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Shukaev" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuanyuan Fang" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Kadish" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Nefedov" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.2c03466" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04264047v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Bol&#8217;shakova" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s23062978" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04264046v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirill Birin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Chassagnon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/catal13020402" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03759443v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander V. Shokurov" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Menon" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Michalak" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dyepig.2022.110581" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03759567v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gleb V. Morozkov" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton S Abel" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail A. Filatov" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergei E Nefedov" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitaly A. Roznyatovsky" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2DT01364A" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03759451v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey V Cheprakov" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/chemosensors10080342" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03759523v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei Yakushev" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei D. Averin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina P. Beletskaya" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey V. Cheprakov" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ccr.2021.214331" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844703v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Meyer" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2TC03764E" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03584103v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei D Averin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina P Beletskaya" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/chemosensors10020079" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03414800v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilia S Ziankou" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#1040; &#1040; Yakushev" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#1040; S Abel" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#1040; D Averin" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S1070428021090025" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03272209v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yee&#8208;seul Kim" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Kriegel" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth D Harris" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t B Limoges" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/celc.202100424" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03414766v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taissir Fradi" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olfa Noureddine" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhieddinne Guergueb" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Loiseau" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2021.131801" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037715v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga K Grigorova" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gennadij V Latyshev" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yury N Kotovshchikov" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/pac-2020-0301" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037650v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena O Koroleva" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander V Shokurov" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir V Arslanov" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dyepig.2020.108967" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02380660v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilya S Zenkov" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alla Bessmertnykh-Lemeune" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cplu.201900206" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02351865v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Borisov" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail Konovalov" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9dt01577a" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03767557v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Yu. Mitrofanov" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilia S. Ziankou" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajoc.201900569" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379802v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Denat" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9OB00259F" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379937v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey E Nefedov" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirill P Birin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yulia y Enakieva" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna A. Sinelshchikova" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9DT00706G" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379905v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoqin Jiang" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gayane A Kirakosyan" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.9b00268" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379975v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yulia Yu Enakieva" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201900448" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379619v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inna A. Abdulaeva" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirill P. Birin" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail S. Grigoriev" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantin A. Lyssenko" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8CE01992D" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01857121v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. V. Ermakova" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. V. Ermakova" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Yu. Tsivadze" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S2070205118010057" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407516v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Mitrofanov" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Brand&#232;s" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Herbst" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verinne Rigolet" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7TA01195D" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01589776v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Feuchter" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ortiz" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Rousselin" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.7b00217" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01522828v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yulia Yu. Enakieva" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina V. Volostnykh" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gayane A. Kirakosyan" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yulia G. Gorbunova" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.6b03160" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01429823v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Stern" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201600857" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-4BHCTFB9-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01402437v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cplu.201500390" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-M7RZGQZ1-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01390154v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Raitman" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Shokurov" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Kalinina" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiya Selector" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5an02523k" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01428009v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Guilard" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5nj03572d" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01427448v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Romieu" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5nj03247d" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407551v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aslan Yu. Tsivadze" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201500628" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-MFBJQD4F-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407489v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ping Chen" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Machima Manowong" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.5b00067" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407525v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2015.05.016" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407498v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolay Makukhin" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nataliya Goulioukina" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0034-1378673" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407595v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Ranyuk" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Bovigny" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C3NJ01121F" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407574v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Uglov" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Averin" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alla Bessmertnykh Lemeune" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201402161" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-L38J009Z-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407801v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei N. Uglov" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgii A. Zubrienko" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abel S. Anton" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3987/COM-13-S(S)87" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407547v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4CE01623H" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407582v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Zubatyuk" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aslan Tsivadze" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Shishkin" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Uvarova" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cg501157e" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407479v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kiril Birin" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sankar Muniappan" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S1088424614500084" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407589v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S1088424613500958" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407584v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol303499v" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407603v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic302257g" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407599v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei Uglov" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei Buryak" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.6060/mhc121215a" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407788v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.6060/mhc2012.121101b" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407677v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelechem.2011.01.011" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9WQT8S3G-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407796v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3987/COM-09-S(S)68" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00440264v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yulia Y. Enakieva" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alla G. Lemeune" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol901421e" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00458353v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Morkos Douaihy" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol802926m" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00458422v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1246/cl.2009.738" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00458539v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-2008-1072570" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407753v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Beletskaya" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0040-4039(01)00832-2" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B916447A8CCB2D20A23797C9BED919EB27DB707B/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407758v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0040-4039(01)00831-0" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/55CC8B595B4358ED68E08B455FFC99AE58B064E9/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407781v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Blinov" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu. Grishin" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Donskaya" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Tveritinova" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jo961536z" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-MTDWT385-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739665v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739734v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739685v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739717v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739730v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739723v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03414821v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17374/targets.2021.24.419" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04974997v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizaveta Ermakova" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Arslanov" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bretonni&#232;re" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Michel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alla G. Bessmertnykh-Lemeune" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4tc04449e" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975006v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inna Abdulaeva" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail Filatov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azhar Kechiche" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules30040864" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975001v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Volostnykh" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gayane Kirakosyan" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Sinelshchikova" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yulia Gorbunova" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4dt03068k" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797943v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aznar Kechiche" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaymaa Al Shehimy" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lhoussain Khrouz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Monnereau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bucher" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4DT00418C" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511407v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizaveta V Ermakova" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/chemosensors12120253" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364424v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gleb Morozkov" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Abel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantin Lyssenko" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitaly Roznyatovsky" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei Averin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3dt02936k" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735834v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alisa Kharlamova" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Gontcharenko" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Cheprakov" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4OB00558A" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797986v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizaveta V. Ermakova" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra I. Zvyagina" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alisa D. Kharlamova" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton S. Abel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Andraud" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.4c01497" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04264038v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Shukaev" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuanyuan Fang" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Kadish" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Nefedov" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.2c03466" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04264047v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Bol&#8217;shakova" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s23062978" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04264046v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirill Birin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Chassagnon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/catal13020402" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03759443v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander V. Shokurov" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Menon" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Michalak" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dyepig.2022.110581" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03759567v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gleb V. Morozkov" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton S Abel" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail A. Filatov" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergei E Nefedov" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitaly A. Roznyatovsky" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2DT01364A" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03759451v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey V Cheprakov" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/chemosensors10080342" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03759523v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei Yakushev" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei D. Averin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina P. Beletskaya" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey V. Cheprakov" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ccr.2021.214331" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844703v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Meyer" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2TC03764E" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03584103v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei D Averin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina P Beletskaya" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/chemosensors10020079" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03414800v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilia S Ziankou" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#1040; &#1040; Yakushev" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#1040; S Abel" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#1040; D Averin" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S1070428021090025" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03272209v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yee&#8208;seul Kim" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Kriegel" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth D Harris" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t B Limoges" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/celc.202100424" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03414766v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taissir Fradi" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olfa Noureddine" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhieddinne Guergueb" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Loiseau" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2021.131801" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037715v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga K Grigorova" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gennadij V Latyshev" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yury N Kotovshchikov" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/pac-2020-0301" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037650v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena O Koroleva" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander V Shokurov" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir V Arslanov" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dyepig.2020.108967" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03767557v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Yu. Mitrofanov" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilia S. Ziankou" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajoc.201900569" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02380660v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilya S Zenkov" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alla Bessmertnykh-Lemeune" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cplu.201900206" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02351865v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Borisov" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail Konovalov" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9dt01577a" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379802v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Denat" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9OB00259F" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379937v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey E Nefedov" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirill P Birin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yulia y Enakieva" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna A. Sinelshchikova" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9DT00706G" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379905v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoqin Jiang" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gayane A Kirakosyan" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.9b00268" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379975v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yulia Yu Enakieva" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201900448" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379619v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inna A. Abdulaeva" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirill P. Birin" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail S. Grigoriev" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantin A. Lyssenko" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8CE01992D" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01857121v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. V. Ermakova" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. V. Ermakova" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Yu. Tsivadze" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S2070205118010057" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407516v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Mitrofanov" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Brand&#232;s" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Herbst" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verinne Rigolet" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7TA01195D" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01522828v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yulia Yu. Enakieva" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina V. Volostnykh" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gayane A. Kirakosyan" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yulia G. Gorbunova" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.6b03160" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01589776v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Feuchter" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ortiz" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Rousselin" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.7b00217" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01429823v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Stern" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201600857" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-4BHCTFB9-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01402437v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cplu.201500390" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-M7RZGQZ1-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01428009v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Guilard" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5nj03572d" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01427448v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Romieu" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5nj03247d" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01390154v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Raitman" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Shokurov" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Kalinina" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiya Selector" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5an02523k" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407551v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aslan Yu. Tsivadze" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201500628" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-MFBJQD4F-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407489v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ping Chen" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Machima Manowong" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.5b00067" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407525v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2015.05.016" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407498v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolay Makukhin" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nataliya Goulioukina" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0034-1378673" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407595v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Ranyuk" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Bovigny" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C3NJ01121F" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407574v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Uglov" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Averin" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alla Bessmertnykh Lemeune" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201402161" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-L38J009Z-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407801v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei N. Uglov" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgii A. Zubrienko" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abel S. Anton" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3987/COM-13-S(S)87" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407547v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4CE01623H" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407582v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Zubatyuk" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aslan Tsivadze" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Shishkin" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Uvarova" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cg501157e" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407479v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kiril Birin" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sankar Muniappan" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S1088424614500084" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407589v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S1088424613500958" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407603v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic302257g" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407584v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol303499v" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407599v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei Uglov" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei Buryak" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.6060/mhc121215a" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407788v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.6060/mhc2012.121101b" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407677v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelechem.2011.01.011" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9WQT8S3G-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407796v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3987/COM-09-S(S)68" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00458353v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Morkos Douaihy" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alla G. Lemeune" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol802926m" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00440264v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yulia Y. Enakieva" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol901421e" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00458422v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1246/cl.2009.738" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00458539v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-2008-1072570" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407753v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Beletskaya" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0040-4039(01)00832-2" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B916447A8CCB2D20A23797C9BED919EB27DB707B/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407758v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0040-4039(01)00831-0" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/55CC8B595B4358ED68E08B455FFC99AE58B064E9/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407781v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Blinov" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu. Grishin" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Donskaya" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Tveritinova" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jo961536z" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-MTDWT385-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739665v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739734v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739685v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739717v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739730v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739723v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03414821v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17374/targets.2021.24.419" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>