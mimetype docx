--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -327,69 +327,69 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mercè Pujol Berché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allison Taillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Presses universitaires de Paris Nanterre, 2019, 978-2-84016-339-8</w:t>
+              <w:t xml:space="preserve">, 624 p., 2019, Collection Regards, 978-2-84016-339-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04151025v1</w:t>
+                <w:t xml:space="preserve">hal-04133696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La construcción de la democracia en España (1868-2014)</w:t>
               </w:r>
@@ -428,69 +428,69 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mercè Pujol Berché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allison Taillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 624 p., 2019, Collection Regards, 978-2-84016-339-8</w:t>
+              <w:t xml:space="preserve">Presses universitaires de Paris Nanterre, 2019, 978-2-84016-339-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04133696v1</w:t>
+                <w:t xml:space="preserve">hal-04151025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La construcción de la democracia en España (1868-2014)</w:t>
               </w:r>
@@ -928,165 +928,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04371083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction à IV. &amp;quot;Les intellectuelles étrangères et la défense de la République espagnole</w:t>
+                <w:t xml:space="preserve">Vivre et écrire la guerre d’Espagne. Simone Weil et Andrée Viollis, deux intellectuelles engagées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allison Taillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">¡Solidarias ! Les volontaires étrangères et la solidarité féminine internationale durant la guerre d’Espagne (1936-1939)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, PUR, 2022</w:t>
+              <w:t xml:space="preserve">La Guerre d’Espagne dans la littérature, d’hier à aujourd’hui</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Présence de Manuel Azaña, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04371107v1</w:t>
+                <w:t xml:space="preserve">hal-04371076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vivre et écrire la guerre d’Espagne. Simone Weil et Andrée Viollis, deux intellectuelles engagées</w:t>
+                <w:t xml:space="preserve">Introduction à IV. &amp;quot;Les intellectuelles étrangères et la défense de la République espagnole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allison Taillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Guerre d’Espagne dans la littérature, d’hier à aujourd’hui</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Présence de Manuel Azaña, 2022</w:t>
+              <w:t xml:space="preserve">¡Solidarias ! Les volontaires étrangères et la solidarité féminine internationale durant la guerre d’Espagne (1936-1939)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PUR, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04371076v1</w:t>
+                <w:t xml:space="preserve">hal-04371107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mujeres y antifascismo: presencia y ausencia de las intelectuales europeas en el Segundo Congreso Internacional de Escritores para la Defensa de la Cultura (1937)</w:t>
               </w:r>
@@ -1135,178 +1135,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04371073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Voyages et échanges entre l’Espagne et l’Europe. Les réseaux féminins du fascisme et de l’antifascisme (1936-1943)</w:t>
+                <w:t xml:space="preserve">Les intellectuelles européennes antifascistes et la non-intervention pendant la guerre d’Espagne : un engagement entre antifascisme et dissidence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allison Taillot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christine Lavail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Du ‘Grand Tour’ au Traité de Rome : l’Europe au bout du voyage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, PUR, 2021</w:t>
+              <w:t xml:space="preserve">Femmes face à l’État</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires Savoie Mont Blanc, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04371070v1</w:t>
+                <w:t xml:space="preserve">hal-04371074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les intellectuelles européennes antifascistes et la non-intervention pendant la guerre d’Espagne : un engagement entre antifascisme et dissidence</w:t>
+                <w:t xml:space="preserve">Voyages et échanges entre l’Espagne et l’Europe. Les réseaux féminins du fascisme et de l’antifascisme (1936-1943)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allison Taillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Lavail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Femmes face à l’État</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses Universitaires Savoie Mont Blanc, 2021</w:t>
+              <w:t xml:space="preserve">Du ‘Grand Tour’ au Traité de Rome : l’Europe au bout du voyage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PUR, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04371074v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04371070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La reportrice de guerre dans les écrits de la guerre d’Espagne de Martha Gellhorn, María Luisa Carnelli et Simone Téry</w:t>
               </w:r>
@@ -1374,51 +1374,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La voz de las intelectuales en la España del primer tercio del siglo XX</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allison Taillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lavail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acción y voces de mujer en el espacio público</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ABADA, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1996,239 +1996,239 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04371092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Émotions, genre et exil. Lettres intimes depuis l’internement français (1939-1940)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Regards croisés sur l’archive : autour du projet CAREXIL-FR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allison Taillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta López Izquierdo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alba Martínez Martínez</w:t>
+                <w:t xml:space="preserve">Mercedes Yusta Rodrigo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Allison Taillot</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Gaboriau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Violaine Challéat-Fonck,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Matériaux pour l'histoire de notre temps</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Exils et migrations ibériques au XXe siècle / Exilios y migraciones ibéricas en el siglo XX</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Nouvelle série n°13-14 « Théâtre et résistance des républicains espagnols exilés. Entre ombre et lumière, en France 1939-1945 »</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03931084v1</w:t>
+                <w:t xml:space="preserve">hal-04371909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regards croisés sur l’archive : autour du projet CAREXIL-FR</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Émotions, genre et exil. Lettres intimes depuis l’internement français (1939-1940)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alba Martínez Martínez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allison Taillot</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Violaine Challéat-Fonck,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Exils et migrations ibériques au XXe siècle / Exilios y migraciones ibéricas en el siglo XX</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Matériaux pour l'histoire de notre temps</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Les Espagnols en France au XXe siècle : immigration, exil et sources, 143-144, pp.52-60. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/mate.143.0052⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04371909v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03931084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diseño y elaboración de un programa en EFE: el caso de la asignatura Español de Negocios en Lenguas Extranjeras Aplicadas (LEA)</w:t>
               </w:r>
@@ -3192,51 +3192,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La carta como encrucijada : el proyecto CAREXIL-FR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allison Taillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mercedes Yusta Rodrigo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta López Izquierdo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3533,51 +3533,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlle Maugendre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Touboul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lavail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les voix de la Retirada: réécritures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, En ligne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3822,51 +3822,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La voz de las intelectuales desde las izquierdas y desde las derechas: ¿qué es ser una mujer intelectual en el 1er tercio del siglo XX?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allison Taillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lavail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La voz de las mujeres en la esfera pública (XVII-XX)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Paris, Francia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3885,178 +3885,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04370972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Voyages et échanges entre l'Espagne et l'Europe des années 1930 : les réseaux féminins du fascisme et de l'antifascisme</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Reflexiones para una lectura en clave genérica del Segundo Congreso Internacional de Escritores para la Defensa de la Cultura: Sylvia Townsend Warner y Agnia Barto en el Congreso de 1937</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allison Taillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Du Grand Tour à Erasmus : l'Europe au bout du voyage ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2017, Florence, Italie</w:t>
+              <w:t xml:space="preserve">Congreso de Escritores Antifascistas, 80 años después (1937-2017) : Una asamblea de Quijotes, un batallón de voluntarios con gafas… </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Madrid, España</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01543746v1</w:t>
+                <w:t xml:space="preserve">hal-01545206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reflexiones para una lectura en clave genérica del Segundo Congreso Internacional de Escritores para la Defensa de la Cultura: Sylvia Townsend Warner y Agnia Barto en el Congreso de 1937</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Voyages et échanges entre l'Espagne et l'Europe des années 1930 : les réseaux féminins du fascisme et de l'antifascisme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Lavail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allison Taillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congreso de Escritores Antifascistas, 80 años después (1937-2017) : Una asamblea de Quijotes, un batallón de voluntarios con gafas… </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Madrid, España</w:t>
+              <w:t xml:space="preserve">Du Grand Tour à Erasmus : l'Europe au bout du voyage ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Florence, Italie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01545206v1</w:t>
+                <w:t xml:space="preserve">hal-01543746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margarita Nelken : de l'admiration à l'hostilité</w:t>
               </w:r>
@@ -4193,51 +4193,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Femmes et violence politique dans l'Espagne des années 1930 : femmes de gauche, femmes de droite. De la transgression au rejet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lavail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allison Taillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4545,260 +4545,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01545261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diseño y elaboración de un programa en EFE: el caso de las asignatura Español de negocios en Lenguas Extranjeras Aplicadas</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L'après-guerre d'Espagne des intellectuelles républicaines : l'exil comme espace de (re)configuration et de (re)présentation de soi ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allison Taillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’étude sur la Didactique de l’espagnol de spécialité Pratiques pédagogiques et contextes d’apprentissage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, le CRIIA, le REDESC et l’Institut Cervantès, Dec 2013, Paris, Francia</w:t>
+              <w:t xml:space="preserve">Déclinaisons des espaces féminins de l'après-conflit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2013, Limoges, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01397497v1</w:t>
+                <w:t xml:space="preserve">hal-01545278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'écriture comme attribut de la rébellion dans les écrits personnels des &amp;quot;modernes de Madrid</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Diseño y elaboración de un programa en EFE: el caso de las asignatura Español de negocios en Lenguas Extranjeras Aplicadas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dalila Chine-Lehmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Abraham Macias Barres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allison Taillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les figures du rebelle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2013, Nanterre, France</w:t>
+              <w:t xml:space="preserve">Journée d’étude sur la Didactique de l’espagnol de spécialité Pratiques pédagogiques et contextes d’apprentissage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, le CRIIA, le REDESC et l’Institut Cervantès, Dec 2013, Paris, Francia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01545275v1</w:t>
+                <w:t xml:space="preserve">hal-01397497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'après-guerre d'Espagne des intellectuelles républicaines : l'exil comme espace de (re)configuration et de (re)présentation de soi ?</w:t>
+                <w:t xml:space="preserve">L'écriture comme attribut de la rébellion dans les écrits personnels des &amp;quot;modernes de Madrid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allison Taillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Déclinaisons des espaces féminins de l'après-conflit</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2013, Limoges, France</w:t>
+              <w:t xml:space="preserve">Les figures du rebelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2013, Nanterre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01545278v1</w:t>
+                <w:t xml:space="preserve">hal-01545275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4985,51 +4985,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="A521BA10"/>
+    <w:nsid w:val="E1AE2E4C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5216,51 +5216,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/allison-taillot" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/172526183" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371057v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta L&#243;pez Izquierdo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allison Taillot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b21468" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151025v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoraida Carandell" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio P&#233;rez Serrano" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merc&#232; Pujol Berch&#233;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-04133696v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984627v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pupo.11098" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329506v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalila Lehmann Chine" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vuibert.fr/auteur/dalila-chine-lehmann" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371052v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01545232v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371083v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371107v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371076v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371073v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371070v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lavail" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371074v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371068v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371064v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371061v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05115301v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371099v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Lepage" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice M&#233;nard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Iglesias" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Turc-Zinopoulos" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371091v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931065v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Alted Vigil" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mate.143.0045" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371092v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931084v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alba Mart&#237;nez Mart&#237;nez" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mate.143.0052" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04371909v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mercedes Yusta Rodrigo" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gaboriau" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Chall&#233;at-Fonck," TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04383752v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mac&#237;as Barr&#233;s" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802006v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalila Chine-Lehmann" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Abraham Macias Barres" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03728462v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mate.123.0038" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03728461v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Aznar Soler" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mate.123.0008" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01545204v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mate.123.0004" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01659186v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01545271v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Chaput" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mate.111.0039" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01545289v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ccec.4259" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371117v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04434438v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04370980v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371018v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371023v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371021v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Gautier N'Dah-Sekou" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371025v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04370989v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Maugendre" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Touboul" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04370994v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371000v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371007v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04370972v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01543746v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01545206v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01545222v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01545252v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01543830v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01545243v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01545249v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01545269v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01545261v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397497v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01545275v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01545278v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571605v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/allison-taillot" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/172526183" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371057v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta L&#243;pez Izquierdo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allison Taillot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b21468" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-04133696v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoraida Carandell" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio P&#233;rez Serrano" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merc&#232; Pujol Berch&#233;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151025v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984627v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pupo.11098" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329506v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalila Lehmann Chine" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vuibert.fr/auteur/dalila-chine-lehmann" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371052v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01545232v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371083v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371076v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371107v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371073v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371074v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371070v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lavail" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371068v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371064v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371061v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05115301v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371099v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Lepage" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice M&#233;nard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Iglesias" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Turc-Zinopoulos" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371091v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931065v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Alted Vigil" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mate.143.0045" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371092v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04371909v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mercedes Yusta Rodrigo" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gaboriau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Chall&#233;at-Fonck," TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931084v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alba Mart&#237;nez Mart&#237;nez" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mate.143.0052" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04383752v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mac&#237;as Barr&#233;s" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802006v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalila Chine-Lehmann" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Abraham Macias Barres" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03728462v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mate.123.0038" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03728461v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Aznar Soler" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mate.123.0008" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01545204v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mate.123.0004" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01659186v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01545271v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Chaput" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mate.111.0039" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01545289v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ccec.4259" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371117v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04434438v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04370980v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371018v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371023v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371021v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Gautier N'Dah-Sekou" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371025v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04370989v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Maugendre" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Touboul" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04370994v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371000v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371007v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04370972v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01545206v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01543746v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01545222v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01545252v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01543830v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01545243v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01545249v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01545269v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01545261v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01545278v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397497v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01545275v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571605v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>