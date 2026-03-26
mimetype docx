--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -66,1800 +66,1904 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (16)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (17)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validation of immersive virtual reality line and baguette bisection tasks for the assessment of unilateral spatial neglect</w:t>
+                <w:t xml:space="preserve">Dissecting pseudoneglect in real and virtual environments: effects of tool and stimulus, not distance or environment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marine Gaffard</w:t>
+                <w:t xml:space="preserve">Dalya Moultaka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clémence Bourlon</w:t>
+                <w:t xml:space="preserve">Tifanie Bouchara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tristan-Gaël Bara</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Alma Guilbert</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuropsychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1037/neu0001024⟩</w:t>
+              <w:t xml:space="preserve">Laterality</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, pp.1-31. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/1357650X.2026.2622714⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05268019v1</w:t>
+                <w:t xml:space="preserve">hal-05555439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ecological assessment of unilateral spatial neglect in immersive virtual reality: A multiple-case study to assess the feasibility and relevance of a Baking Tray Task</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Validation of immersive virtual reality line and baguette bisection tasks for the assessment of unilateral spatial neglect</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Gaffard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Bourlon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan-Gaël Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clémence Bourlon</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Tifanie Bouchara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Colle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuropsychological Rehabilitation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/09602011.2024.2394527⟩</w:t>
+              <w:t xml:space="preserve">Neuropsychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 39 (8), pp.756-769. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1037/neu0001024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05474469v1</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05268019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Auditory-motor adaptation: induction of a lateral shift in sound localization after biased immersive virtual reality training</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Ecological assessment of unilateral spatial neglect in immersive virtual reality: A multiple-case study to assess the feasibility and relevance of a Baking Tray Task</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Gaffard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Bourlon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan-Gael Bara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tifanie Bouchara</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Colle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Cognition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fcogn.2024.1400292⟩</w:t>
+              <w:t xml:space="preserve">Neuropsychological Rehabilitation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 35 (6), pp.1210-1228. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/09602011.2024.2394527⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04692690v1</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05474469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Age-Related Changes in Search Strategies in a Cancellation Task from Childhood to Adolescence</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Auditory-motor adaptation: induction of a lateral shift in sound localization after biased immersive virtual reality training</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alma Guilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan-Gael Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tifanie Bouchara</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cognition and Development</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Frontiers in Cognition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 3, pp.1400292. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fcogn.2024.1400292⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/15248372.2023.2284743⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05477178v1</w:t>
+                <w:t xml:space="preserve">hal-04692690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of visual and auditory spatial neglect in immersive virtual reality: A case study</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Age-Related Changes in Search Strategies in a Cancellation Task from Childhood to Adolescence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alma Guilbert</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue de neuropsychologie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1684/nrp.2023.0769⟩</w:t>
+              <w:t xml:space="preserve">Journal of Cognition and Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 25 (3), pp.373-385. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/15248372.2023.2284743⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04424713v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05477178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Feasibility and relevance of an immersive virtual reality cancellation task assessing far space in unilateral spatial neglect</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Assessment of visual and auditory spatial neglect in immersive virtual reality: A case study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Gaffard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Bourlon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan-Gael Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marika Urbanski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Guilbert</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Tifanie Bouchara Bouchara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of neuropsychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jnp.12353⟩</w:t>
+              <w:t xml:space="preserve">Revue de neuropsychologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 15 (4), pp.229-236. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1684/nrp.2023.0769⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04356042v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04424713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clinical assessment of unilateral spatial neglect dissociations and heterogeneities: A narrative synthesis.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alma Guilbert</w:t>
+                <w:t xml:space="preserve">Feasibility and relevance of an immersive virtual reality cancellation task assessing far space in unilateral spatial neglect</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Guilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan-Gaël Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tifanie Bouchara Bouchara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Gaffard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Bourlon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuropsychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1037/neu0000841⟩</w:t>
+              <w:t xml:space="preserve">Journal of neuropsychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.1-12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jnp.12353⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03967676v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04356042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Links between organized visual search and reading ability in French primary school children</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Clinical assessment of unilateral spatial neglect dissociations and heterogeneities: A narrative synthesis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alma Guilbert</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hélène Guiraud‐vinatea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dyslexia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, </w:t>
+              <w:t xml:space="preserve">Neuropsychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/dys.1703⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1037/neu0000841⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03528350v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03967676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visual search strategies in children: A reflection of working memory processes?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Links between organized visual search and reading ability in French primary school children</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alma Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suzanne Perguilhem</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hélène Guiraud-Vinatea</w:t>
+                <w:t xml:space="preserve">Hélène Guiraud‐vinatea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Medio Ambiente y Comportamiento Humano</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/13803395.2020.1830033⟩</w:t>
+              <w:t xml:space="preserve">Dyslexia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/dys.1703⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03157925v1</w:t>
+                <w:t xml:space="preserve">hal-03528350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aging and Orienting of Visual Attention: Emergence of a Rightward Attentional Bias with Aging?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Visual search strategies in children: A reflection of working memory processes?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alma Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suzanne Perguilhem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Clément</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christine Moroni</w:t>
+                <w:t xml:space="preserve">Hélène Guiraud-Vinatea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Developmental Neuropsychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/87565641.2019.1605517⟩</w:t>
+              <w:t xml:space="preserve">Medio Ambiente y Comportamiento Humano</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 42 (10), pp.975-981. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/13803395.2020.1830033⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03157845v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03157925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">About the existence of a horizontal mental pitch line in non-musicians</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alma Guilbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Laterality</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 25 (2), pp.215-228. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/1357650X.2019.1646756⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03157833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évaluation de la latéralisation sonore dans la négligence spatiale unilatérale : cas de Mme B</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Aging and Orienting of Visual Attention: Emergence of a Rightward Attentional Bias with Aging?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alma Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Moroni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue de neuropsychologie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1684/nrp.2016.0376⟩</w:t>
+              <w:t xml:space="preserve">Developmental Neuropsychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 44 (3), pp.310-324. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/87565641.2019.1605517⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04083216v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03157845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Auditory lateralisation deficits in neglect patients</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Évaluation de la latéralisation sonore dans la négligence spatiale unilatérale : cas de Mme B</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alma Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Moroni</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuropsychologia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neuropsychologia.2016.03.024⟩</w:t>
+              <w:t xml:space="preserve">Revue de neuropsychologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Revue de neuropsychologie, 8 (2), p. 118-125. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1684/nrp.2016.0376⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02308777v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04083216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A rehabilitation program based on music practice for patients with unilateral spatial neglect: a single-case study</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Auditory lateralisation deficits in neglect patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alma Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Latifa Senouci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Pontzeele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurocase</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/13554794.2016.1265652⟩</w:t>
+              <w:t xml:space="preserve">Neuropsychologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 85, pp.177-183. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuropsychologia.2016.03.024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02308783v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02308777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exogenous orienting of attention in hearing: a virtual reality paradigm to assess auditory attention in neglect patients</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">A rehabilitation program based on music practice for patients with unilateral spatial neglect: a single-case study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alma Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Moroni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Brain Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 234 (10), pp.2893-2903. </w:t>
+              <w:t xml:space="preserve">Neurocase</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 23 (1), pp.12-21. </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00221-016-4691-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/13554794.2016.1265652⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02308771v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02308783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Exogenous orienting of attention in hearing: a virtual reality paradigm to assess auditory attention in neglect patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alma Guilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexia Feuillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Moroni</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Experimental Brain Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 234 (10), pp.2893-2903. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00221-016-4691-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02308771v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Hearing and music in unilateral spatial neglect neuro-rehabilitation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alma Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Clement</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Moroni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 5 (1503), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fpsyg.2014.01503⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01240610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1869,561 +1973,561 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évaluation de la négligence spatiale unilatérale en réalité virtuelle : une étude de cas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Gaffard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Bourlon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan-Gael Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clémence Bourlon</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Tifanie Bouchara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alma Guilbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées de Neurologie de Langue Française 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Lyon, France. pp.S89 P18.13, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.neurol.2023.01.450⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04074710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new step to optimize sound localization adaptation through the use of vision</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan-Gaël Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tristan-Gaël Bara</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Alma Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tifanie Bouchara Bouchara</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AES International Conference on Audio for Virtual and Augmented Reality</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2020, Seatle, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02922711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of vision on short-term sound localization training with non-individualized HRTF</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tifanie Bouchara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan-Gael Bara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Louis Weiss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alma Guilbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EAA Spatial Audio Signal Processing Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Paris, France. pp.55-60, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.25836/sasp.2019.04⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02466823v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Musical practice as a way to rehabilitate unilateral spatial neglect : A single case study.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alma Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Moroni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Joint meeting of the British Neuropsychological society with Société de Neuropsychologie de Langue Française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2016, Londres, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04088052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Midpoint auditif : évaluation de la négligence spatiale unilatérale en modalité auditive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alma Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Moroni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Société de Neuropsychologie de Langue Française – Session de printemps</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2015, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04094075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2433,124 +2537,124 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perception et représentations de l'espace auditif : intérêt pour l'étude clinique de la négligence spatiale unilatérale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alma Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Moroni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Audition et Cognition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sauramps Medical - EMPR, pp.23-37, 2022, 979-1-03030-257-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03664430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2560,114 +2664,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation et prise en charge du syndrome de négligence spatiale unilatérale : apports de la modalité auditive et de la musique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alma Guilbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Psychologie. Université Charles de Gaulle - Lille III, 2016. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2016LIL30033⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01581055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId72"/>
+      <w:footerReference w:type="default" r:id="rId75"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2814,51 +2918,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05268019v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Gaffard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Bourlon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan-Ga&#235;l Bara" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tifanie Bouchara" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Colle" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/neu0001024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05474469v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan-Gael Bara" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09602011.2024.2394527" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692690v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alma Guilbert" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcogn.2024.1400292" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477178v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15248372.2023.2284743" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424713v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marika Urbanski" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tifanie Bouchara Bouchara" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/nrp.2023.0769" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04356042v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Guilbert" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gaffard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bourlon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jnp.12353" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03967676v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/neu0000841" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03528350v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Guiraud&#8208;vinatea" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/dys.1703" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157925v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Perguilhem" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Guiraud-Vinatea" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13803395.2020.1830033" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157845v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Cl&#233;ment" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Moroni" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/87565641.2019.1605517" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157833v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1357650X.2019.1646756" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04083216v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/nrp.2016.0376" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308777v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Latifa Senouci" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Pontzeele" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Martin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2016.03.024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308783v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13554794.2016.1265652" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308771v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Feuillet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00221-016-4691-8" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-01240610v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Clement" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2014.01503" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074710v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2023.01.450" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02922711v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02466823v2" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Weiss" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25836/sasp.2019.04" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04088052v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04094075v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03664430v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01581055v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016LIL30033" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05555439v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalya Moultaka" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tifanie Bouchara" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alma Guilbert" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1357650X.2026.2622714" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05268019v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Gaffard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Bourlon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan-Ga&#235;l Bara" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Colle" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/neu0001024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05474469v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan-Gael Bara" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09602011.2024.2394527" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692690v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcogn.2024.1400292" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477178v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15248372.2023.2284743" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424713v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marika Urbanski" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tifanie Bouchara Bouchara" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/nrp.2023.0769" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04356042v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Guilbert" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gaffard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bourlon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jnp.12353" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03967676v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/neu0000841" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03528350v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Guiraud&#8208;vinatea" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/dys.1703" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157925v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Perguilhem" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Guiraud-Vinatea" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13803395.2020.1830033" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157833v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1357650X.2019.1646756" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157845v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Cl&#233;ment" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Moroni" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/87565641.2019.1605517" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04083216v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/nrp.2016.0376" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308777v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Latifa Senouci" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Pontzeele" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Martin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2016.03.024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308783v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13554794.2016.1265652" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308771v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Feuillet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00221-016-4691-8" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-01240610v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Clement" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2014.01503" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074710v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2023.01.450" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02922711v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02466823v2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Weiss" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25836/sasp.2019.04" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04088052v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04094075v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03664430v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01581055v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016LIL30033" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>