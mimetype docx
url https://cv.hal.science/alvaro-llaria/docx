--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -5235,256 +5235,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01015590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">EneR-GEA experimental micro-grid: an open platform dedicated to research, innovation and industrial collaborations</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Aitor Etxeberria</w:t>
+                <w:t xml:space="preserve">Objets Communicants Portés : Vers une Autonomie Adaptée - Wearable Communicating Objects: Towards an adapted autonomy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Briand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Terrasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alvaro Llaria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Stephane Kreckelbergh</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Dupé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Virtual Concept Workshop 2014, Innovation in product design and manufacture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2014, Colombia. pp.VC2014-0034</w:t>
+              <w:t xml:space="preserve">Journées Scientifiques 2014 URSI : "L'homme connecté"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01064769v1</w:t>
+                <w:t xml:space="preserve">hal-01015491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Objets Communicants Portés : Vers une Autonomie Adaptée - Wearable Communicating Objects: Towards an adapted autonomy</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Terrasson</w:t>
+                <w:t xml:space="preserve">EneR-GEA experimental micro-grid: an open platform dedicated to research, innovation and industrial collaborations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Octavian Curea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Hacala-Perret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aitor Etxeberria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alvaro Llaria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Valérie Dupé</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Kreckelbergh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Scientifiques 2014 URSI : "L'homme connecté"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2014, Paris, France</w:t>
+              <w:t xml:space="preserve">Virtual Concept Workshop 2014, Innovation in product design and manufacture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2014, Colombia. pp.VC2014-0034</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01015491v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01064769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wireless communication system for microgrids management in islanding</w:t>
               </w:r>
@@ -6790,51 +6790,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655133v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nekane Azkona" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvaro Llaria" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Octavian Curea" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Recart" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronicmat3020014" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03645286v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Guillaume Grisot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore A. Philibert" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Guinamard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Menassol" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2022-vol85-art04" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03252635v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessye dos Santos" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Terrasson" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zina Boussaada" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Merlo" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en14092733" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03239017v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Jouven" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02895636v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bakni" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01346293v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Marra" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Voaden" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/138/1/012004" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01277792v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaime Jim&#233;nez" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app6030061" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01234057v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haritza Camblong" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aitor Etxeberria" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Hacala-Perret" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12008-015-0288-x" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01064643v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Briand" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Dup&#233;" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00912649v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ett.2625" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-4BF2MRRP-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00659030v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaime Jimenez" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00659067v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ionel Vechiu" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/03321641111091575" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01016175v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Bidarte" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00356410v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Marin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01016174v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Unai Bidarte" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24084/repqj06.342" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05081478v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Arrijuria" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697769v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwane Rezzouki" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SAS60918.2024.10636655" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876366v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Korota Arsene Coulibaly" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Hamlich" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabiae Saidi" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-77043-2_2" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638697v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ferr&#233;" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCAS58744.2024.10558370" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355348v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Augusto Slongo" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355176v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haritza Camblong Ruiz" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322864v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nesrine Boussaada" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03769649v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MELECON53508.2022.9842908" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03933646v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Yang" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Billaud" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISETC56213.2022.10010092" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03815372v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Borja Mill&#225;n" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesus Rey" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17979/spudc.9788497498418.0755" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04000850v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CISTEM55808.2022.10044049" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695379v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Auran" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Perrotton" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30420/565822267" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03481293v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03481401v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CiSt49399.2021.9357185" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03409446v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Villeneuve" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lartigau" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03469516v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03118390v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisca Segura" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038210v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Della-Libera" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICPS48405.2020.9274718" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020943v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155305v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268577v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Abi Akle" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri H. Masson" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02335310v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01973339v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2019.01.048" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01935769v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pierlot" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DASC.2018.8569602" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01973299v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2019.01.065" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654496v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Pilniere" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01140289v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harbil Arregui" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIT.2015.7125454" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01015590v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FTFC.2014.6828621" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01064769v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Kreckelbergh" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01015491v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00659029v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Luis Mart&#237;n" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aitzol Zuloaga" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01016178v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Andreu" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fern&#225;ndez-Navamuel" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Kortabarria" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. A. Alzola" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00432400v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00432394v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00356142v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20080706-5-KR-1001.01649" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00356134v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00356125v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03935293v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Deneuville" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03898594v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02089236v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655133v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nekane Azkona" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvaro Llaria" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Octavian Curea" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Recart" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronicmat3020014" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03645286v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Guillaume Grisot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore A. Philibert" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Guinamard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Menassol" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2022-vol85-art04" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03252635v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessye dos Santos" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Terrasson" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zina Boussaada" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Merlo" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en14092733" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03239017v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Jouven" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02895636v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bakni" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01346293v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Marra" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Voaden" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/138/1/012004" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01277792v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaime Jim&#233;nez" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app6030061" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01234057v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haritza Camblong" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aitor Etxeberria" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Hacala-Perret" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12008-015-0288-x" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01064643v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Briand" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Dup&#233;" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00912649v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ett.2625" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-4BF2MRRP-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00659030v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaime Jimenez" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00659067v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ionel Vechiu" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/03321641111091575" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01016175v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Bidarte" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00356410v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Marin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01016174v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Unai Bidarte" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24084/repqj06.342" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05081478v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Arrijuria" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697769v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwane Rezzouki" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SAS60918.2024.10636655" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876366v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Korota Arsene Coulibaly" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Hamlich" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabiae Saidi" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-77043-2_2" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638697v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ferr&#233;" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCAS58744.2024.10558370" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355348v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Augusto Slongo" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355176v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haritza Camblong Ruiz" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322864v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nesrine Boussaada" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03769649v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MELECON53508.2022.9842908" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03933646v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Yang" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Billaud" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISETC56213.2022.10010092" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03815372v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Borja Mill&#225;n" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesus Rey" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17979/spudc.9788497498418.0755" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04000850v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CISTEM55808.2022.10044049" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695379v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Auran" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Perrotton" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30420/565822267" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03481293v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03481401v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CiSt49399.2021.9357185" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03409446v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Villeneuve" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lartigau" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03469516v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03118390v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisca Segura" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038210v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Della-Libera" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICPS48405.2020.9274718" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020943v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155305v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268577v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Abi Akle" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri H. Masson" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02335310v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01973339v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2019.01.048" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01935769v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pierlot" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DASC.2018.8569602" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01973299v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2019.01.065" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654496v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Pilniere" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01140289v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harbil Arregui" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIT.2015.7125454" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01015590v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FTFC.2014.6828621" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01015491v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01064769v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Kreckelbergh" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00659029v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Luis Mart&#237;n" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aitzol Zuloaga" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01016178v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Andreu" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fern&#225;ndez-Navamuel" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Kortabarria" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. A. Alzola" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00432400v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00432394v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00356142v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20080706-5-KR-1001.01649" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00356134v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00356125v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03935293v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Deneuville" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03898594v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02089236v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>