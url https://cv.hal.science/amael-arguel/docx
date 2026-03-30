--- v0 (2026-03-10)
+++ v1 (2026-03-30)
@@ -3181,76 +3181,76 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">School students rely on their own opinion rather than the source expertise when evaluating videos</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Openness and epistemic justifications predict tendency to favor videos featuring experts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brivael Hémon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin de Checchi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Brivael Hémon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amaël Arguel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -3278,100 +3278,100 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EARLI SIG2 Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Valencia, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04713848v1</w:t>
+                <w:t xml:space="preserve">hal-04713845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Openness and epistemic justifications predict tendency to favor videos featuring experts</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">School students rely on their own opinion rather than the source expertise when evaluating videos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin de Checchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brivael Hémon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Kévin de Checchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amaël Arguel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -3399,51 +3399,51 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EARLI SIG2 Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Valencia, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04713845v1</w:t>
+                <w:t xml:space="preserve">hal-04713848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Application de Mobilité-en-tant-que-Service (MaaS) et gamification : influence de la quête sur le choix du mode de transport</w:t>
               </w:r>
@@ -4125,51 +4125,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973687v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brivael H&#233;mon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin de Checchi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ama&#235;l Arguel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Tr&#233;moli&#232;re" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Amadieu" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compedu.2025.105274" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987974v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Mugisha" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/educsci15030339" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04614172v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Avril" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#232;le Picco" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Lescarret" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Lemercier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trf.2024.06.004" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04379154v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Na&#239;la Even" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03596834v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kay-Dennis Boom" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matt Bower" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Siemon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10639-022-10921-z" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03596835v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Cau" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Sandov" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Breque" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Huet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm11051398" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03278686v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia B Harris" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Penny van Bergen" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophia A Harris" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Mcilwain" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00426-021-01533-2" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879633v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yeshe Colliver" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rauno Parrila" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09669760.2020.1779668" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744030v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lori Lockyer" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregor Kennedy" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Lodge" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariya Pachman" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10494820.2018.1457544" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093482v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Chai" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ottmar V Lipp" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2019.00163" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093483v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Hatfield" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ann Williamson" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. James James Kehoe" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Lemon" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aap.2018.06.012" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744028v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Perez-Concha" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Y.W. Li" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Y.S. Lau" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jep.12655" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744039v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feduc.2018.00049" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744027v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03004430.2016.1248958" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744029v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ottmar Lipp" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0735633116674732" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744026v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14742/ajet.3060" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744025v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana Laranjo" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Neves" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aideen Gallagher" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth Kaplan" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/amiajnl-2014-002841" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744024v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Ys Lau" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Dennis" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siaw-Teng Liaw" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Coiera" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/jmir.4734" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744036v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marleen Biederer" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingbo Liu" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744033v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Lau" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Dunn" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Mortimer" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Proudfoot" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/jmir.2682" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744034v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/resprot.2695" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744032v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Andrews" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacinta Crimmins" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/jmir.2414" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093484v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Jamet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chb.2008.12.014" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F3PW2HC0-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744031v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Arguel" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/th.713.0253" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744037v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713848v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin de Checchi" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713845v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04128486v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Caroux" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297944v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713857v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03724052v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03114238v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Sacher" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973687v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brivael H&#233;mon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin de Checchi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ama&#235;l Arguel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Tr&#233;moli&#232;re" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Amadieu" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compedu.2025.105274" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987974v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Mugisha" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/educsci15030339" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04614172v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Avril" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#232;le Picco" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Lescarret" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Lemercier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trf.2024.06.004" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04379154v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Na&#239;la Even" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03596834v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kay-Dennis Boom" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matt Bower" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Siemon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10639-022-10921-z" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03596835v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Cau" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Sandov" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Breque" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Huet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm11051398" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03278686v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia B Harris" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Penny van Bergen" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophia A Harris" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Mcilwain" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00426-021-01533-2" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879633v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yeshe Colliver" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rauno Parrila" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09669760.2020.1779668" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744030v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lori Lockyer" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregor Kennedy" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Lodge" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariya Pachman" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10494820.2018.1457544" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093482v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Chai" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ottmar V Lipp" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2019.00163" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093483v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Hatfield" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ann Williamson" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. James James Kehoe" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Lemon" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aap.2018.06.012" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744028v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Perez-Concha" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Y.W. Li" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Y.S. Lau" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jep.12655" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744039v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feduc.2018.00049" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744027v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03004430.2016.1248958" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744029v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ottmar Lipp" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0735633116674732" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744026v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14742/ajet.3060" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744025v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana Laranjo" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Neves" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aideen Gallagher" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth Kaplan" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/amiajnl-2014-002841" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744024v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Ys Lau" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Dennis" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siaw-Teng Liaw" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Coiera" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/jmir.4734" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744036v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marleen Biederer" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingbo Liu" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744033v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Lau" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Dunn" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Mortimer" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Proudfoot" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/jmir.2682" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744034v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/resprot.2695" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744032v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Andrews" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacinta Crimmins" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/jmir.2414" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093484v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Jamet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chb.2008.12.014" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F3PW2HC0-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744031v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Arguel" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/th.713.0253" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744037v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713845v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin de Checchi" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713848v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04128486v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Caroux" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297944v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713857v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03724052v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03114238v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Sacher" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>