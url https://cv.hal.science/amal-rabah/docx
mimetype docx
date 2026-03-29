--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -66,461 +66,461 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (2)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward understanding transport and chloride dynamics at the catchment scale by combining StorAge Selection functions and a hydrological model</w:t>
+                <w:t xml:space="preserve">Oracle-Orgeval, Long-term Research observatory of the critical zone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amal Rabah</w:t>
+                <w:t xml:space="preserve">Hocine Henine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alban de Lavenne</w:t>
+                <w:t xml:space="preserve">Agnès Rivière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria-Helena Ramos</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Arnaud Blanchouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Guillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Gaillardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly 2025</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">Poster de conférence</w:t>
+              <w:t xml:space="preserve">eLTER Science Conference 2025 Proceedings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Tampere (Finlande), Finland. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3897/aca.8.e153511⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05450731v1</w:t>
-[...129 lines deleted...]
-                <w:t xml:space="preserve">hal-05450743v1</w:t>
+                <w:t xml:space="preserve">hal-05145213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (1)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oracle-Orgeval, Long-term Research observatory of the critical zone</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Toward understanding transport and chloride dynamics at the catchment scale by combining StorAge Selection functions and a hydrological model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amal Rabah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban de Lavenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hocine Henine</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Maria-Helena Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">eLTER Science Conference 2025 Proceedings</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Tampere (Finlande), Finland. </w:t>
+              <w:t xml:space="preserve">EGU General Assembly 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2025, Vienna, Austria. 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu25-9559⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05450731v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Better mapping of groundwater-surface water exchanges over the Seine River catchment in a surface hydrological model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shu-Chen Hsu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban de Lavenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vazken Andréassian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amal Rabah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria-Helena Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EGU General Assembly 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, Vienna, Austria. </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3897/aca.8.e153511⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05145213v1</w:t>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu24-15833⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05450743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -538,51 +538,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of Geometry on Artificial Tracer Dispersion in Synthetic Karst Conduit Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amal Rabah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Marcoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -811,51 +811,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05450731v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Rabah" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban de Lavenne" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Helena Ramos" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu25-9559" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05450743v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shu-Chen Hsu" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vazken Andr&#233;assian" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-15833" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145213v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hocine Henine" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Rivi&#232;re" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Blanchouin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Guillon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gaillardet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/aca.8.e153511" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04532199v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Marcoux" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Labat" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w15223885" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145213v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hocine Henine" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Rivi&#232;re" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Blanchouin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Guillon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gaillardet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/aca.8.e153511" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05450731v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Rabah" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban de Lavenne" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Helena Ramos" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu25-9559" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05450743v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shu-Chen Hsu" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vazken Andr&#233;assian" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-15833" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04532199v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Marcoux" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Labat" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w15223885" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>