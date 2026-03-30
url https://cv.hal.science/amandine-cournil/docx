--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -85,6009 +85,6066 @@
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> ORCID : </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="#410a8c"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">0000-0002-6172-4761</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> IdRef : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="#410a8c"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">182628396</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="400"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (41)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (40)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">International norms for adult handgrip strength: A systematic review of data on 2.4 million adults aged 20 to 100+ years from 69 countries and regions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grant Tomkinson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justin Lang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lukáš Rubín</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ryan Mcgrath</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bethany Gower</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Sport and Health Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, pp.101014. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jshs.2024.101014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04863312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Predictors of COVID-19 vaccine hesitancy in Chad: a cross-sectional study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Rodrigue Takoudjou Dzomo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edmond Mbario</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oumaima Djarma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ndilbé Soumbatingar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouassede Madengar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Public Health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 10, pp.1063954. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fpubh.2022.1063954⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03982134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alarming Tuberculosis Rate Among People Who Inject Drugs in Vietnam</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Syphilis diagnosis and serological response to Benzathine Penicillin G among patients attending HIV clinics in N’Djaména, Chad</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luong Anh Ngoc</w:t>
+                <w:t xml:space="preserve">Chatté Adawaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dao Thi Dieu Thuy</w:t>
+                <w:t xml:space="preserve">Adda Oumar Souleymane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Nagot</w:t>
+                <w:t xml:space="preserve">Abdelrazzack Adoum Fouda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Laureillard</w:t>
+                <w:t xml:space="preserve">Oumaïma Djarma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Cournil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Open Forum Infectious Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/ofid/ofab548⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 108, pp.461-464. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijid.2021.05.051⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03678020v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03652866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Validation of the D:A:D chronic kidney disease risk score in people living with HIV : the IeDEA West Africa Cohort Collaboration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Poda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N.F. Kabore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Malateste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. De. Rekeneire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Semde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">HIV Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 22 (2), pp.113-121. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/hiv.12982⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03187062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Syphilis diagnosis and serological response to Benzathine Penicillin G among patients attending HIV clinics in N’Djaména, Chad</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">APOL1 Renal Risk Variants and Kidney Function in HIV-1–Infected People From Sub-Saharan Africa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adda Oumar Souleymane</w:t>
+                <w:t xml:space="preserve">Nongodo Firmin Kabore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Cournil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdelrazzack Adoum Fouda</w:t>
+                <w:t xml:space="preserve">Armel Poda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oumaïma Djarma</w:t>
+                <w:t xml:space="preserve">Laura Ciaffi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amandine Cournil</w:t>
+                <w:t xml:space="preserve">Elizabeth Binns-Roemer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Infectious Diseases</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 108, pp.461-464. </w:t>
+              <w:t xml:space="preserve">Kidney International Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 7 (3), pp.483 - 493. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijid.2021.05.051⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ekir.2021.10.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03652866v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03761557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">APOL1 Renal Risk Variants and Kidney Function in HIV-1–Infected People From Sub-Saharan Africa</w:t>
+                <w:t xml:space="preserve">A cohort study revealed high mortality among people who inject drugs in Hai Phong, Vietnam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nongodo Firmin Kabore</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Amandine Cournil</w:t>
+                <w:t xml:space="preserve">Vu Hai Vinh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Armel Poda</w:t>
+                <w:t xml:space="preserve">Roselyne Vallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Ciaffi</w:t>
+                <w:t xml:space="preserve">Hoang Thi Giang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elizabeth Binns-Roemer</w:t>
+                <w:t xml:space="preserve">Duong Thi Huong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khuat Thi Hai Oanh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kidney International Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ekir.2021.10.009⟩</w:t>
+              <w:t xml:space="preserve">Journal of Clinical Epidemiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 139, pp.38-48. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jclinepi.2021.07.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03761557v1</w:t>
+                <w:t xml:space="preserve">hal-03652990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A cohort study revealed high mortality among people who inject drugs in Hai Phong, Vietnam</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Growth, clinical and neurodevelopmental outcomes at school age are similar for children who received 1-year lamivudine or lopinavir/ritonavir HIV prophylaxis in early life</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roselyne Vallo</w:t>
+                <w:t xml:space="preserve">Nicolas Nagot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hoang Thi Giang</w:t>
+                <w:t xml:space="preserve">Mandisa Singata-Madliki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Cournil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Duong Thi Huong</w:t>
+                <w:t xml:space="preserve">Joyce Nalugya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Khuat Thi Hai Oanh</w:t>
+                <w:t xml:space="preserve">Souleymane Tassembedo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Epidemiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 139, pp.38-48. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (1), pp.3173. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jclinepi.2021.07.007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-021-82762-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03652990v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03561358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Growth, clinical and neurodevelopmental outcomes at school age are similar for children who received 1-year lamivudine or lopinavir/ritonavir HIV prophylaxis in early life</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Tenofovir resistance in early and long-term treated patients on first-line antiretroviral therapy in eight low-income and middle-income countries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mandisa Singata-Madliki</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
+                <w:t xml:space="preserve">Seth Inzaule</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael R Jordan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Cournil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Souleymane Tassembedo</w:t>
+                <w:t xml:space="preserve">Amalia Girón-Callejas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Santiango Avila-Rios</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-021-82762-8⟩</w:t>
+              <w:t xml:space="preserve">AIDS. Official journal of the international AIDS Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 34 (13), pp.1965-1969. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/QAD.0000000000002623⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03561358v1</w:t>
+                <w:t xml:space="preserve">hal-04946323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dolutegravir-based and low-dose efavirenz-based regimen for the initial treatment of HIV-1 infection (NAMSAL): week 96 results from a two-group, multicentre, randomised, open label, phase 3 non-inferiority trial in Cameroon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Calmy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Tamara Tovar-Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Charles Kouanfack</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Mpoudi-Etame</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Lancet HIV</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 7 (10), pp.e677-e687. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/S2352-3018(20)30238-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03337700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tenofovir resistance in early and long-term treated patients on first-line antiretroviral therapy in eight low-income and middle-income countries</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Towards Targeted Interventions in Low- and Middle-Income Countries: Risk Profiles of People Who Inject Drugs in Haiphong (Vietnam)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael Jordan</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Amandine Cournil</w:t>
+                <w:t xml:space="preserve">Adeline Riondel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Duong Thi Huong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amalia Girón-Callejas</w:t>
+                <w:t xml:space="preserve">Laurent Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Santiango Avila-Rios</w:t>
+                <w:t xml:space="preserve">Marianne Peries</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khuat Thi Hai Oanh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AIDS. Official journal of the international AIDS Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 34 (13), pp.1965-1969. </w:t>
+              <w:t xml:space="preserve">BioMed Research International </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 2020, pp.1-9. </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1097/QAD.0000000000002623⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1155/2020/8037193⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04946323v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02985437v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards Targeted Interventions in Low- and Middle-Income Countries: Risk Profiles of People Who Inject Drugs in Haiphong (Vietnam)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Validation of the D:A:D chronic kidney disease risk score in people living with HIV: the IeDEA West Africa Cohort Collaboration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Poda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nongodo Firmin Kabore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adeline Riondel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Duong Thi Huong</w:t>
+                <w:t xml:space="preserve">Karen Malateste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Michel</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Khuat Thi Hai Oanh</w:t>
+                <w:t xml:space="preserve">N. de Rekeneire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Semde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BioMed Research International </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1155/2020/8037193⟩</w:t>
+              <w:t xml:space="preserve">HIV Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/hiv.12982⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02985437v1</w:t>
+                <w:t xml:space="preserve">hal-03162143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validation of the D:A:D chronic kidney disease risk score in people living with HIV: the IeDEA West Africa Cohort Collaboration</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nongodo Firmin Kabore</w:t>
+                <w:t xml:space="preserve">Inclusion of pregnant women in antiretroviral drug research: what is needed to move forwards?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lee Fairlie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catriona Waitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karen Malateste</w:t>
+                <w:t xml:space="preserve">Shahin Lockman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. de Rekeneire</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">A. Semde</w:t>
+                <w:t xml:space="preserve">Michelle Moorhouse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elaine J Abrams</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">HIV Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/hiv.12982⟩</w:t>
+              <w:t xml:space="preserve">Journal of the International AIDS Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 22 (9), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jia2.25372⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03162143v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04892910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inclusion of pregnant women in antiretroviral drug research: what is needed to move forwards?</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Increasing levels of pretreatment HIV drug resistance and safety concerns for dolutegravir use in women of reproductive age</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shahin Lockman</w:t>
+                <w:t xml:space="preserve">Seth Chekata Inzaule</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michelle Moorhouse</w:t>
+                <w:t xml:space="preserve">Michael Jordan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Cournil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elaine J Abrams</w:t>
+                <w:t xml:space="preserve">Marco Vitoria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanni Ravasi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the International AIDS Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jia2.25372⟩</w:t>
+              <w:t xml:space="preserve">AIDS. Official journal of the international AIDS Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 33 (11), pp.1797-1799. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/QAD.0000000000002277⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04892910v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04955285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Increasing levels of pretreatment HIV drug resistance and safety concerns for dolutegravir use in women of reproductive age</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Chronic kidney disease and HIV in the era of antiretroviral treatment : findings from a 10-year cohort study in a west African setting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marco Vitoria</w:t>
+                <w:t xml:space="preserve">Nongodo Firmin Kaboré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armel Poda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giovanni Ravasi</w:t>
+                <w:t xml:space="preserve">Jacques Zoungrana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ollo Da</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Ciaffi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AIDS. Official journal of the international AIDS Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1097/QAD.0000000000002277⟩</w:t>
+              <w:t xml:space="preserve">BMC Nephrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 20 (1), pp.155. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12882-019-1335-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04955285v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02145746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chronic kidney disease and HIV in the era of antiretroviral treatment : findings from a 10-year cohort study in a west African setting</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">ART initiation in an outpatient treatment center in Dakar, Senegal: A retrospective cohort analysis (1998-2015)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacques Zoungrana</w:t>
+                <w:t xml:space="preserve">Ndeye Fatou Ngom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ollo Da</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laura Ciaffi</w:t>
+                <w:t xml:space="preserve">Mame Awa Faye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kiné Ndiaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aminata Thiam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cheikh Tidiane Ndour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Nephrology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12882-019-1335-9⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 13 (9), pp.e0202984. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0202984⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02145746v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02316526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nationwide Estimates of Viral Load Suppression and Acquired HIV Drug Resistance in Cameroon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle F Tchouwa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Eymard-Duvernay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Cournil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Lamare</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Serrano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EClinicalMedicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 1, pp.21-27. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.eclinm.2018.06.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ird-04877604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ART initiation in an outpatient treatment center in Dakar, Senegal: A retrospective cohort analysis (1998-2015)</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Formula-Feeding of HIV-Exposed Uninfected African Children Is Associated with Faster Growth in Length during the First 6 Months of Life in the Kesho Bora Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aminata Thiam</w:t>
+                <w:t xml:space="preserve">Kirsten Bork</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cheikh Tidiane Ndour</w:t>
+                <w:t xml:space="preserve">Cécile Cames</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Louise Newell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Read</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kossiwavi Ayassou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0202984⟩</w:t>
+              <w:t xml:space="preserve">Journal of Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 147 (3), pp.453-461. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3945/jn.116.242339⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02316526v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04917522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Smoking-associated morbidities on computed tomography lung cancer screens in HIV-infected smokers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Bommart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Cournil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Eymard-Duvernay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Raffi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Bouassida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">HIV Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 18 (10), pp.787--789. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/hiv.12517⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01761618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virological success after 12 and 24 months of antiretroviral therapy in sub-Saharan Africa: Comparing results of trials, cohorts and cross-sectional studies using a systematic review and meta-analysis</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
+                <w:t xml:space="preserve">Evolution of renal function in African patients initiating second line antiretroviral treatment: findings from the 2LADY-ANRS 12169 trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Cournil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arsène Hema</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Eymard-Duvernay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Ciaffi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Badiou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0174767⟩</w:t>
+              <w:t xml:space="preserve">Antiviral Therapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 22 (3), pp.195 - 203. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3851/IMP3097⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-01570233v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01808791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution of renal function in African patients initiating second line antiretroviral treatment: findings from the 2LADY-ANRS 12169 trial</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
+                <w:t xml:space="preserve">Virological success after 12 and 24 months of antiretroviral therapy in sub-Saharan Africa: Comparing results of trials, cohorts and cross-sectional studies using a systematic review and meta-analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Taieb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Madec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Cournil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Delaporte</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antiviral Therapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3851/IMP3097⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 12 (4), pp.e0174767. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0174767⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01808791v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-01570233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formula-Feeding of HIV-Exposed Uninfected African Children Is Associated with Faster Growth in Length during the First 6 Months of Life in the Kesho Bora Study</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">TDF and quantitative ultrasound bone quality in African patients on second line ART, ANRS 12169 2LADY sub-study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jennifer Read</w:t>
+                <w:t xml:space="preserve">Firmin Nongodo Kabore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Eymard-Duvernay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Zoungrana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Badiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kossiwavi Ayassou</w:t>
+                <w:t xml:space="preserve">Guillaume Bado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nutrition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 147 (3), pp.453-461. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 12 (11), pp.e0186686. </w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3945/jn.116.242339⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0186686⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04917522v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01832594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TDF and quantitative ultrasound bone quality in African patients on second line ART, ANRS 12169 2LADY sub-study</w:t>
+                <w:t xml:space="preserve">Incidence of infectious morbidity events after second-line antiretroviral therapy initiation in HIV-infected adults in Yaoundé, Cameroon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Firmin Nongodo Kabore</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId102" w:history="1">
+                <w:t xml:space="preserve">Adrien Galy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Ciaffi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Le Moing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Eymard-Duvernay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Bado</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hermine Abessolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0186686⟩</w:t>
+              <w:t xml:space="preserve">Antiviral Therapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 21 (6), pp.547 - 552. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3851/IMP3030⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01832594v1</w:t>
+                <w:t xml:space="preserve">hal-01877062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Incidence of infectious morbidity events after second-line antiretroviral therapy initiation in HIV-infected adults in Yaoundé, Cameroon</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Getting pregnant in HIV clinical trials: women’s choice and safety needs. The experience from the ANRS12169-2LADY and ANRS12286-MOBIDIP trials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Le Moing</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sabrina Eymard-Duvernay</w:t>
+                <w:t xml:space="preserve">Alexandra Serris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Zoungrana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hermine Abessolo</w:t>
+                <w:t xml:space="preserve">Mamadou Diallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roselyne Toby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Mpoudi Ngolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antiviral Therapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3851/IMP3030⟩</w:t>
+              <w:t xml:space="preserve">HIV Clinical Trials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 17 (6), pp.233 - 241. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/15284336.2016.1248624⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01877062v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01817778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Getting pregnant in HIV clinical trials: women’s choice and safety needs. The experience from the ANRS12169-2LADY and ANRS12286-MOBIDIP trials</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Origin of the HIV-1 group O epidemic in western lowland gorillas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roselyne Toby</w:t>
+                <w:t xml:space="preserve">Mirela d'Arc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mireille Mpoudi Ngolle</w:t>
+                <w:t xml:space="preserve">Ahidjo Ayouba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Esteban</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerald H Learn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanina Boué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">HIV Clinical Trials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/15284336.2016.1248624⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 112 (11), pp.E1343-E1352. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.1502022112⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01817778v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02057839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long-Term Follow-Up of Proteinuria and Estimated Glomerular Filtration Rate in HIV-Infected Patients with Tubular Proteinuria</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
+                <w:t xml:space="preserve">Early Infant Feeding Patterns and HIV-free Survival</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Cournil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jean-Paul Cristol</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe van de Perre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Cames</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle de Vincenzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer S. Read</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0142491⟩</w:t>
+              <w:t xml:space="preserve">Pediatric Infectious Disease Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 34 (2), pp.168 - 174. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/inf.0000000000000512⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01769468v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01651927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chest low-dose computed tomography for early lung cancer diagnosis as an opportunity to diagnose vertebral fractures in HIV-infected smokers, an ANRS EP48 HIV CHEST substudy</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
+                <w:t xml:space="preserve">Long-Term Follow-Up of Proteinuria and Estimated Glomerular Filtration Rate in HIV-Infected Patients with Tubular Proteinuria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Peyriere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Cournil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Pierre Lentz</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Laure Casanova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Badiou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Cristol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Acquired Immune Deficiency Syndromes - JAIDS</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1097/QAI.0000000000000599⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 10 (11), pp.e0142491. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0142491⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01987720v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01769468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Early Infant Feeding Patterns and HIV-free Survival</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
+                <w:t xml:space="preserve">Chest low-dose computed tomography for early lung cancer diagnosis as an opportunity to diagnose vertebral fractures in HIV-infected smokers, an ANRS EP48 HIV CHEST substudy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Thouvenin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Makinson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Cournil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Jennifer S. Read</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Eymard-Duvernay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lentz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pediatric Infectious Disease Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1097/inf.0000000000000512⟩</w:t>
+              <w:t xml:space="preserve">Journal of Acquired Immune Deficiency Syndromes - JAIDS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 69 (3), pp.299--305. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/QAI.0000000000000599⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01651927v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01987720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Origin of the HIV-1 group O epidemic in western lowland gorillas</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Long term reference change value of creatinine in HIV-positive patients with anti-retroviral therapy: A new tool in clinical practice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gerald H Learn</w:t>
+                <w:t xml:space="preserve">Stéfanie Badiou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Cournil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vanina Boué</w:t>
+                <w:t xml:space="preserve">Anne-Sophie Bargnoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Toubal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.M. Dupuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1073/pnas.1502022112⟩</w:t>
+              <w:t xml:space="preserve">Clinical Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 48 (9), pp.622-624. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.clinbiochem.2015.01.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02057839v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01767864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long term reference change value of creatinine in HIV-positive patients with anti-retroviral therapy: A new tool in clinical practice</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Postpartum weight change among HIV-infected mothers by antiretroviral prophylaxis and infant feeding modality in a research setting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Toubal</w:t>
+                <w:t xml:space="preserve">Cecile Cames</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Cournil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle de Vincenzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A.M. Dupuy</w:t>
+                <w:t xml:space="preserve">Philippe Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Meda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Biochemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.clinbiochem.2015.01.002⟩</w:t>
+              <w:t xml:space="preserve">AIDS. Official journal of the international AIDS Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 28 (1), pp.85-94. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/01.aids.0000433243.24481.c3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01767864v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02967698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Postpartum weight change among HIV-infected mothers by antiretroviral prophylaxis and infant feeding modality in a research setting</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
+                <w:t xml:space="preserve">Human Antibody Response to Aedes aegypti Saliva in an Urban Population in Bolivia: A New Biomarker of Exposure to Dengue Vector Bites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Souleymane Doucoure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Mouchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Cournil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Meda</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilbert Le Goff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Cornélie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AIDS. Official journal of the international AIDS Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1097/01.aids.0000433243.24481.c3⟩</w:t>
+              <w:t xml:space="preserve">American Journal of Tropical Medicine and Hygiene</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 87 (3), pp.504-510. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4269/ajtmh.2012.11-0477⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02967698v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03359027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Changes in sexual behaviour among HIV-infected women in west and east Africa in the first 24 months after delivery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eunice Irungu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthew F. Chersich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clarisse Sanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosemary Chege</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AIDS. Official journal of the international AIDS Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 26 (8), pp.997-1007. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1097/QAD.0b013e3283524ca1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04990126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Human Antibody Response to Aedes aegypti Saliva in an Urban Population in Bolivia: A New Biomarker of Exposure to Dengue Vector Bites</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Maternal anaemia and duration of zidovudine in antiretroviral regimens for preventing mother-to-child transmission: a randomized trial in three African countries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilbert Le Goff</w:t>
+                <w:t xml:space="preserve">Benn K.D. Sartorius</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew F. Chersich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Cornélie</w:t>
+                <w:t xml:space="preserve">Mary Mwaura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Meda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marleen Temmerman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Tropical Medicine and Hygiene</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4269/ajtmh.2012.11-0477⟩</w:t>
+              <w:t xml:space="preserve">BMC Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 13, pp.522. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1471-2334-13-522⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03359027v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04990694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maternal anaemia and duration of zidovudine in antiretroviral regimens for preventing mother-to-child transmission: a randomized trial in three African countries</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Matthew F. Chersich</w:t>
+                <w:t xml:space="preserve">Maternal HIV-1 Disease Progression 18–24 Months Postdelivery According to Antiretroviral Prophylaxis Regimen (Triple-Antiretroviral Prophylaxis During Pregnancy and Breastfeeding vs Zidovudine/Single-Dose Nevirapine Prophylaxis): The Kesho Bora Randomized Controlled Trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Meda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mary Mwaura</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Meda</w:t>
+                <w:t xml:space="preserve">Nigel Rollins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marleen Temmerman</w:t>
+                <w:t xml:space="preserve">Stanley Luchters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Reyners</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruth Nduati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Infectious Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/1471-2334-13-522⟩</w:t>
+              <w:t xml:space="preserve">Clinical Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 55 (3), pp.449-460. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/cid/cis461⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04990694v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04990178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maternal HIV-1 Disease Progression 18–24 Months Postdelivery According to Antiretroviral Prophylaxis Regimen (Triple-Antiretroviral Prophylaxis During Pregnancy and Breastfeeding vs Zidovudine/Single-Dose Nevirapine Prophylaxis): The Kesho Bora Randomized Controlled Trial</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId182" w:history="1">
+                <w:t xml:space="preserve">Safety and effectiveness of antiretroviral drugs during pregnancy, delivery and breastfeeding for prevention of mother-to-child transmission of HIV-1: the Kesho Bora Multicentre Collaborative Study rationale, design, and implementation challenges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Meda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nigel Rollins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanley Luchters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Reyners</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ruth Nduati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Infectious Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/cid/cis461⟩</w:t>
+              <w:t xml:space="preserve">Contemporary Clinical Trials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 32 (1), pp.74-85. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cct.2010.09.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04990178v1</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04989651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Safety and effectiveness of antiretroviral drugs during pregnancy, delivery and breastfeeding for prevention of mother-to-child transmission of HIV-1: the Kesho Bora Multicentre Collaborative Study rationale, design, and implementation challenges</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId182" w:history="1">
+                <w:t xml:space="preserve">Triple antiretroviral compared with zidovudine and single-dose nevirapine prophylaxis during pregnancy and breastfeeding for prevention of mother-to-child transmission of HIV-1 (Kesho Bora study): a randomised controlled trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle de Vincenzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tim Farley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Meda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nigel Rollins</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Ruth Nduati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Contemporary Clinical Trials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 32 (1), pp.74-85. </w:t>
+              <w:t xml:space="preserve">The Lancet Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 11 (3), pp.171-180. </w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cct.2010.09.008⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/S1473-3099(10)70288-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04989651v1</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04989774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Triple antiretroviral compared with zidovudine and single-dose nevirapine prophylaxis during pregnancy and breastfeeding for prevention of mother-to-child transmission of HIV-1 (Kesho Bora study): a randomised controlled trial</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hair Trace Elements Concentration to Describe Polymetallic Mining Waste Exposure in Bolivian Altiplano</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tim Farley</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Flavia Laura Barbieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Cournil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge Eduardo Souza Sarkis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Bénéfice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Gardon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Lancet Infectious Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S1473-3099(10)70288-7⟩</w:t>
+              <w:t xml:space="preserve">Biological Trace Element Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 139 (1), pp.10-23. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12011-010-8641-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04989774v1</w:t>
+                <w:t xml:space="preserve">hal-02431922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hair Trace Elements Concentration to Describe Polymetallic Mining Waste Exposure in Bolivian Altiplano</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Eric Bénéfice</w:t>
+                <w:t xml:space="preserve">Eighteen-Month Follow-Up of HIV-1–Infected Mothers and Their Children Enrolled in the Kesho Bora Study Observational Cohorts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Meda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stanley Luchters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Reyners</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruth Nduati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Gardon</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Paulin Fao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biological Trace Element Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 139 (1), pp.10-23. </w:t>
+              <w:t xml:space="preserve">Journal of Acquired Immune Deficiency Syndromes - JAIDS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 54 (5), pp.533-541. </w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s12011-010-8641-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1097/QAI.0b013e3181e36634⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02431922v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04988967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Handgrip Strength : indications of Paternal Inheritance in Three European Regions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Cournil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Cournil</w:t>
+                <w:t xml:space="preserve">B Jeune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B Jeune</w:t>
+                <w:t xml:space="preserve">A Skytthe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Skytthe</w:t>
+                <w:t xml:space="preserve">J Gampe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G Passarino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journals of Gerontology Series A: Biological Sciences and Medical Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 65 (10), pp.1101-1106. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/gerona/glq098⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03477725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eighteen-Month Follow-Up of HIV-1–Infected Mothers and Their Children Enrolled in the Kesho Bora Study Observational Cohorts</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mercury exposure in a high fish eating Bolivian Amazonian population with intense small-scale gold-mining activities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavia Laura Barbieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Cournil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Gardon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Acquired Immune Deficiency Syndromes - JAIDS</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1097/QAI.0b013e3181e36634⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Environmental Health Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 19 (4), pp.267-277. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/09603120802559342⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04988967v1</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02429036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mercury exposure in a high fish eating Bolivian Amazonian population with intense small-scale gold-mining activities</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
+                <w:t xml:space="preserve">Epilepsy in Onchocerciasis Endemic Areas: Systematic Review and Meta-analysis of Population-Based Surveys.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Pion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christoph Kaiser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernand Boutros-Toni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Cournil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melanie M Taylor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Environmental Health Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/09603120802559342⟩</w:t>
+              <w:t xml:space="preserve">PLoS Neglected Tropical Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 3 (6), pp.e461. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pntd.0000461⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02429036v1</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00408205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Poster de conférence (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Epilepsy in Onchocerciasis Endemic Areas: Systematic Review and Meta-analysis of Population-Based Surveys.</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
+                <w:t xml:space="preserve">APOL1 high risk genotype has an adverse impact on kidney function in African HIV-infected patients with high viral load</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nongodo Firmin Kaboré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Ciaffi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Cournil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Melanie M Taylor</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Poda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Eymard-Duvernay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Neglected Tropical Diseases</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-00408205v1</w:t>
+              <w:t xml:space="preserve">17th European AIDS Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Bâle, Switzerland. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wiley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, HIV Medicine, 20 (Suppl. 9), pp.148 / PE9/75, 2019, Abstracts of the 17th European AIDS Conference, Basel, Switzerland, 6-9 November 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05566600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is it possible to measure life expectancy at 110 in France?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Supercentenarians in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Meslé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Vallin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F Meslé</w:t>
+                <w:t xml:space="preserve">Jean-Marie Robine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J Vallin</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">G Desplanques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Cournil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">H. Maier; J. Gampe; B. Jeune; J. M. Robine; J. Vaupel. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Supercentenarians</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Springer-Verlag, pp.231-245, 2010, 9783642115202. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-642-11520-2_14⟩</w:t>
+              <w:t xml:space="preserve">, Springer-Verlag, pp.119-136, 2010, 9783642115202. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-11520-2_7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03707533v1</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03707599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Supercentenarians in France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Is it possible to measure life expectancy at 110 in France?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Meslé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Vallin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F Meslé</w:t>
+                <w:t xml:space="preserve">Jean-Marie Robine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J Vallin</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">G Desplanques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Cournil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">H. Maier; J. Gampe; B. Jeune; J. M. Robine; J. Vaupel. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Supercentenarians</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Springer-Verlag, pp.119-136, 2010, 9783642115202. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-642-11520-2_7⟩</w:t>
+              <w:t xml:space="preserve">, Springer-Verlag, pp.231-245, 2010, 9783642115202. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-11520-2_14⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03707599v1</w:t>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03707533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The International Database on Longevity: Structure and contents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Cournil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Robine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H Maier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Gampe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jw Vaupel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">H. Maier; J. Gampe; B. Jeune; J. M. Robine; J. Vaupel. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Supercentenarians</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer-Verlag, pp.31-40, 2010, 9783642115202. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-642-11520-2_2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03707540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6097,168 +6154,168 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réponse IgG spécifique à la salive d’Aedes aegypti dans une population urbaine bolivienne : vers un nouveau biomarqueur d’exposition aux piqûres du vecteur de la dengue ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Mouchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Cournil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Souliman Doucouré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilbert Le Goff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Cornelie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XVe Actualités du Pharo</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2009, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03581884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId254"/>
+      <w:footerReference w:type="default" r:id="rId252"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -6326,51 +6383,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="52D9A6C6"/>
+    <w:nsid w:val="71EBC623"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6557,51 +6614,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/amandine-cournil" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6172-4761" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863312v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grant Tomkinson" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Lang" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luk&#225;&#353; Rub&#237;n" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan Mcgrath" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bethany Gower" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jshs.2024.101014" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03982134v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Rodrigue Takoudjou Dzomo" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmond Mbario" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumaima Djarma" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ndilb&#233; Soumbatingar" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouassede Madengar" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpubh.2022.1063954" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03678020v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen Thu Trang" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luong Anh Ngoc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dao Thi Dieu Thuy" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Nagot" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Laureillard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ofid/ofab548" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03187062v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Poda" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.F. Kabore" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Malateste" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. De. Rekeneire" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Semde" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/hiv.12982" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03652866v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chatt&#233; Adawaye" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adda Oumar Souleymane" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelrazzack Adoum Fouda" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouma&#239;ma Djarma" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Cournil" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijid.2021.05.051" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761557v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nongodo Firmin Kabore" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armel Poda" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Ciaffi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Binns-Roemer" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ekir.2021.10.009" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03652990v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vu Hai Vinh" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roselyne Vallo" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoang Thi Giang" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duong Thi Huong" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khuat Thi Hai Oanh" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclinepi.2021.07.007" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03561358v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mandisa Singata-Madliki" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joyce Nalugya" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souleymane Tassembedo" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-82762-8" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03337700v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Calmy" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamara Tovar Sanchez" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Kouanfack" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Mpoudi-Etame" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Leroy" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2352-3018(20)30238-1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946323v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seth Inzaule" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Jordan" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amalia Gir&#243;n-Callejas" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiango Avila-Rios" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/QAD.0000000000002623" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02985437v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Riondel" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Michel" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Peries" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2020/8037193" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03162143v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Malateste" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. de Rekeneire" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04892910v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lee Fairlie" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catriona Waitt" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shahin Lockman" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Moorhouse" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elaine J Abrams" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jia2.25372" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955285v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seth Chekata Inzaule" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Vitoria" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Ravasi" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/QAD.0000000000002277" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02145746v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nongodo Firmin Kabor&#233;" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Zoungrana" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ollo Da" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12882-019-1335-9" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04877604v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle F Tchouwa" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Eymard-Duvernay" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Lamare" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Serrano" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eclinm.2018.06.005" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316526v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ndeye Fatou Ngom" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mame Awa Faye" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kin&#233; Ndiaye" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aminata Thiam" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheikh Tidiane Ndour" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0202984" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761618v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bommart" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cournil" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Eymard-Duvernay" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Raffi" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bouassida" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/hiv.12517" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01570233v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Taieb" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Madec" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Delaporte" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0174767" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808791v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ars&#232;ne Hema" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Badiou" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3851/IMP3097" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917522v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirsten Bork" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Cames" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Louise Newell" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Read" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kossiwavi Ayassou" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3945/jn.116.242339" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01832594v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Firmin Nongodo Kabore" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bado" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0186686" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01877062v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Galy" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Le Moing" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermine Abessolo" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3851/IMP3030" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817778v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Serris" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Diallo" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roselyne Toby" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Mpoudi Ngolle" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15284336.2016.1248624" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01769468v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Peyriere" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Casanova" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Cristol" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0142491" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01987720v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Thouvenin" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Makinson" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lentz" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/QAI.0000000000000599" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01651927v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe van de Perre" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle de Vincenzi" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer S. Read" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/inf.0000000000000512" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02057839v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirela d'Arc" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahidjo Ayouba" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Esteban" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald H Learn" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanina Bou&#233;" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1502022112" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01767864v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;fanie Badiou" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Bargnoux" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Toubal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Dupuy" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinbiochem.2015.01.002" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02967698v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Cames" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gaillard" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Meda" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/01.aids.0000433243.24481.c3" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990126v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eunice Irungu" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew F. Chersich" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Sanon" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosemary Chege" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/QAD.0b013e3283524ca1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03359027v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souleymane Doucoure" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Mouchet" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Le Goff" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Corn&#233;lie" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4269/ajtmh.2012.11-0477" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990694v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benn K.D. Sartorius" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary Mwaura" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marleen Temmerman" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2334-13-522" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990178v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nigel Rollins" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanley Luchters" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Reyners" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth Nduati" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cid/cis461" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04989651v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cct.2010.09.008" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4KPCT5MN-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04989774v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Farley" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1473-3099(10)70288-7" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FDXD4JMX-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431922v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavia Laura Barbieri" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Eduardo Souza Sarkis" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric B&#233;n&#233;fice" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gardon" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12011-010-8641-1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F4A2F4EA1C1694933AC9EB44BF0AF81D77FFAB8D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03477725v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Cournil" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Jeune" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Skytthe" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Gampe" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Passarino" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gerona/glq098" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04988967v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulin Fao" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/QAI.0b013e3181e36634" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429036v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09603120802559342" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408205v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Pion" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Kaiser" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernand Boutros-Toni" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie M Taylor" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0000461" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03707533v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Mesl&#233;" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Vallin" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Robine" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Desplanques" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-11520-2_14" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03707599v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-11520-2_7" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03707540v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Maier" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jw Vaupel" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-11520-2_2" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03581884v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souliman Doucour&#233;" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Cornelie" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/amandine-cournil" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6172-4761" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/182628396" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863312v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grant Tomkinson" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Lang" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luk&#225;&#353; Rub&#237;n" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan Mcgrath" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bethany Gower" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jshs.2024.101014" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03982134v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Rodrigue Takoudjou Dzomo" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmond Mbario" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumaima Djarma" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ndilb&#233; Soumbatingar" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouassede Madengar" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpubh.2022.1063954" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03652866v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chatt&#233; Adawaye" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adda Oumar Souleymane" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelrazzack Adoum Fouda" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouma&#239;ma Djarma" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Cournil" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijid.2021.05.051" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03187062v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Poda" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.F. Kabore" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Malateste" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. De. Rekeneire" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Semde" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/hiv.12982" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761557v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nongodo Firmin Kabore" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armel Poda" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Ciaffi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Binns-Roemer" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ekir.2021.10.009" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03652990v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vu Hai Vinh" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roselyne Vallo" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoang Thi Giang" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duong Thi Huong" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khuat Thi Hai Oanh" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclinepi.2021.07.007" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03561358v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Nagot" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mandisa Singata-Madliki" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joyce Nalugya" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souleymane Tassembedo" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-82762-8" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946323v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seth Inzaule" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael R Jordan" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amalia Gir&#243;n-Callejas" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiango Avila-Rios" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/QAD.0000000000002623" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03337700v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Calmy" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamara Tovar-Sanchez" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Kouanfack" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Mpoudi-Etame" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Leroy" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2352-3018(20)30238-1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02985437v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Riondel" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Michel" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Peries" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2020/8037193" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03162143v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Malateste" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. de Rekeneire" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04892910v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lee Fairlie" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catriona Waitt" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shahin Lockman" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Moorhouse" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elaine J Abrams" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jia2.25372" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955285v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seth Chekata Inzaule" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Jordan" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Vitoria" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Ravasi" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/QAD.0000000000002277" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02145746v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nongodo Firmin Kabor&#233;" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Zoungrana" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ollo Da" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12882-019-1335-9" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316526v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ndeye Fatou Ngom" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mame Awa Faye" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kin&#233; Ndiaye" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aminata Thiam" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheikh Tidiane Ndour" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0202984" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04877604v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle F Tchouwa" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Eymard-Duvernay" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Lamare" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Serrano" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eclinm.2018.06.005" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917522v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirsten Bork" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Cames" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Louise Newell" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Read" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kossiwavi Ayassou" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3945/jn.116.242339" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761618v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bommart" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cournil" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Eymard-Duvernay" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Raffi" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bouassida" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/hiv.12517" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808791v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ars&#232;ne Hema" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Badiou" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3851/IMP3097" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01570233v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Taieb" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Madec" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Delaporte" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0174767" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01832594v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Firmin Nongodo Kabore" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bado" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0186686" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01877062v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Galy" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Le Moing" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermine Abessolo" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3851/IMP3030" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817778v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Serris" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Diallo" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roselyne Toby" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Mpoudi Ngolle" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15284336.2016.1248624" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02057839v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirela d'Arc" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahidjo Ayouba" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Esteban" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald H Learn" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanina Bou&#233;" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1502022112" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01651927v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe van de Perre" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle de Vincenzi" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer S. Read" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/inf.0000000000000512" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01769468v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Peyriere" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Casanova" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Cristol" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0142491" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01987720v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Thouvenin" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Makinson" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lentz" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/QAI.0000000000000599" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01767864v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;fanie Badiou" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Bargnoux" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Toubal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Dupuy" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinbiochem.2015.01.002" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02967698v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Cames" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gaillard" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Meda" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/01.aids.0000433243.24481.c3" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03359027v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souleymane Doucoure" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Mouchet" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Le Goff" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Corn&#233;lie" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4269/ajtmh.2012.11-0477" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990126v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eunice Irungu" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew F. Chersich" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Sanon" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosemary Chege" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/QAD.0b013e3283524ca1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990694v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benn K.D. Sartorius" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary Mwaura" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marleen Temmerman" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2334-13-522" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990178v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nigel Rollins" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanley Luchters" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Reyners" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth Nduati" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cid/cis461" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04989651v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cct.2010.09.008" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4KPCT5MN-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04989774v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Farley" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1473-3099(10)70288-7" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FDXD4JMX-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431922v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavia Laura Barbieri" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Eduardo Souza Sarkis" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric B&#233;n&#233;fice" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gardon" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12011-010-8641-1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F4A2F4EA1C1694933AC9EB44BF0AF81D77FFAB8D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04988967v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulin Fao" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/QAI.0b013e3181e36634" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03477725v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Cournil" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Jeune" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Skytthe" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Gampe" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Passarino" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gerona/glq098" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429036v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09603120802559342" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408205v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Pion" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Kaiser" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernand Boutros-Toni" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie M Taylor" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0000461" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05566600v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/toc/14681293/2019/20/S9" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03707599v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Mesl&#233;" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Vallin" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Robine" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Desplanques" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-11520-2_7" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03707533v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-11520-2_14" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03707540v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Maier" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jw Vaupel" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-11520-2_2" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03581884v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souliman Doucour&#233;" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Cornelie" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>