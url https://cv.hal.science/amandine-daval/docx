--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Amandine DAVAL </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sulfamethazine biodegradation in sediments is driven by chronic exposure concentrations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Rogue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Miège</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Bonnineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Daval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Depret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecotoxicology and Environmental Safety</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 303, pp.118785. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecoenv.2025.118785⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05218367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calibration comparison between two passive samplers -o-DGT and POCIS- for 109 hydrophilic emerging and priority organic compounds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertille Bonnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mazzella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Boutet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Daval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Miège</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 869, pp.161720. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2023.161720⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03958711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of a karst system (France) on extended spectrum beta-lactamase (ESBL)-producing Escherichia coli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Henriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Celle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Klaba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Biguenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Miège</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 230, pp.119582. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.watres.2023.119582⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04157633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determination of diffusion coefficients in agarose and polyacrylamide gels for 112 organic chemicals for passive sampling by organic Diffusive Gradients in Thin films (o-DGT)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertille Bonnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Miege</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Daval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Fauvelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mazzella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Pollution Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 29 (17), pp.25799-25809. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11356-021-17563-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03515101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élimination de micropolluants des eaux résiduaires urbaines par ozonation : retour d'expérience de la station d'épuration de Sophia Antipolis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Penru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Choubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Mathon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Esperanza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TSM. Techniques Sciences Méthodes – Génie urbain, génie rural</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 6, pp.71-83. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/tsm/20186p71⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02607570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traitement des micropolluants émergents par ozonation tertiaire. Performances de la station d’épuration des Bouillides, Sophia-Antipolis, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Penru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Miege</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Daval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Esperanza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aqua & Gas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 2017 (1), pp.8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02605912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation technique, économique et environnementale de procédés de traitement complémentaire avancés pour l’élimination des micropolluants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Besnault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Martin Ruel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Baig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Heiniger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Esperanza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TSM. Techniques Sciences Méthodes – Génie urbain, génie rural</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 3, pp.67-83</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02601264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Protocoles d'échantillonnage et d'analyses classiques et innovantes des échantillons de source et de mélange pour la caractérisation biogéochimique des eaux de surface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Duwig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Baduel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Boukra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Cournoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Projet CHYPSTER, Livrable WP2-1, Rapport final, INRAE - RiverLy; IGE – Institut des Géosciences de l’Environnement; LEM - UMR 5557. 2024, 65 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04734487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de la stabilité des étalons analytiques pour la surveillance des milieux aquatiques -Cas des antibiotiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Guillemain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Philippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Boutet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Daval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Margoum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE RiverLy; AQUAREF. 2021, pp.42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03969660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution relative des flux de contaminants particulaires et dissous dans le Gier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aymeric Dabrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Delile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Mathon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Bretier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lysiane Dherret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] INRAE. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03293153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Origine et devenir des contaminants PHARMAceutiques dans les Bassins Versants agricoles. Le cas de la Claduègne (Ardèche). PHARMA-BV, Rapport final</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Martins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Nord</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Duwig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Legout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Christine Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Université Grenoble Alpes (UGA); Institut des géosciences de l’environnement (IGE); Irstea; Cermosem. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03792642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élimination de substances prioritaires et émergentes des eaux résiduaires urbaines par ozonation : évaluations technique, énergétique, environnementale. Rapport final du projet MICROPOLIS-PROCEDES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Choubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Penru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Mathon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Esperanza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2017, pp.167</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02606367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photodégradation de micropolluants organiques sous rayonnement solaire en zone de rejet végétalisée de type bassin. Rapport final</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Mathon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Vandycke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Coquery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Bados</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Daval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2017, pp.63</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02606309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elimination de micropolluants prioritaires et émergents des eaux résiduaires urbaines par les bioréacteurs à membranes immergées (BRM). Rapport final de l’action 34</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Choubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Crétollier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lejeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Dherret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Le Ménach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2016, pp.105</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02603524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement d’une méthodologie pour l'amélioration du suivi chimique des eaux continentales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Recoura Massaquant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Geffard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Besse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Chaumot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2014, pp.66</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02601928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réduction des micropolluants par les traitements complémentaires : procédés d'oxydation avancée, adsorption sur charbon actif (ARMISTIQ – Action A)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Besnault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Baig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Budzinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Le Ménach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2014, pp.71</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02600028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (18)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diagnostic des impacts écotoxicologiques des substances pharmaceutiques en cours d'eau : translocation de communautés microbiennes périphytiques et mesures de tolérance (PICT)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Rogue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Miège</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Bonnineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernadette Volat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rosy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire scientifique - Flux polluants écotoxicologie et écosystèmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Zone Atelier Bassin du Rhône (ZABR), Oct 2023, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04372508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'approche PICT pour évaluer in situ l'adaptation et la résilience de biofilms périphytiques aux substances pharmaceutiques : expérience de translocation dans un cours d'eau contaminé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Rogue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Miège</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Bonnineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernadette Volat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rosy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11e congres de l'Association Francophone d’Écologie Microbienne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Francophone d’Écologie Microbienne (AFEM), Oct 2023, Carqueiranne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04373751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biosurveillance d'activités stéroïdiennes et dioxin-like dans les eaux de surface françaises par une approche couplant bioessais et échantillonnage ponctuel et passif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Chardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Maillot-Marechal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Piccini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Daval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Miege</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque de la Société Française d'Ecotoxicologie Fondamentale et Appliquée (SEFA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ineris-03225056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Devenir des micropolluants et bioindicateur lipidique en Zone de rejet végétalisée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Choubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Le Guédard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Mathon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Crétollier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnold-Fred Imig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de restitution du programme ZRV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Valence, France. pp.18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02609266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bioassay-based profiling of steroid- and dioxin-like activities in French river waters using grab and integrative sampling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Chardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Maillot-Marechal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Piccini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Daval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Miege</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29. SETAC Europe annual meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Helsinki, Finland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ineris-03225046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment micropollutants removal by full scale tertiary ozonation performance through chemical and effect-based analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Penru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Creusot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Couteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Miege</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23. International Ozone Association World Congress (IOA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Washington DC, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ineris-01853574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indicateurs chimiques de performances de traitement des micropolluants par ozonation tertiaire : application sur la station d’épuration de Sophia-Antipolis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Penru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Miege</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Daval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Dherret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASTEE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Liège, Belgique. pp.2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02606312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emerging contaminants removal by full-scale ozonation tertiary treatment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Penru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Miege</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Roussel Galle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Dherret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd specialized international conference Ecotechnologies for wastewater treatment 2016 (ecoSTP2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Cambridge, United Kingdom. pp.5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02605916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elimination des micropolluants par ozonation tertiaire, exemple de la station d'épuration de Sophia-Antipolis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Penru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Miege</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Daval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Dherret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22èmes Journées Information Eaux (JIE 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Poitiers, France. 6 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01417885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of secondary effluent quality on micropollutants removal at full-scale ozonation tertiary treatment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Penru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Miege</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Crétollier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Roussel Galle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EA3G 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Las Vegas, United States. pp.8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02605915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combination of passive samplers to monitor the chemical status of 6 French rivers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Larrose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Assoumani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Dabrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Dherret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Gahou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science for the environment 2015, 3rd International Conference, environmental monitoring and assessment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Aarhus, Denmark. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02602000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le double enjeu de l’analyse chimique ciblée, Evaluer l’efficacité des procédés de traitement étudiés et sélectionner les micropolluants pertinents pour caractériser ces procédés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.J. Capdeville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Serveto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Roussel Galle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Dherret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Bados</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque final du programme de recherche ECHIBIOTEB - Outils innovants d’échantillonnage, d’analyses chimiques et biologiques pour le suivi de traitements avancés des eaux usées et des boues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2015, Villeurbanne, France. pp.72</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02602365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is passive sampling suitable for monitoring the contamination of surface waters? Results for French rivers influenced by various anthropic pressures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Larrose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Assoumani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Dabrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Dherret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Gahou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th Symposium for European Freshwater Sciences 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Geneva, Switzerland. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02602001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Removal of refractory micropollutants by a full-scale ozonation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Penru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Miege</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Roussel Galle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Dherret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IWA Micropol &amp; Ecohazard</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Singapore, Singapore. pp.2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02602374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phototransformation of selected xenobiotics in the context of planted discharge area</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Mathon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Miege</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Bados</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Daval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Coquery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Micropol &amp; Ecohazard Conference 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Singapour, Singapore. pp.21</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02602180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimisation of full-scale ozonation tertiary treatment for micropollutants removal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Penru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Miege</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Roussel Galle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Dherret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Crétollier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd IOA World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Barcelone, Spain. pp.6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02602372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimisation of full-scale ozonation tertiary treatment for micropollutants removal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Penru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Miege</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Roussel Galle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Dherret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IWA world water congress and exhibition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Lisbon, Portugal. pp.3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02600990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combinaison innovante d’outils chimiques et biologiques pour caractériser l’efficacité des traitements tertiaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.J. Capdeville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Serveto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Budzinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bruchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Ait Aissa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">93ème congrès de l'ASTEE "Innover dans les services publics locaux de l'environnement"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Orléans, France. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02600270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visite des bassins instrumentés « Olivier de Serres » de l’OHMCV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observatoire Hydrométérologique Méditerranéen Cévennes-Vivarais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Nord</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Boudevillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Boubkraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Guyard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de l’Infrastructure de Recherche OZCAR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04572459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Origine et devenir des contaminants PHARMAceutiques dans les Bassins Versants agricoles. Le cas de la Claduègne (Ardèche). PHARMA-BV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Martins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Coquery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Robinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Nord</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Duwig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019, pp.2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02609731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In situ translocation experiment to assess the adaptation and resilience of periphytic communities to pharmaceutical substances using a PICT approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Rogue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Miège</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Bonnineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernadette Volat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rosy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Conference in Microbial Ecotoxicology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04372475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimisation de la méthode QuEChERS pour l'analyse des micropolluants organiques dans les matrices environnementales complexes : applications aux contaminants agricoles et urbains dans les matrices végétales et les sédiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Guillemain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Daval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Miege</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Margoum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13ème congrès francophone sur les sciences séparatives et les couplages de l'AFSEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Paris, France. pp.1, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02609290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization of QuEChERS method for the determination of organic micropollutants in complex environmental matrices: applications for agricultural and urban contaminants in leaf litter and sediments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Guillemain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Daval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Miege</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Margoum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16 th International Conference on Chemistry and Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Oslo, Norway. pp.1, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02606445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A multiresidue method to evaluate emerging micropollutants levels in waters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Lionard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Serveto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Desbiolles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Daval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Coquery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental monitoring and assessment: Challenges and opportunities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Aarhus, Denmark. pp.1, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02602015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of full-scale ozonation tertiary treatment for micropollutants removal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Penru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Miege</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Roussel Galle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Dherret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IWA Let 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Hong Kong, pp.1, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02602373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ECHIBIOTEB : Outils innovants d’échantillonnage, d’analyses chimiques et biologiques pour le suivi des traitements avancés des eaux usées et des boues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.J. Capdeville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Miege</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Serveto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Bados</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Roussel Galle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8ème journée Ecotechnologies ANR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, Paris, France. pp.1, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02600272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId140"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Amandine DAVAL </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sources et transfert des contaminants organiques sur le bassin de la Claduègne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Margoum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavien Perotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nico Hachgenei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Baduel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réunion publique, projet ANR CHYPSTER</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2026, Mirabel (Ardèche), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05558021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In situ translocation experiment to assess the adaptation and resilience of periphytic communities to pharmaceutical substances using a PICT approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Rogue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Miège</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Bonnineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernadette Volat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rosy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Conference in Microbial Ecotoxicology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04372475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimisation de la méthode QuEChERS pour l'analyse des micropolluants organiques dans les matrices environnementales complexes : applications aux contaminants agricoles et urbains dans les matrices végétales et les sédiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Guillemain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Daval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Miege</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Margoum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13ème congrès francophone sur les sciences séparatives et les couplages de l'AFSEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Paris, France. pp.1, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02609290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization of QuEChERS method for the determination of organic micropollutants in complex environmental matrices: applications for agricultural and urban contaminants in leaf litter and sediments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Guillemain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Daval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Miege</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Margoum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16 th International Conference on Chemistry and Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Oslo, Norway. pp.1, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02606445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A multiresidue method to evaluate emerging micropollutants levels in waters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Lionard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Serveto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Desbiolles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Daval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Coquery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental monitoring and assessment: Challenges and opportunities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Aarhus, Denmark. pp.1, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02602015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of full-scale ozonation tertiary treatment for micropollutants removal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Penru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Miege</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Roussel Galle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Dherret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IWA Let 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Hong Kong, pp.1, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02602373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ECHIBIOTEB : Outils innovants d’échantillonnage, d’analyses chimiques et biologiques pour le suivi des traitements avancés des eaux usées et des boues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.J. Capdeville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Miege</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Serveto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Bados</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Roussel Galle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8ème journée Ecotechnologies ANR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, Paris, France. pp.1, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02600272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sulfamethazine biodegradation in sediments is driven by chronic exposure concentrations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Rogue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Miège</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Bonnineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Daval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Depret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecotoxicology and Environmental Safety</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 303, pp.118785. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecoenv.2025.118785⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05218367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calibration comparison between two passive samplers -o-DGT and POCIS- for 109 hydrophilic emerging and priority organic compounds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertille Bonnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mazzella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Boutet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Daval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Miège</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 869, pp.161720. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2023.161720⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03958711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of a karst system (France) on extended spectrum beta-lactamase (ESBL)-producing Escherichia coli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Henriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Celle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Klaba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Biguenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Miège</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 230, pp.119582. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.watres.2023.119582⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04157633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determination of diffusion coefficients in agarose and polyacrylamide gels for 112 organic chemicals for passive sampling by organic Diffusive Gradients in Thin films (o-DGT)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertille Bonnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Miege</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Daval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Fauvelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mazzella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Pollution Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 29 (17), pp.25799-25809. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11356-021-17563-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03515101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élimination de micropolluants des eaux résiduaires urbaines par ozonation : retour d'expérience de la station d'épuration de Sophia Antipolis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Penru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Choubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Mathon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Esperanza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TSM. Techniques Sciences Méthodes – Génie urbain, génie rural</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 6, pp.71-83. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/tsm/20186p71⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02607570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traitement des micropolluants émergents par ozonation tertiaire. Performances de la station d’épuration des Bouillides, Sophia-Antipolis, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Penru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Miege</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Daval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Esperanza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aqua & Gas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 2017 (1), pp.8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02605912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation technique, économique et environnementale de procédés de traitement complémentaire avancés pour l’élimination des micropolluants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Besnault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Martin Ruel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Baig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Heiniger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Esperanza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TSM. Techniques Sciences Méthodes – Génie urbain, génie rural</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 3, pp.67-83</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02601264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Protocoles d'échantillonnage et d'analyses classiques et innovantes des échantillons de source et de mélange pour la caractérisation biogéochimique des eaux de surface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Duwig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Baduel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Boukra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Cournoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Projet CHYPSTER, Livrable WP2-1, Rapport final, INRAE - RiverLy; IGE – Institut des Géosciences de l’Environnement; LEM - UMR 5557. 2024, 65 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04734487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de la stabilité des étalons analytiques pour la surveillance des milieux aquatiques -Cas des antibiotiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Guillemain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Philippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Boutet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Daval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Margoum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE RiverLy; AQUAREF. 2021, pp.42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03969660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution relative des flux de contaminants particulaires et dissous dans le Gier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aymeric Dabrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Delile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Mathon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Bretier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lysiane Dherret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] INRAE. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03293153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Origine et devenir des contaminants PHARMAceutiques dans les Bassins Versants agricoles. Le cas de la Claduègne (Ardèche). PHARMA-BV, Rapport final</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Martins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Nord</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Duwig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Legout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Christine Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Université Grenoble Alpes (UGA); Institut des géosciences de l’environnement (IGE); Irstea; Cermosem. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03792642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élimination de substances prioritaires et émergentes des eaux résiduaires urbaines par ozonation : évaluations technique, énergétique, environnementale. Rapport final du projet MICROPOLIS-PROCEDES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Choubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Penru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Mathon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Esperanza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2017, pp.167</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02606367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photodégradation de micropolluants organiques sous rayonnement solaire en zone de rejet végétalisée de type bassin. Rapport final</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Mathon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Vandycke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Coquery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Bados</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Daval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2017, pp.63</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02606309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elimination de micropolluants prioritaires et émergents des eaux résiduaires urbaines par les bioréacteurs à membranes immergées (BRM). Rapport final de l’action 34</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Choubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Crétollier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lejeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Dherret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Le Ménach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2016, pp.105</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02603524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement d’une méthodologie pour l'amélioration du suivi chimique des eaux continentales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Recoura Massaquant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Geffard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Besse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Chaumot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2014, pp.66</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02601928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réduction des micropolluants par les traitements complémentaires : procédés d'oxydation avancée, adsorption sur charbon actif (ARMISTIQ – Action A)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Besnault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Baig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Budzinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Le Ménach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2014, pp.71</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02600028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (18)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diagnostic des impacts écotoxicologiques des substances pharmaceutiques en cours d'eau : translocation de communautés microbiennes périphytiques et mesures de tolérance (PICT)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Rogue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Miège</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Bonnineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernadette Volat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rosy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire scientifique - Flux polluants écotoxicologie et écosystèmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Zone Atelier Bassin du Rhône (ZABR), Oct 2023, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04372508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'approche PICT pour évaluer in situ l'adaptation et la résilience de biofilms périphytiques aux substances pharmaceutiques : expérience de translocation dans un cours d'eau contaminé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Rogue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Miège</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Bonnineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernadette Volat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rosy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11e congres de l'Association Francophone d’Écologie Microbienne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Francophone d’Écologie Microbienne (AFEM), Oct 2023, Carqueiranne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04373751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biosurveillance d'activités stéroïdiennes et dioxin-like dans les eaux de surface françaises par une approche couplant bioessais et échantillonnage ponctuel et passif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Chardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Maillot-Marechal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Piccini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Daval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Miege</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque de la Société Française d'Ecotoxicologie Fondamentale et Appliquée (SEFA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ineris-03225056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Devenir des micropolluants et bioindicateur lipidique en Zone de rejet végétalisée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Choubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Le Guédard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Mathon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Crétollier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnold-Fred Imig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de restitution du programme ZRV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Valence, France. pp.18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02609266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bioassay-based profiling of steroid- and dioxin-like activities in French river waters using grab and integrative sampling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Chardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Maillot-Marechal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Piccini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Daval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Miege</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29. SETAC Europe annual meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Helsinki, Finland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ineris-03225046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment micropollutants removal by full scale tertiary ozonation performance through chemical and effect-based analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Penru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Creusot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Couteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Miege</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23. International Ozone Association World Congress (IOA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Washington DC, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ineris-01853574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indicateurs chimiques de performances de traitement des micropolluants par ozonation tertiaire : application sur la station d’épuration de Sophia-Antipolis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Penru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Miege</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Daval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Dherret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASTEE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Liège, Belgique. pp.2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02606312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emerging contaminants removal by full-scale ozonation tertiary treatment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Penru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Miege</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Roussel Galle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Dherret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd specialized international conference Ecotechnologies for wastewater treatment 2016 (ecoSTP2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Cambridge, United Kingdom. pp.5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02605916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elimination des micropolluants par ozonation tertiaire, exemple de la station d'épuration de Sophia-Antipolis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Penru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Miege</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Daval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Dherret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22èmes Journées Information Eaux (JIE 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Poitiers, France. 6 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01417885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of secondary effluent quality on micropollutants removal at full-scale ozonation tertiary treatment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Penru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Miege</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Crétollier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Roussel Galle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EA3G 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Las Vegas, United States. pp.8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02605915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is passive sampling suitable for monitoring the contamination of surface waters? Results for French rivers influenced by various anthropic pressures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Larrose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Assoumani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Dabrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Dherret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Gahou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th Symposium for European Freshwater Sciences 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Geneva, Switzerland. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02602001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le double enjeu de l’analyse chimique ciblée, Evaluer l’efficacité des procédés de traitement étudiés et sélectionner les micropolluants pertinents pour caractériser ces procédés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.J. Capdeville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Serveto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Roussel Galle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Dherret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Bados</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque final du programme de recherche ECHIBIOTEB - Outils innovants d’échantillonnage, d’analyses chimiques et biologiques pour le suivi de traitements avancés des eaux usées et des boues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2015, Villeurbanne, France. pp.72</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02602365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combination of passive samplers to monitor the chemical status of 6 French rivers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Larrose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Assoumani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Dabrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Dherret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Gahou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science for the environment 2015, 3rd International Conference, environmental monitoring and assessment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Aarhus, Denmark. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02602000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Removal of refractory micropollutants by a full-scale ozonation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Penru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Miege</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Roussel Galle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Dherret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IWA Micropol &amp; Ecohazard</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Singapore, Singapore. pp.2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02602374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phototransformation of selected xenobiotics in the context of planted discharge area</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Mathon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Miege</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Bados</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Daval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Coquery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Micropol &amp; Ecohazard Conference 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Singapour, Singapore. pp.21</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02602180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimisation of full-scale ozonation tertiary treatment for micropollutants removal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Penru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Miege</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Roussel Galle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Dherret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Crétollier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd IOA World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Barcelone, Spain. pp.6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02602372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimisation of full-scale ozonation tertiary treatment for micropollutants removal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Penru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Miege</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Roussel Galle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Dherret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IWA world water congress and exhibition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Lisbon, Portugal. pp.3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02600990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combinaison innovante d’outils chimiques et biologiques pour caractériser l’efficacité des traitements tertiaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.J. Capdeville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Serveto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Budzinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bruchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Ait Aissa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">93ème congrès de l'ASTEE "Innover dans les services publics locaux de l'environnement"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Orléans, France. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02600270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visite des bassins instrumentés « Olivier de Serres » de l’OHMCV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observatoire Hydrométérologique Méditerranéen Cévennes-Vivarais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Nord</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Boudevillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Boubkraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Guyard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de l’Infrastructure de Recherche OZCAR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04572459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Origine et devenir des contaminants PHARMAceutiques dans les Bassins Versants agricoles. Le cas de la Claduègne (Ardèche). PHARMA-BV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Martins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Coquery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Robinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Nord</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Duwig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019, pp.2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02609731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId143"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05218367v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Rogue" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Mi&#232;ge" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Bonnineau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Daval" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Depret" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2025.118785" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03958711v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertille Bonnaud" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mazzella" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Boutet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.161720" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04157633v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Henriot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Celle" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Klaba" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Biguenet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2023.119582" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03515101v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Miege" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fauvelle" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-021-17563-7" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607570v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Penru" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Choubert" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Mathon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Guillon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Esperanza" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/tsm/20186p71" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605912v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Daval" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601264v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Besnault" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Martin Ruel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Baig" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Heiniger" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04734487v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Masson" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Duwig" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Baduel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Boukra" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Cournoyer" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03969660v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Guillemain" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Philippe" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Margoum" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03293153v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Dabrin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Delile" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Mathon" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bretier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lysiane Dherret" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03792642v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Martins" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Nord" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Duwig" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Legout" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Christine Morel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606367v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606309v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Vandycke" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Coquery" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bados" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603524v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cr&#233;tollier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lejeune" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dherret" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Le M&#233;nach" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601928v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Recoura Massaquant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Geffard" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Besse" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Chaumot" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Fran&#231;ois" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600028v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Martin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Budzinski" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04372508v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Volat" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rosy" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04373751v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-03225056v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Chardon" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Maillot-Marechal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Piccini" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Miege" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609266v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Le Gu&#233;dard" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnold-Fred Imig" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-03225046v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01853574v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Creusot" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Couteau" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606312v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605916v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Roussel Galle" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417885v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605915v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Masson" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602000v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Larrose" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Assoumani" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dabrin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gahou" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602365v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.J. Capdeville" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Serveto" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602001v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602374v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602180v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602372v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600990v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600270v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bruchet" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ait Aissa" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572459v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Observatoire Hydrom&#233;t&#233;rologique M&#233;diterran&#233;en C&#233;vennes-Vivarais" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Boudevillain" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Boubkraoui" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Guyard" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609731v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Martins" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Robinet" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04372475v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609290v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guillemain" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Margoum" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606445v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602015v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lionard" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Desbiolles" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602373v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600272v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05558021v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Masson" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Margoum" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Perotto" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nico Hachgenei" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Baduel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04372475v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Rogue" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Mi&#232;ge" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Bonnineau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Volat" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rosy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609290v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guillemain" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Daval" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Miege" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Margoum" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606445v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602015v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lionard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Serveto" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Desbiolles" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Coquery" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602373v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Penru" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Roussel Galle" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dherret" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Guillon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600272v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.J. Capdeville" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bados" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05218367v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Daval" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Depret" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2025.118785" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03958711v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertille Bonnaud" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mazzella" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Boutet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.161720" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04157633v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Henriot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Celle" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Klaba" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Biguenet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2023.119582" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03515101v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fauvelle" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-021-17563-7" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607570v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Choubert" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Mathon" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Esperanza" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/tsm/20186p71" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605912v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601264v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Besnault" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Martin Ruel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Baig" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Heiniger" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04734487v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Duwig" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Boukra" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Cournoyer" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03969660v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Guillemain" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Philippe" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03293153v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Dabrin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Delile" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Mathon" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bretier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lysiane Dherret" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03792642v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Martins" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Nord" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Duwig" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Legout" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Christine Morel" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606367v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606309v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Vandycke" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603524v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cr&#233;tollier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lejeune" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Le M&#233;nach" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601928v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Recoura Massaquant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Geffard" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Besse" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Chaumot" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Fran&#231;ois" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600028v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Martin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Budzinski" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04372508v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04373751v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-03225056v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Chardon" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Maillot-Marechal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Piccini" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Miege" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609266v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Le Gu&#233;dard" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnold-Fred Imig" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-03225046v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01853574v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Creusot" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Couteau" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606312v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605916v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417885v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605915v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Masson" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602001v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Larrose" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Assoumani" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dabrin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gahou" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602365v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602000v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602374v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602180v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602372v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600990v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600270v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bruchet" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ait Aissa" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572459v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Observatoire Hydrom&#233;t&#233;rologique M&#233;diterran&#233;en C&#233;vennes-Vivarais" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Boudevillain" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Boubkraoui" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Guyard" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609731v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Martins" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Robinet" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>