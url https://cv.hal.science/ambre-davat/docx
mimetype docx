--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Ambre Davat </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le rôle des affects dans les usages projetés des innovations technologiques : le cas du vélo électrique intelligent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Martin-Juchat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Monfort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eloria Vigouroux-Zugasti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Gauchet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue COSSI : communication, organisation, société du savoir et information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 14, </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.34745/numerev_2618⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05472789v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Datafication d’un corps faillible et pratiques d’autosoins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Grosjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Martin-Juchat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication [Information Médias Théories] : revue québécoise des recherches et des pratiques en communication et information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Vol. 42/2, </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/15bo8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05439234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Co-design with affect stories and applied ethics for health technologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Martin-Juchat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Ménissier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 9, </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fcomm.2024.1327711⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04523195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enjeux info-communicationnels du co-design des technologies de santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Martin-Juchat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication &amp; Organisation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 63, pp.47-62. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/communicationorganisation.11877⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04228298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biais, intelligence artificielle et technosolutionnisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éthique, politique, religions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, L’éthique de l’intelligence artificielle à travers les dispositifs et les pouvoirs, 2023-1 (22), pp.67-83. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-15078-7.p.0067⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04167966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patients’ Information Needs Related to a Monitoring Implant for Heart Failure: Co-designed Study Based on Affect Stories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Martin-Juchat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JMIR Human Factors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 10, pp.e38096. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2196/38096⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03957959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (23)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perspective historique et enjeux constitutifs de l’IA générative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les émotions sont-elles des données comme les autres ? Enjeux de la coopération entre les équipes créatives et les IA génératives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Inès Garmon, Iana Antonova et Grégoire Besson, Apr 2024, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04980337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le sens de l’information sur les données hospitalières : une enquête au sein d’un service de cardiologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international Org&amp;Co - Sens, sensible et insensé en communications organisationnelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laurent Morillon, Valérie Lépine, Apr 2024, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04980430v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Participation à la table ronde &amp;quot;Problématique de la reproductibilité en IA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées du Réseau National de la Recherche Reproductible</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2024, Saint Martin d'Hères, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04989199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modéliser les usages situés avec les parties prenantes pour co-construire les conditions de la « recevabilité » des technologies de « soin augmenté »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Gauchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryame Ichiba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Martin-Juchat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Ménissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">91e congrès de l'L'Association canadienne-française pour l'avancement des sciences (ACFAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Ottawa, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04989420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prometheus Challenge: An Ethics Training for Engineering Students</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seddik Benlaksira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Bonifas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Devillaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofía Claudia Durán Cárdenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Society for Engineering Education (SEFI) 2024 conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Société Européenne pour la Formation des Ingénieurs (SEFI), Sep 2024, Lausanne, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04717700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IA et éthique(s)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AI Week</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Reims – Champagne Ardennes, Oct 2024, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04989242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enjeux éthiques et sociopolitiques de l’usage des IA génératives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seddik Benlaksira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dakota Root</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les émotions sont-elles des données comme les autres ? Enjeux de la coopération entre équipes créatives et IA génératives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Labcom MeetUX (Université Grenoble Alpes, Innovacs et IXIADE), Apr 2024, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04745580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What is the meaning of &amp;quot;bias&amp;quot; in artificial intelligence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop "Ethical AI"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Equipe Comète de l’INRIA - Polytechnique, Nov 2023, Palaiseau (Ecole Polytechnique), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04480730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethics of usage for AI technologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Ménissier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Speech Synthesis Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2023, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04229654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Participation à la table ronde &amp;quot;Ethics & Generative AI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Speech Synthesis Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GIPSA-lab, IRCAM et IRISA, Aug 2023, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04480575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Co-design et usage de technologies de &amp;quot;soin&amp;quot; quand le corps devient imprévisible : comment équiper le travail sur et avec des re-présentations numériques d’un corps &amp;quot;dysfonctionnel&amp;quot; ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Grosjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Martin-Juchat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Xème Congrès de l’Association Française de Sociologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Française de Sociologie, Jul 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04480465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Co-design in health technologies: the case of a European project aiming at developing an implantable monitoring device for patients living with heart failure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Martin-Juchat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vulnerable communities and resilience approaches: toward a more inclusive risk governance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Risk Institute (Université Grenoble Alpes) - Swansea University, Jun 2023, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04229144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enjeux du co-design des technologies en santé : une approche basée sur les récits d’affects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Martin-Juchat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude sur les méthodes de co-design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Sherbrooke, Jan 2023, Sherbrooke (Québec), Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04229154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle(s) éthique(s) pour l'IA en santé ? Conditions épistémologiques et enjeux politiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Martin-Juchat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Ménissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’éthique de l’intelligence artificielle en santé en question</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Catholique de Louvain, Jun 2023, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04229165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santé et innovation technologique : Mise en perspective philosophique et éthique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Ménissier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">36ème Congrès National de Médecine et Santé au Travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04229417v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Issues of therapeutic education for connected heart failure patients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Martin-Juchat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Digital Health Communication: Issues and Perspectives - ICA Post Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CIMEOS laboratory, May 2022, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04229125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Co-conception d’un module ETP pour des implants de monitoring cardiaque connectés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Martin-Juchat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9ème congrès de la SETE (Société d'Education Thérapeutique Européenne)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04229099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Co-conception avec des patients atteints de maladie chronique de dispositifs d’information et de formation en lien avec les implants connectés : un premier bilan des enjeux.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Martin-Juchat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Discours et représentations autour des longues maladies : la figure du patient, du soignant et de l’aidant</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Moulins, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04229087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aporia : Une performance pluri-disciplinaire Arts et IA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Quercia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Aubergé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Informatique Théâtrale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2020, Grenoble (en ligne), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02899525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can we hear physical and social space together through prosody?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Aubergé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gang Feng</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Speech Prosody 2020 - 10th International Conference on Speech Prosody</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Tokyo, Japan. pp.715-719, </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/SpeechProsody.2020-146⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04099704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A study on the Lombard Effect in telepresence robotics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gang Feng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Aubergé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VIHAR 2019 - 2nd International Workshop on Vocal Interactivity in-and-between Humans, Animals and Robots (VIHAR 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Londres, United Kingdom. pp.69-74, </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7287/peerj.preprints.28007v1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04099298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Co-creation of a Transitional Smart Sculpture for Voice changes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Quercia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Aubergé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natacha Borel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gang Feng</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TEI 2019 - Thirteenth International Conference on Tangible, Embedded, and Embodied Interaction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Tempe, AZ, United States. pp.97-104, </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3294109.3295654⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02094628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers un modèle du « toucher vocal » pour la communication ubiquïte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Aubergé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gang Feng</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JEP 2018 - 32e Journées d'Etudes sur la Parole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Aix-en-Provence, France. pp.303-311, </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/JEP.2018-35⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04099277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser les usages projetés, concrets et situés des technologies numériques de santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Grosjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Mathieu-Fritz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Martin-Juchat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dilara Vanessa Trupia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue COSSI : communication, organisation, société du savoir et information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 14, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05424706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Co-design with Patients with Chronic Diseases for Information and Training Materials Related to Connected Implants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Martin-Juchat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laurence Corroy; Christelle Chauzal-Larguier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Patients, Caregivers and Doctors: Devices, Issues and Representations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">iSTE; WILEY</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Communication and Health Set, 9781786308931</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04228333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biais : un concept technosolutionniste ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (preprint/prepublication)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04099922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toucher social en robotique de téléprésence ubiquïte : imbrication des facteurs physiques et socio-affectifs dans la portée vocale en interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traitement du signal et de l'image [eess.SP]. Université Grenoble Alpes [2020-..], 2020. Français. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2020GRALT057⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03163072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId71"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Ambre Davat </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le rôle des affects dans les usages projetés des innovations technologiques : le cas du vélo électrique intelligent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Martin-Juchat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Monfort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eloria Vigouroux-Zugasti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Gauchet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue COSSI : communication, organisation, société du savoir et information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 14, </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.34745/numerev_2618⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05472789v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Datafication d’un corps faillible et pratiques d’autosoins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Grosjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Martin-Juchat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication [Information Médias Théories] : revue québécoise des recherches et des pratiques en communication et information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Vol. 42/2, </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/15bo8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05439234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Co-design with affect stories and applied ethics for health technologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Martin-Juchat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Ménissier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 9, </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fcomm.2024.1327711⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04523195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enjeux info-communicationnels du co-design des technologies de santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Martin-Juchat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication &amp; Organisation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 63, pp.47-62. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/communicationorganisation.11877⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04228298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biais, intelligence artificielle et technosolutionnisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éthique, politique, religions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, L’éthique de l’intelligence artificielle à travers les dispositifs et les pouvoirs, 2023-1 (22), pp.67-83. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-15078-7.p.0067⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04167966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patients’ Information Needs Related to a Monitoring Implant for Heart Failure: Co-designed Study Based on Affect Stories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Martin-Juchat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JMIR Human Factors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 10, pp.e38096. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2196/38096⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03957959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (23)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perspective historique et enjeux constitutifs de l’IA générative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les émotions sont-elles des données comme les autres ? Enjeux de la coopération entre les équipes créatives et les IA génératives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Inès Garmon, Iana Antonova et Grégoire Besson, Apr 2024, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04980337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le sens de l’information sur les données hospitalières : une enquête au sein d’un service de cardiologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international Org&amp;Co - Sens, sensible et insensé en communications organisationnelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laurent Morillon, Valérie Lépine, Apr 2024, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04980430v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modéliser les usages situés avec les parties prenantes pour co-construire les conditions de la « recevabilité » des technologies de « soin augmenté »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Gauchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryame Ichiba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Martin-Juchat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Ménissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">91e congrès de l'L'Association canadienne-française pour l'avancement des sciences (ACFAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Ottawa, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04989420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Participation à la table ronde &amp;quot;Problématique de la reproductibilité en IA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées du Réseau National de la Recherche Reproductible</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2024, Saint Martin d'Hères, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04989199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IA et éthique(s)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AI Week</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Reims – Champagne Ardennes, Oct 2024, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04989242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prometheus Challenge: An Ethics Training for Engineering Students</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seddik Benlaksira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Bonifas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Devillaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofía Claudia Durán Cárdenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Society for Engineering Education (SEFI) 2024 conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Société Européenne pour la Formation des Ingénieurs (SEFI), Sep 2024, Lausanne, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04717700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enjeux éthiques et sociopolitiques de l’usage des IA génératives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seddik Benlaksira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dakota Root</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les émotions sont-elles des données comme les autres ? Enjeux de la coopération entre équipes créatives et IA génératives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Labcom MeetUX (Université Grenoble Alpes, Innovacs et IXIADE), Apr 2024, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04745580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Participation à la table ronde &amp;quot;Ethics & Generative AI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Speech Synthesis Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GIPSA-lab, IRCAM et IRISA, Aug 2023, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04480575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethics of usage for AI technologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Ménissier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Speech Synthesis Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2023, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04229654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What is the meaning of &amp;quot;bias&amp;quot; in artificial intelligence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop "Ethical AI"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Equipe Comète de l’INRIA - Polytechnique, Nov 2023, Palaiseau (Ecole Polytechnique), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04480730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Co-design et usage de technologies de &amp;quot;soin&amp;quot; quand le corps devient imprévisible : comment équiper le travail sur et avec des re-présentations numériques d’un corps &amp;quot;dysfonctionnel&amp;quot; ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Grosjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Martin-Juchat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Xème Congrès de l’Association Française de Sociologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Française de Sociologie, Jul 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04480465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Co-design in health technologies: the case of a European project aiming at developing an implantable monitoring device for patients living with heart failure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Martin-Juchat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vulnerable communities and resilience approaches: toward a more inclusive risk governance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Risk Institute (Université Grenoble Alpes) - Swansea University, Jun 2023, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04229144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enjeux du co-design des technologies en santé : une approche basée sur les récits d’affects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Martin-Juchat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude sur les méthodes de co-design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Sherbrooke, Jan 2023, Sherbrooke (Québec), Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04229154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle(s) éthique(s) pour l'IA en santé ? Conditions épistémologiques et enjeux politiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Martin-Juchat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Ménissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’éthique de l’intelligence artificielle en santé en question</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Catholique de Louvain, Jun 2023, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04229165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Co-conception d’un module ETP pour des implants de monitoring cardiaque connectés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Martin-Juchat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9ème congrès de la SETE (Société d'Education Thérapeutique Européenne)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04229099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santé et innovation technologique : Mise en perspective philosophique et éthique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Ménissier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">36ème Congrès National de Médecine et Santé au Travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04229417v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Issues of therapeutic education for connected heart failure patients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Martin-Juchat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Digital Health Communication: Issues and Perspectives - ICA Post Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CIMEOS laboratory, May 2022, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04229125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Co-conception avec des patients atteints de maladie chronique de dispositifs d’information et de formation en lien avec les implants connectés : un premier bilan des enjeux.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Martin-Juchat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Discours et représentations autour des longues maladies : la figure du patient, du soignant et de l’aidant</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Moulins, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04229087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aporia : Une performance pluri-disciplinaire Arts et IA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Quercia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Aubergé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Informatique Théâtrale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2020, Grenoble (en ligne), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02899525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can we hear physical and social space together through prosody?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Aubergé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gang Feng</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Speech Prosody 2020 - 10th International Conference on Speech Prosody</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Tokyo, Japan. pp.715-719, </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/SpeechProsody.2020-146⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04099704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A study on the Lombard Effect in telepresence robotics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gang Feng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Aubergé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VIHAR 2019 - 2nd International Workshop on Vocal Interactivity in-and-between Humans, Animals and Robots (VIHAR 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Londres, United Kingdom. pp.69-74, </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7287/peerj.preprints.28007v1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04099298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Co-creation of a Transitional Smart Sculpture for Voice changes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Quercia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Aubergé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natacha Borel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gang Feng</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TEI 2019 - Thirteenth International Conference on Tangible, Embedded, and Embodied Interaction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Tempe, AZ, United States. pp.97-104, </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3294109.3295654⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02094628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers un modèle du « toucher vocal » pour la communication ubiquïte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Aubergé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gang Feng</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JEP 2018 - 32e Journées d'Etudes sur la Parole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Aix-en-Provence, France. pp.303-311, </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/JEP.2018-35⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04099277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser les usages projetés, concrets et situés des technologies numériques de santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Grosjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Mathieu-Fritz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Martin-Juchat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dilara Vanessa Trupia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue COSSI : communication, organisation, société du savoir et information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 14, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05424706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Co-design with Patients with Chronic Diseases for Information and Training Materials Related to Connected Implants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Martin-Juchat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laurence Corroy; Christelle Chauzal-Larguier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Patients, Caregivers and Doctors: Devices, Issues and Representations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">iSTE; WILEY</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Communication and Health Set, 9781786308931</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04228333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biais : un concept technosolutionniste ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (preprint/prepublication)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04099922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toucher social en robotique de téléprésence ubiquïte : imbrication des facteurs physiques et socio-affectifs dans la portée vocale en interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Davat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traitement du signal et de l'image [eess.SP]. Université Grenoble Alpes [2020-..], 2020. Français. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2020GRALT057⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03163072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId71"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472789v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambre Davat" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Martin-Juchat" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Monfort" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloria Vigouroux-Zugasti" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Gauchet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34745/numerev_2618" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439234v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Grosjean" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15bo8" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04523195v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry M&#233;nissier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcomm.2024.1327711" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228298v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/communicationorganisation.11877" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167966v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-15078-7.p.0067" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03957959v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/38096" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980337v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980430v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04989199v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04989420v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryame Ichiba" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717700v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seddik Benlaksira" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Bonifas" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Devillaine" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sof&#237;a Claudia Dur&#225;n C&#225;rdenas" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04989242v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745580v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dakota Root" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04480730v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229654v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04480575v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04480465v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229144v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229154v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229165v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229417v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229125v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229099v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229087v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02899525v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Quercia" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Auberg&#233;" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099704v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gang Feng" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/SpeechProsody.2020-146" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099298v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7287/peerj.preprints.28007v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02094628v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Borel" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3294109.3295654" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099277v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/JEP.2018-35" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05424706v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Mathieu-Fritz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dilara Vanessa Trupia" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228333v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iste.co.uk/book.php?id=2005" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099922v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03163072v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2020GRALT057" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472789v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambre Davat" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Martin-Juchat" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Monfort" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloria Vigouroux-Zugasti" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Gauchet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34745/numerev_2618" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439234v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Grosjean" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15bo8" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04523195v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry M&#233;nissier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcomm.2024.1327711" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228298v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/communicationorganisation.11877" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167966v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-15078-7.p.0067" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03957959v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/38096" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980337v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980430v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04989420v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryame Ichiba" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04989199v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04989242v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717700v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seddik Benlaksira" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Bonifas" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Devillaine" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sof&#237;a Claudia Dur&#225;n C&#225;rdenas" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745580v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dakota Root" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04480575v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229654v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04480730v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04480465v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229144v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229154v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229165v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229099v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229417v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229125v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229087v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02899525v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Quercia" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Auberg&#233;" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099704v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gang Feng" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/SpeechProsody.2020-146" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099298v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7287/peerj.preprints.28007v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02094628v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Borel" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3294109.3295654" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099277v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/JEP.2018-35" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05424706v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Mathieu-Fritz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dilara Vanessa Trupia" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228333v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iste.co.uk/book.php?id=2005" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099922v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03163072v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2020GRALT057" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>