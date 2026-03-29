--- v0 (2026-03-06)
+++ v1 (2026-03-29)
@@ -273,535 +273,639 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02523313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (5)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How makers responded to the Personal Protective Equipment shortage during the COVID-19 pandemic: An analysis focused on the Hauts-de-France region</w:t>
+                <w:t xml:space="preserve">Keep your friends close, but your enemies closer: The role of proximity in driving coopetition between small-and-medium-sized enterprises for technological innovation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robert Viseur</w:t>
+                <w:t xml:space="preserve">Mostapha El Idrissi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Younès El Manzani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amel Charleux</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bérengère Fally</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Management Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 41 (4), pp.634-647. </w:t>
+              <w:t xml:space="preserve">Africa Journal of Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, pp.1-28. </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.emj.2023.04.014⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/23322373.2026.2619377⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04529515v1</w:t>
+                <w:t xml:space="preserve">hal-05563361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contributions et coordination des makers face à la crise du Covid-19</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">How makers responded to the Personal Protective Equipment shortage during the COVID-19 pandemic: An analysis focused on the Hauts-de-France region</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Viseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amel Charleux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bérengère Fally</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Terminal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/terminal.7630⟩</w:t>
+              <w:t xml:space="preserve">European Management Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 41 (4), pp.634-647. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.emj.2023.04.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03283591v1</w:t>
+                <w:t xml:space="preserve">hal-04529515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Changement de gouvernance et communautés open source : le cas du logiciel Claroline</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Contributions et coordination des makers face à la crise du Covid-19</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Viseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amel Charleux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovations - Revue d’économie et de management de l'innovation</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Terminal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 130, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/terminal.7630⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/inno.058.0071⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02523293v1</w:t>
+                <w:t xml:space="preserve">hal-03283591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les business models de l’édition open source ; Le cas des logiciels</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Changement de gouvernance et communautés open source : le cas du logiciel Claroline</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Viseur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amel Charleux</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne Mione</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Finance Contrôle Stratégie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Innovations - Revue d’économie et de management de l'innovation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 58 (1), pp.71. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/inno.058.0071⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/fcs.2088⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01988127v1</w:t>
+                <w:t xml:space="preserve">hal-02523293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Open source editing business models; the case of software</w:t>
+                <w:t xml:space="preserve">Les business models de l’édition open source ; Le cas des logiciels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amel Charleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Mione</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Finance Contrôle Stratégie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Du modèle d'affaires à l'écosystème, NS-1, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/fcs.2088⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01988127v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Open source editing business models; the case of software</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amel Charleux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Mione</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Finance Contrôle Stratégie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, 2018, NS-1, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/fcs.2088⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03283592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -811,1526 +915,1798 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment réduire l’incertitude sur le produit grâce aux clubs d’utilisateurs ? Le cas d’une coopérative de logiciels libres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Viseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amel Charleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Jullien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Association Information et Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05501066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Understanding Community Reactions to Change - The “Exit, Voice and Loyalty” Model Applied to Open Source Contributors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amel Charleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Mione</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Viseur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">KCO - Knowledge Community Observatory</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2024, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05501083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coopétition Pour L'innovation Technologique Entre Petites Et Moyennes Entreprises : Le Rôle Des Dimensions De Proximité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mostapha El Idrissi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Younès El Manzani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amel Charleux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Académie de l'Entrepreneuriat et de l'Innovation (AEI)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05042313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hirschman’s “Exit, voice, loyalty” model applied to open source: understanding community reaction to business model evolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amel Charleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Mione</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Viseur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Academy of Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Wintherthur, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03951177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stratégies open-sources et innovation de modèle d’affaires : le cas de l’entreprise Dokeos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Viseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Jullien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amel Charleux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Mione</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Association Information et Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Carry-le-Rouet, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03950991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manufactureres’ response to the PPE shortage : an analysis focused on the Hauts-de-France region</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Viseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amel Charleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Francois Witz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">KCO</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Toulon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03540352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Open Source Communities and Forks: A Rereading in the Light of Albert Hirschman's Writings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Viseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amel Charleux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17th IFIP International Conference on Open Source Systems (OSS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, Lathi/virtual event, Finland. pp.59-67, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-75251-4_6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03254062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How do competing firms create and appropriate value in open source communities? The need to reconceptualize co-opetition strategy and to define an “open source co-opetition”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amel Charleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Mione</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">KCO</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Toulon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03540349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Communautés open source et forks : une relecture à la lumière des écrits d'Albert Hirschman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Viseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amel Charleux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IRG2020 : plateformes, communautés et écosystèmes à l'ère du numérique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2020, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03136474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Open Source Innovation : Enabler or Hinderer of Business Model Dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amel Charleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Viseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Mione</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Euram</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Lisboa, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02523316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring the impacts of managerial decisions and community configuration on open source projects’ health</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amel Charleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Viseur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SoHeal - ICSE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02523325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Implementing a standard as a strategic decision; the case of programming languages in open source software sector</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amel Charleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Mione</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RRI</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Nîmes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02523319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Does Open innovation necessarily mean open standards ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charleux Amel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Mione</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21ème conférence annuelle de la European Academy for Standardization (EURAS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02082838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’open source innovation et les business models dédiés ; le cas des logiciels open source</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amel Charleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Mione</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXIVème Conférence Annuelle de l’Association Internationale de Management Stratégique - AIMS 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02057334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Business models et vitesse d’innovation : le cas des logiciels libres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Charleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Mione</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8e édition du colloque international de l'Institut Supérieur Européen de Recherches Appliquées au Management (ISERAM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02075941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Qu’est-ce qu’une communauté open source?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amel Charleux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Viseur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le guide pratique des communautés. Un nouveau souffle pour les organisations.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 979-1098072215</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05563372v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faire, acheter ou faire ensemble : la genèse et le fonctionnement de la communauté TOSIT. Du «Make or Buy» au «Make Together»</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Clavier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amel Charleux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Viseur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le guide pratique des communautés. Un nouveau souffle pour les organisations.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 979-1098072215</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05563381v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odoo Community Association. Comment une communauté mondiale de professionnels collabore pour développer les modules d’un ERP open source</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dora Jurcevic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Viseur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amel Charleux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le guide pratique des communautés. Un nouveau souffle pour les organisations.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 979-1098072215</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05563387v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La valeur des communautés – bénéfices, risques et coûts des communautés pour une organisation ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Thiesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Crespin-Mazet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Burger-Helmchen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amel Charleux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le guide pratique des communautés : un nouveau souffle pour les organisations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Éditions d'Innovation, 255 p., 2022, 9782954619613</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03540347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId54"/>
+      <w:footerReference w:type="default" r:id="rId61"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2477,51 +2853,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02896043v2" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Cha&#239;b Setti" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019MONTD027" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02523313v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Charleux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529515v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Viseur" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Fally" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.emj.2023.04.014" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283591v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/terminal.7630" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-1P4V2BC7-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523293v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inno.058.0071" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01988127v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Mione" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/fcs.2088" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283592v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501066v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jullien" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501083v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042313v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mostapha El Idrissi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youn&#232;s El Manzani" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03951177v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03950991v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03540352v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Witz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03254062v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-75251-4_6" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03540349v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03136474v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523316v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523325v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523319v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082838v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charleux Amel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02057334v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02075941v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Charleux" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mione" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03540347v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Thiesse" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Crespin-Mazet" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Burger-Helmchen" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02896043v2" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Cha&#239;b Setti" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019MONTD027" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02523313v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Charleux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05563361v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mostapha El Idrissi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youn&#232;s El Manzani" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23322373.2026.2619377" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529515v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Viseur" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Fally" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.emj.2023.04.014" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283591v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/terminal.7630" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-1P4V2BC7-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523293v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inno.058.0071" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01988127v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Mione" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/fcs.2088" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283592v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501066v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jullien" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501083v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042313v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03951177v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03950991v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03540352v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Witz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03254062v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-75251-4_6" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03540349v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03136474v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523316v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523325v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523319v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082838v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charleux Amel" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02057334v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02075941v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Charleux" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mione" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05563372v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05563381v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Clavier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05563387v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dora Jurcevic" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03540347v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Thiesse" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Crespin-Mazet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Burger-Helmchen" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>