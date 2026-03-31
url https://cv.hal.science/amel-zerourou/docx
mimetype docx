--- v0 (2026-03-05)
+++ v1 (2026-03-31)
@@ -100,178 +100,178 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les acclimatations méditerranéennes de Gérald Hanning : circulations et enrichissements d’approches urbaines innovantes (1954-1978)</w:t>
+                <w:t xml:space="preserve">Gérald Hanning et la Seconde Reconstruction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amel Zerourou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">A. BRUCCULERI, M. SAVORRA, M. KOURNIATI (dir.), Les voyages de l’architecte. Du voyage de formation au voyage professionnel, en France et en Europe (XVIIIe- XXe siècles)</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, A paraître, The Architect's Journeys</w:t>
+              <w:t xml:space="preserve">C. PALANT, C. BIDAUD (dir.), Architecture et urbanisme de la Seconde Reconstruction en France. Nouveaux regards, nouveaux terrains, nouveaux enjeux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rouen et du Havre, A paraître</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05135855v1</w:t>
+                <w:t xml:space="preserve">hal-05135858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gérald Hanning et la Seconde Reconstruction</w:t>
+                <w:t xml:space="preserve">Les acclimatations méditerranéennes de Gérald Hanning : circulations et enrichissements d’approches urbaines innovantes (1954-1978)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amel Zerourou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">C. PALANT, C. BIDAUD (dir.), Architecture et urbanisme de la Seconde Reconstruction en France. Nouveaux regards, nouveaux terrains, nouveaux enjeux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires de Rouen et du Havre, A paraître</w:t>
+              <w:t xml:space="preserve">A. BRUCCULERI, M. SAVORRA, M. KOURNIATI (dir.), Les voyages de l’architecte. Du voyage de formation au voyage professionnel, en France et en Europe (XVIIIe- XXe siècles)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Campisano Editore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, A paraître, The Architect's Journeys</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05135858v1</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05135855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aux prémices de la transition climatique : Gérald Hanning entre sensibilités paysagères et transfert de savoir-faire vernaculaires (1950-1976)</w:t>
               </w:r>
@@ -559,303 +559,303 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05135929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aux prémices de la transition climatique : Gérald Hanning entre sensibilités paysagères et transfert de savoir-faire vernaculaires (1950-1976)</w:t>
+                <w:t xml:space="preserve">Gérald Hanning et la Seconde Reconstruction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amel Zerourou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Entre recherche et pratique. Accompagner la transition climatique dans les espaces tropicaux : pratiques architecturales, urbanistiques et paysagères innovantes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Biennale internationale d’architecture tropicale, Ensa-La Réunion, Nov 2022, Saint-Denis de La Reunion, France</w:t>
+              <w:t xml:space="preserve">Architecture et urbanisme de la Seconde Reconstruction en France. Nouveaux regards, nouveaux terrains, nouveaux enjeux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ensa-Paris-Val de Seine / Ensa-Rouen, Jan 2022, Paris (en ligne), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05135945v1</w:t>
+                <w:t xml:space="preserve">hal-05135959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Méthodologie de la recherche en archives par l’expérience sur le terrain</w:t>
+                <w:t xml:space="preserve">Les fantômes d’archives de Gérald Hanning. Entre archives officielles et archives fantômes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amel Zerourou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire autogéré des doctorant.es d’ALTER</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, LAVUE (UMR 7218 CNRS), Mar 2022, Saint-Denis (Université Paris 8 Vincennes–Saint-Denis), France</w:t>
+              <w:t xml:space="preserve">Archives fantômes, fantômes d’archives. L’histoire des villes entre disparitions, dispersions, reconstitutions et restitutions documentaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Archival-City, Archives nationales de France, Nov 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05135953v1</w:t>
+                <w:t xml:space="preserve">hal-05135940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gérald Hanning et la Seconde Reconstruction</w:t>
+                <w:t xml:space="preserve">Méthodologie de la recherche en archives par l’expérience sur le terrain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amel Zerourou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Architecture et urbanisme de la Seconde Reconstruction en France. Nouveaux regards, nouveaux terrains, nouveaux enjeux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Ensa-Paris-Val de Seine / Ensa-Rouen, Jan 2022, Paris (en ligne), France</w:t>
+              <w:t xml:space="preserve">Séminaire autogéré des doctorant.es d’ALTER</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LAVUE (UMR 7218 CNRS), Mar 2022, Saint-Denis (Université Paris 8 Vincennes–Saint-Denis), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05135959v1</w:t>
+                <w:t xml:space="preserve">hal-05135953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les fantômes d’archives de Gérald Hanning. Entre archives officielles et archives fantômes</w:t>
+                <w:t xml:space="preserve">Aux prémices de la transition climatique : Gérald Hanning entre sensibilités paysagères et transfert de savoir-faire vernaculaires (1950-1976)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amel Zerourou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archives fantômes, fantômes d’archives. L’histoire des villes entre disparitions, dispersions, reconstitutions et restitutions documentaires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Archival-City, Archives nationales de France, Nov 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">Entre recherche et pratique. Accompagner la transition climatique dans les espaces tropicaux : pratiques architecturales, urbanistiques et paysagères innovantes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Biennale internationale d’architecture tropicale, Ensa-La Réunion, Nov 2022, Saint-Denis de La Reunion, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05135940v1</w:t>
+                <w:t xml:space="preserve">hal-05135945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald Hanning et le dess(e)in sensible du territoire</w:t>
               </w:r>
@@ -1365,51 +1365,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135855v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Zerourou" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.campisanoeditore.it/index.php/catalogo/architettura" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135858v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135872v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135921v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135897v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135929v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135945v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135953v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135959v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135940v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135962v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135969v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05135818v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135884v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clo&#233; Collet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135858v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Zerourou" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135855v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.campisanoeditore.it/index.php/catalogo/architettura" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135872v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135921v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135897v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135929v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135959v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135940v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135953v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135945v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135962v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135969v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05135818v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135884v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clo&#233; Collet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>