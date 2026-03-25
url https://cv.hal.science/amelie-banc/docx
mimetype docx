--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -66,8726 +66,8726 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (48)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gluten</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Banc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Summer school on soft matter systems : from fundamentals to foods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Cargèse (Corse du Sud), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04809106v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gluten gels : linear rheology and start-up shear experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Gabriel Pichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Banc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée annuelle du GDR Solliciter LA Matière Molle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Sète, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04846743v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Start-up shear of natural near-critical pre-gels made of gluten proteins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Banc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Conference of Rheology 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Athènes, Greece</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04652914v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gluten as near critical gels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Banc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque National du Groupement Français des Polymères</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04652948v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Start-up shear of near-critical gels made of gluten proteins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Banc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Symposium on food rheology and structure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Wageningen, Netherlands</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04649718v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gluten as near critical gel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Banc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dodynet Final Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Crete, Greece</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04649713v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gluten structure and viscoelasticity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Banc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Neutrons and Food 6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Conférence en ligne, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04649706v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nonlinear rheology of gluten</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Banc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée annuelle du GDR Solliciter LA Matière Molle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Roscoff, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04652940v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Start-up shear experiments investigating nonlinear rheology for model glutens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ameur Louhichi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Banc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée thématique du GDR Solliciter LA Matière Molle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2021, conference en ligne, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04846665v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le gluten vu par diffusion de rayonnements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Banc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées de la Fédération Française de Diffusion Neutronique : Chimie et neutrons</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2020, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04652929v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le gluten vu par diffusions de rayonnements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Banc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Réunion annuelle de la 2FDN</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2020, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02457032v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Interfacial behavior of plant proteins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Banc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Poirier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Stocco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin In</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Edible Soft Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Le Mans, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02130225v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tackling the question of specific interactions in a complex blend of proteins: the gluten case</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Banc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Pincemaille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Violleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Menut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8. International Symposium on Food Rheology and Structure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Zürich, Switzerland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02188382v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hard and soft proteins at fluid interfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Banc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Poirier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Stocco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin In</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GDR SLAMM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Roscoff, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02422046v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Interfacial behavior of plant based proteins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Poirier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Banc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Stocco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin In</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physics for Food Manufacturing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2018, Edimbourg, United Kingdom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01715256v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Interfacial behavior of plant based proteins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Poirier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Banc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Stocco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin In</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Food colloids 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, Leeds, United Kingdom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01774583v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nanoscale reversibility and non-linear effects in polymer nanocomposites under strain cycles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Banc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrian Marie Philippe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Chauveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julian Oberdisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Cipelletti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GDR SLAMM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Hyères, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01932950v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adsorption and structure of wheat proteins film at the air-water interface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Poirier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Banc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Stocco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin In</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3rd Food Structure Functionality Forum Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Elsevier, Jun 2018, Montreal, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01912810v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Structure of chains and filler in polymer nanocomposites: impact of small beads and small molecules</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julian Oberdisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dafne Musino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Banc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem P. Baeza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Caroline Genix</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8th International Discussion Meeting on Relaxations in Complex Systems (8IDMRCS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Wisla, Poland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01919759v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Interactions and assemblies of wheat proteins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Pincemaille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Banc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Menut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Soft Comp Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Venise, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01959338v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gliadins at the air/water interface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Poirier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Banc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Stocco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin In</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Student Colloid Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Florence, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01774706v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chain structure of polymer nanocomposites using small-angle neutron scattering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julian Oberdisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Banc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Caroline Genix</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Deuteration for Neutron Scattering – DEUNET Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Oxford, United Kingdom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01920749v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Small angle neutron scattering contrast variation reveals heterogeneities of interactions in protein gels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Banc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Charbonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SoftComp Annual Meeting 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Ancone, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01332389v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Interactions et assemblages de prolamines de blé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Pincemaille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Banc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Menut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Helene Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rencontres du GDR AMC2 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Banyuls, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01959931v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contrast-matching gone wrong? A study of polymer conformation in nanocomposites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julian Oberdisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Banc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Caroline Genix</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">24e Journées de la Diffusion Neutronique, JDN24</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Carqueirane, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01297463v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contrast matching gone wrong? Nanocomposites seen by SANS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Caroline Genix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Banc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Baeza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ralph Schweins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julian Oberdisse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4th International Soft Matter Conference – ISMC 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Grenoble, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01408812v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recent progress in polymer and filler structure in polymer nanocomposites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julian Oberdisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Banc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Caroline Genix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Baeza</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3rd international conference on nanoscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2015, Brasilia, Brazil</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01297459v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des petites billes (de silice) bien sages, coiffées et rangées: les nanocomposites vus par diffusion aux petits angles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julian Oberdisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Banc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Caroline Genix</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">17ème Colloque sur les Systèmes Anisotropes Auto-organisés (CFCL 2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Autrans, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01297480v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spontaneous gelation of wheat gluten proteins in a food grade solvent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohsen Dahesh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Banc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnés Duri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Symposium on Food Rheology and Structure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Zürich, Switzerland. pp.245</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01164767v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chain signal in nanolatex based nanocomposites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Caroline Genix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Banc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julian Oberdisse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ECNS2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Zaragoza, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01174407v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chain signal in nanolatex based nanocomposites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Banc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Caroline Genix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Dupas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ralf Schweins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Sousai Appavou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">16th Conference on Small Angle Scattering (SAS 2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Berlin, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01195992v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Novel gels from wheat gluten proteins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohsen Dahesh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Banc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Duri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Delivery of Functionality in Complex Food Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01180612v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">SANS study of a gluten protein gel: Why are SAXS and SANS profiles diffrents?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Banc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Charbonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohsen Dahesh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Matière Molle pour la Science des Aliments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01959307v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contrast matching gone wrong? A study of chain conformation in polymer nanocomposites.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julian Oberdisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Dupas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Banc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Caroline Genix</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IV Sino-French Symposium on Polymers and Soft Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01297477v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">SANS study of a gluten protein gel: Why are SAXS and SANS profiles different?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Banc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Charbonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ECNS2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Zaragoza, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01195985v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Structure analysis by small-angle scattering of polymer nanocomposites: from model to industrial systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julian Oberdisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Baeza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Dupas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Caroline Genix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Banc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XXIII Congrès général de la SFP, minicolloque 'polymères'</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01297470v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Polymeric assembly of gluten proteins in an aqueous ethanol solvent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Banc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohsen Dahesh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Duri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Symposium on Food Rheology and Structure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Zürich, Switzerland. pp.245</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01164758v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contrast-matching gone wrong? A study of polymer conformation in nanocomposites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julian Oberdisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Dupas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Caroline Genix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Banc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">JCNS Workshop 2015: Neutron Scattering on Nano-Structured Soft Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Tutzing, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01297465v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dispersion of modified silica alumina nanoparticles in water</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julian Oberdisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Caroline Genix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine Schmitt-Pauly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Guerrero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan G. Alauzun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">22e Journées de la diffusion neutronique (JDN22)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Ile d'Oléron, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01921110v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Novel gels from wheat gluten proteins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohsen Dahesh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Banc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnes Duri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">School of chemistry and chemical engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Shandong, China</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02925039v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Structure and rheology of model nanocomposites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Banc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Caroline Genix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Dupas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julian Oberdisse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ecole thématique du labex Chemisyst 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01071961v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Structuration and Rheological Properties of Gels made from Gluten Proteins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohsen Dahesh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Banc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Duri-Bechemilh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9. Annual European Rheological Conference (AERC 2014)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2014, Karlsruhe, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01606436v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Novel gels from wheat gluten proteins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohsen Dahesh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Banc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Duri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Laboratoire de physique, ENS Lyon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02925051v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dispersion of modified silica alumina nanoparticles in water</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julian Oberdisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine Schmitt-Pauly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Guerrero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Hubert Mutin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Banc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GDR AMC2 Approches Multiphysiques pour les Colloïdes Concentrés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Carcan-Maubuisson, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01920907v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mise en place d'un dispositif microfluidique pour la caractérisation in-situ de la structure et des propriétés rhéologiques de gels de peptides modèles issus du gluten présentant des propriétés élastomériques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Charbonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Banc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Helene Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Laux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. Journée Scientifique Labex Numev</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01837456v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Structuration and rheological properties of gels made from gluten proteins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohsen Dahesh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Banc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnes Duri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Laboratoire du futur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02924799v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nanolatex based nanocomposites: control of the filler structure and reinforcement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Banc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Dupas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Chirat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Caroline Genix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julian Oberdisse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Réunion GDR AMC2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, Sète, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00912585v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rheology of model systems made from gluten proteins near the liquid-solid transition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohsen Dahesh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Banc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnés Duri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annual ESMI/Softcomp meeting 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Rimini, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00831515v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (27)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X-ray Reflectivity Probing the Structural Evolution of Sunflower Proteins Adsorbed at the Air–Water Interface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guangcui Yuan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sushil Satija</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Banc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Langmuir</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 40 (47), pp.25285-25294. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.langmuir.4c03644⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04808923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scaling Properties of Gelling Systems in Nonlinear Shear Experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ameur Louhichi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Hélène Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Ramos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Banc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACS Macro Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 13, pp.826 - 831. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acsmacrolett.4c00121⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04649379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delicate Analysis of Interacting Proteins and Their Assemblies by Flow Field-Flow Fractionation Techniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Urbes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Hélène Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Ramos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Violleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Banc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biomacromolecules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 25, pp.3976 - 3989. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.biomac.4c00103⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04649387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of structural flexibility in the adsorption of wheat and sunflower proteins at an air/water interface</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Poirier</w:t>
+                <w:t xml:space="preserve">Flow of gluten with tunable protein composition: From stress undershoot to stress overshoot and strain hardening</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ameur Louhichi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Laurence Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Amélie Banc</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloids and Surfaces A: Physicochemical and Engineering Aspects</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.colsurfa.2022.129317⟩</w:t>
+              <w:t xml:space="preserve">Physics of Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 34 (5), pp.051906. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0089744⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03686739v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03692088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flow of gluten with tunable protein composition: From stress undershoot to stress overshoot and strain hardening</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Thermodynamic insights on the liquid-liquid fractionation of gluten proteins in aqueous ethanol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Hélène Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Pincemaille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Lecacheux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Menut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Ramos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of Fluids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0089744⟩</w:t>
+              <w:t xml:space="preserve">Food Hydrocolloids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 123, pp.107142. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodhyd.2021.107142⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03692088v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03337519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermodynamic insights on the liquid-liquid fractionation of gluten proteins in aqueous ethanol</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laurence Ramos</w:t>
+                <w:t xml:space="preserve">Impact of structural flexibility in the adsorption of wheat and sunflower proteins at an air/water interface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Poirier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Banc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Kapel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin In</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Stocco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Hydrocolloids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodhyd.2021.107142⟩</w:t>
+              <w:t xml:space="preserve">Colloids and Surfaces A: Physicochemical and Engineering Aspects</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 648, pp.129317. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.colsurfa.2022.129317⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03337519v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03686739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dense Phases of γ-Gliadins in Confined Geometries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Banc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Navailles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Leng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Renard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloids and Interfaces</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 5 (4), pp.51. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/colloids5040051⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03443023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sunflower Proteins at Air–Water and Oil–Water Interfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Poirier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Stocco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Kapel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin In</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Ramos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Langmuir</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 37 (8), pp.2714 - 2727. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.langmuir.0c03441⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03189744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of the protein composition on the structure and viscoelasticity of polymer-like gluten gels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Ramos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Banc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ameur Louhichi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Pincemaille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Jestin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 33, pp.144001. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1361-648X/abdf91⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03139486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Insight into gluten structure in a mild chaotropic solvent by asymmetrical flow field-flow fractionation (AsFlFFF) and evidence of non-covalent assemblies between glutenin and ω-gliadin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Hélène Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Pincemaille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ameur Louhichi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Violleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Hydrocolloids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 103, pp.105676. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.foodhyd.2020.105676⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02481505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tailoring the viscoelasticity of polymer gels of gluten proteins through solvent quality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salvatore Costanzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Banc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ameur Louhichi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baohu Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Macromolecules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 53, pp.9470-9479. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.macromol.0c01466⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03003151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phase separation dynamics of gluten protein mixtures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Banc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Pincemaille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salvatore Costanzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Sousai Appavou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Soft Matter</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 15 (30), pp.6160-6170. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/C9SM00966C⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02267857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multistep building of a soft plant protein film at the air-water interface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Poirier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Banc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Stocco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin In</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Ramos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 526, pp.337 - 346. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jcis.2018.04.087⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01788790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Methods for Screening Cloud Point Temperatures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Pincemaille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Banc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Chauveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Fromental</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Ramos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Biophysics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 13 (4), pp.422-431. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s11483-018-9548-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01908982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Model gluten gels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Banc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohsen Dahesh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcell Wolf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Ramos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Cereal Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 75, pp.175-178. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jcs.2017.04.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01509535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Small angle neutron scattering contrast variation reveals heterogeneities of interactions in protein gels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Banc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Charbonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohsen Dahesh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Sousai Appavou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhendong Fu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Soft Matter</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 12 (24), pp.5340-5352. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/c6sm00710d⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01317647v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spontaneous gelation of wheat gluten proteins in a food grade solvent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohsen Dahesh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Banc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Duri-Bechemilh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Helene Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Ramos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Hydrocolloids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 52, pp.1-10. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.foodhyd.2015.06.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01269395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Origin of Small-Angle Scattering from Contrast-Matched Nanoparticles: A Study of Chain and Filler Structure in Polymer Nanocomposites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Banc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Caroline Genix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Dupas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Sztucki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ralf Schweins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Macromolecules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 48 (18), pp.6596-6605. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.macromol.5b01424⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01203353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polymeric Assembly of Gluten Proteins in an Aqueous Ethanol Solvent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohsen Dahesh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Banc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Duri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Ramos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 118 (38), pp.11065. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/jp5047134⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01071076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tuning Structure and Rheology of Silica-Latex Nanocomposites with the Molecular Weight of Matrix Chains: A Coupled SAXS-TEM-Simulation Approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Banc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Caroline Genix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Chirat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Dupas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Caillol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Macromolecules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 47 (9), pp.3219-3230. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/ma500465n⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00993789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thick collagen-based 3D matrices including growth factors to induce neurite outgrowth.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.-N. Labour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Banc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Tourrette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Cunin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Verdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta Biomaterialia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 8 (9), pp.3302-12. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.actbio.2012.05.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00747635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ion extraction mechanism studied in a lyotropic lamellar phase</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Banc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Bauduin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Desbat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Ly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Diat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 115 (6), pp.1376-1384. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/jp108585f⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00578376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ab-Initio calculations of proline vibrations with and without water, consequences on the infrared spectra of proline-rich proteins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Banc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Desbat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Cavagnat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Spectroscopy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 65 (7), pp.817-819. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1366/11-06284⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00627738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reinforcement and Polymer Mobility in Silica-Latex Nanocomposites with Controlled Aggregation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouna Tatou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Caroline Genix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ainara Imaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacqueline Forcada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Banc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Macromolecules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 44 (22), pp.9029-9039. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/ma2012893⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00642252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tracking an ion complexing agent within bilayers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Banc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Bauduin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Diat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Physics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 494 (4-6), pp.301-305. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.cplett.2010.05.087⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00546703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring the interactions of gliadins with model membranes: effect of confined geometry and interfaces.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Banc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Desbat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Popineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Mangavel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biopolymers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 91 (8), pp.610. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/bip.21188⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00550431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structure and Orientation Changes of ω-and γ-Gliadins at the Air-Water Interface : A PM-IRRAS Spectroscopy and Brewster Angle Microscopy Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Banc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Desbat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Popineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Mangavel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Langmuir</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 23 (26), pp.13066-13075. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/la702037k⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00550429v1</w:t>
-              </w:r>
-[...5173 lines deleted...]
-                <w:t xml:space="preserve">hal-00831515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -8803,90 +8803,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Start-up shear experiments as a tool to infer the structure and dynamics of gluten gel in water</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ameur Louhichi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Ramos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Hélène Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Banc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference of Rheology 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2020, Rio de janeiro (en visio), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8911,103 +8911,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tackling the question of specific interactions in a complex blend of Proteins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Helene Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Banc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Violleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Pincemaille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Edible Soft Matter – a SoftComp Topical Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2019, Le Mans, France. , 2019</w:t>
@@ -9036,103 +9036,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interactions and assemblies of wheat proteins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Pincemaille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Banc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Menut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Ramos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17th Food Colloids Conference : Application of Soft Matter Concepts</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2018, Leeds, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9157,103 +9157,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structuration and mechanical properties of gels made from gluten proteins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohsen Dahesh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Banc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Duri-Bechemilh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Helene Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Ramos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International soft matter conference (ISMC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2013, Rome, Italy. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9310,51 +9310,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approches biomimétiques de l'assemblage de protéines de réserve de blé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Banc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Biophysique [physics.bio-ph]. Université Sciences et Technologies - Bordeaux I, 2007. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -9550,51 +9550,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808923v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guangcui Yuan" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sushil Satija" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Ramos" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Banc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.4c03644" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649379v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ameur Louhichi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Morel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsmacrolett.4c00121" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649387v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Urbes" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Violleau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biomac.4c00103" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03686739v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Poirier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Kapel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin In" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Stocco" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2022.129317" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03692088v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0089744" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03337519v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Pincemaille" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Lecacheux" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Menut" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2021.107142" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03443023v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Navailles" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Leng" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Renard" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/colloids5040051" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03189744v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.0c03441" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03139486v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Jestin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-648X/abdf91" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02481505v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Chauveau" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2020.105676" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03003151v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvatore Costanzo" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baohu Wu" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.0c01466" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267857v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Sousai Appavou" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9SM00966C" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01788790v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2018.04.087" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01908982v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Fromental" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11483-018-9548-1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01509535v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohsen Dahesh" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcell Wolf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcs.2017.04.005" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01317647v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Charbonneau" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhendong Fu" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6sm00710d" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269395v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Duri-Bechemilh" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Helene Morel" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2015.06.014" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203353v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Caroline Genix" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Dupas" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Sztucki" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralf Schweins" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.5b01424" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071076v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Duri" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp5047134" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00993789v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Chirat" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Caillol" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma500465n" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00747635v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-N. Labour" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Tourrette" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Cunin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Verdier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actbio.2012.05.015" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00578376v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bauduin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Desbat" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Ly" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Diat" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp108585f" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00627738v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Cavagnat" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1366/11-06284" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00642252v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouna Tatou" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ainara Imaz" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Forcada" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma2012893" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00546703v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cplett.2010.05.087" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00550431v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Desbat" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Popineau" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Mangavel" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bip.21188" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-3FHD3B99-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00550429v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la702037k" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-4T301ZH4-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809106v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846743v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Gabriel Pichon" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652914v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652948v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04649718v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04649713v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04649706v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652940v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846665v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652929v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02457032v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130225v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02188382v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Menut" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422046v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01774583v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715256v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912810v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01932950v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Marie Philippe" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Oberdisse" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Cipelletti" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01919759v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dafne Musino" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem P. Baeza" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01959338v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01774706v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01920749v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01332389v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Charbonneau" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01959931v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297463v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01408812v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Baeza" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralph Schweins" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164758v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297465v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297459v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297480v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01174407v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164767v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#233;s Duri" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195992v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01180612v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01959307v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297477v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195985v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297470v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071961v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606436v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02925051v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02925039v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Duri" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01921110v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Schmitt-Pauly" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Guerrero" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan G. Alauzun" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01920907v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Hubert Mutin" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837456v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Laux" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02924799v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00912585v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00831515v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846729v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154559v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01959323v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601702v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00542151v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809106v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Banc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846743v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Gabriel Pichon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Ramos" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652914v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652948v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04649718v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04649713v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04649706v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652940v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846665v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ameur Louhichi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Morel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652929v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02457032v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130225v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Poirier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Stocco" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin In" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02188382v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Pincemaille" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Violleau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Menut" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422046v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715256v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01774583v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01932950v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Marie Philippe" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Chauveau" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Oberdisse" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Cipelletti" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912810v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01919759v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dafne Musino" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem P. Baeza" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Caroline Genix" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01959338v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Menut" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01774706v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01920749v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01332389v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Charbonneau" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01959931v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Helene Morel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297463v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01408812v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Baeza" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralph Schweins" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297459v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297480v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164767v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohsen Dahesh" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#233;s Duri" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01174407v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195992v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Dupas" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralf Schweins" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Sousai Appavou" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01180612v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Duri" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01959307v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Charbonneau" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297477v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195985v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297470v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164758v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297465v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01921110v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Schmitt-Pauly" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Guerrero" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan G. Alauzun" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02925039v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Duri" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071961v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606436v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Duri-Bechemilh" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02925051v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01920907v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Hubert Mutin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837456v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Laux" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02924799v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00912585v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Chirat" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00831515v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808923v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guangcui Yuan" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sushil Satija" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.4c03644" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649379v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsmacrolett.4c00121" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649387v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Urbes" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biomac.4c00103" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03692088v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0089744" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03337519v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Lecacheux" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2021.107142" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03686739v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Kapel" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2022.129317" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03443023v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Navailles" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Leng" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Renard" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/colloids5040051" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03189744v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.0c03441" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03139486v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Jestin" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-648X/abdf91" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02481505v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2020.105676" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03003151v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvatore Costanzo" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baohu Wu" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.0c01466" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267857v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9SM00966C" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01788790v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2018.04.087" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01908982v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Fromental" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11483-018-9548-1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01509535v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcell Wolf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcs.2017.04.005" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01317647v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhendong Fu" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6sm00710d" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269395v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2015.06.014" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203353v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Sztucki" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.5b01424" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071076v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp5047134" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00993789v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Caillol" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma500465n" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00747635v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-N. Labour" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Tourrette" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Cunin" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Verdier" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actbio.2012.05.015" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00578376v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bauduin" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Desbat" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Ly" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Diat" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp108585f" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00627738v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Cavagnat" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1366/11-06284" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00642252v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouna Tatou" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ainara Imaz" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Forcada" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma2012893" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00546703v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cplett.2010.05.087" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00550431v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Desbat" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Popineau" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Mangavel" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bip.21188" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-3FHD3B99-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00550429v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la702037k" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-4T301ZH4-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846729v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154559v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01959323v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601702v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00542151v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>