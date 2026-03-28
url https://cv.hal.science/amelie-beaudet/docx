--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -66,6771 +66,6905 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (47)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virtual reconstruction and comparative study of the face of StW 573 (“Little Foot”)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Beaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émeline Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Guy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Dumoncel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Atwood</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Comptes Rendus. Palevol</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 25 (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5852/cr-palevol2026v25a3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05550605v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Investigating the primate fossil record using diffeomorphic deformation: what have we learnt?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Beaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 37 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/13pt4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05076881v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ralph Holloway (1935–2025): Pioneering paleoneurologist</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Beaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Wood</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 122 (25), pp.e2510387122. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.2510387122⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05141801v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Looking for the origins of the human brain: the role of South Africa in the history of (palaeo)neurology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Beaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin de Jager</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mirriam Tawane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brendon Billings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">South African Journal of Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 121 (1-2), pp.1-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17159/sajs.2025/18604⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04963666v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Divergent otolithic systems in the inner ear of Paranthropus robustus and Australopithecus africanus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher M Smith</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ashley S Hammond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Urciuoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Braga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Beaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Human Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 199, pp.103624. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jhevol.2024.103624⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04839121v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">New insights into the first cervical vertebrae of Otavipithecus and Nacholapithecus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Beaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasuhiro Kikuchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fredrick Kyalo Manthi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Ndiema</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominic Stratford</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15, pp.24569. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-025-09006-x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05154777v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bipedalism or bipedalisms: The os coxae of StW 573</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Crompton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Elton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jason L Heaton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Travis Pickering</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kristian Carlson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Anatomy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 00, pp.1-21. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/joa.14106⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04876504v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bipedalism or bipedalisms: The os coxae of StW 573</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Crompton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Elton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jason Heaton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Travis Pickering</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kristian Carlson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Anatomy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/joa.14106⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04764112v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Miocene primate Pliobates is a pliopithecoid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Bouchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Zanolli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Urciuoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergio Almécija</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josep Fortuny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15 (1), pp.2822. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-024-47034-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04763160v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">What do brain endocasts tell us? A comparative analysis of the accuracy of sulcal identification by experts and perspectives in palaeoanthropology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Labra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Mounier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Leprince</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Rivière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Didier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Anatomy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 244 (2), pp.274-296. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/joa.13966⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04731632v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The frontal sinuses during human evolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Balzeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lou Albessard-Ball</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Maria Kubicka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andréa Filippo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Beaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 35 ((s)), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/bmsap.10512⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04043111v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Australopithecus assemblage from Sterkfontein Member 4 (South Africa) and the concept of variation in palaeontology.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Beaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Evolutionary Anthropology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 32 (3), pp.154-168. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/evan.21972⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04674198v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comparative study of manual identification of brain foldings in a living human brain using a proxy-endocast obtained from MRI</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Labra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Leprince</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Rivière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Santin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean François Mangin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 35 ((s)), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/bmsap.11242⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04125446v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An overlooked Australopithecus brain endocast from Makapansgat, South Africa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zachary Cofran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shawn Hurst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Beaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernhard Zipfel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Human Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 178, pp.103346. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jhevol.2023.103346⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04764120v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">From fossils to mind</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra de Sousa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Beaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tanya Calvey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ameline Bardo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Communications Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 6 (1), pp.636. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s42003-023-04803-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04132002v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">What do brain endocasts tell us? A comparative analysis of the accuracy of sulcal identification by experts and perspectives in palaeoanthropology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Labra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Mounier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Leprince</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Rivière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Didier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Anatomy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 244 (2), pp.274-296. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/joa.13966⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04764117v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The brain of Homo habilis: Three decades of paleoneurology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emiliano Bruner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Beaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Human Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 174, pp.103281. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jhevol.2022.103281⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04764124v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Broca’s area, variation and taxic diversity in early Homo from Koobi Fora (Kenya)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Beaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin de Jager</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">eLife</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 12, pp.89054. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7554/eLife.89054⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04216852v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sulci 3D mapping from human cranial endocasts: A powerful tool to study hominin brain evolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin John de Jager</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Risser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Mescam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Fonta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Beaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Human Brain Mapping</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 14 (43), pp.4433. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/hbm.25964⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03718225v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frontal sinuses and human evolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Balzeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lou Albessard-Ball</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Maria Kubicka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andréa Filippo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Beaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Science Advances </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 8 (42), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/sciadv.abp9767⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03891924v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dental data challenge the ubiquitous presence of Homo in the Cradle of Humankind</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Zanolli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas W Davies</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Joannes-Boyau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Beaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bruxelles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 119 (28), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.2111212119⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04043599v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A reappraisal of the Border Cave 1 cranium (KwaZulu-Natal, South Africa)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Beaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucinda Backwell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lyn Wadley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernhard Zipfel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paloma de la Peña</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 282, pp.107452. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2022.107452⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03860970v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The HOMME project -Human Origins in Mozambique and Malawi Environments: looking for our origin in the Mozambican karst</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Fourvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Beaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Zanolli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Dandurand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcelino Moiana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Karstologia Mémoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 18th Internation al Congress of Speleology, 25 (Vol. 5. Karst sediment, Palaeontology and Archaeology), pp.219-222</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03816522v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Border Cave: A 227,000-year-old archive from the southern African interior</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucinda Backwell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lyn Wadley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco d'Errico</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William E. Banks</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paloma de la Peña</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 291, pp.107597. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2022.107597⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03766056v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">StW 573 Australopithecus prometheus: its significance for an australopith bauplan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Huw Crompton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliet Mcclymont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Elton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susannah Thorpe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Sellers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Folia Primatologica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 92 (5-6), pp.243-275. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1159/000519723⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03427239v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A comparative analysis of the vestibular apparatus in Epipliopithecus vindobonensis: Phylogenetic implications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Urciuoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Zanolli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Beaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Pina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergio Almécija</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Human Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jhevol.2020.102930⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03103052v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The pectoral girdle of StW 573 (‘Little Foot’) and its implications for shoulder evolution in the Hominina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kristian Carlson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Green</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tea Jashashvili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Travis Pickering</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jason Heaton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Human Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 158, pp.102983. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jhevol.2021.102983⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03427243v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Preliminary paleohistological observations of the StW 573 (‘Little Foot’) skull</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Beaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert C Atwood</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Winfried Kockelmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Fernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Connolley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">eLife</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 10, pp.e64804. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7554/elife.64804⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04680528v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reassessment of the phylogenetic relationships of the late Miocene apes Hispanopithecus and Rudapithecus based on vestibular morphology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Urciuoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Zanolli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergio Almécija</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Beaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Dumoncel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 118 (5), pp.e2015215118. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.2015215118⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03152572v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Are endocasts reliable proxies for brains? A 3D quantitative comparison of the extant human brain and endocast</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Dumoncel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Subsol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stanley Durrleman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin de Jager</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Anatomy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 238 (2), pp.480-488. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/joa.13318⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02964453v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The evolution of the vestibular apparatus in apes and humans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Urciuoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Zanolli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Beaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Dumoncel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salvador Moyà-Solà</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">eLife</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 9, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7554/elife.51261⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03002818v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Afrique du sud. Le saisissant atlas de Little Foot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Beaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bruxelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Archéologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Autopsie des morts historiques, 587, pp.10-12</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03217217v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The atlas of StW 573 and the late emergence of human-like head mobility and brain metabolism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Beaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronald Clarke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jason Heaton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Travis Pickering</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kristian Carlson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10, pp.4285. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-020-60837-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03092998v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aux origines de l’humanité : retracer les grandes étapes de notre évolution biologique et culturelle à partir de l’étude du cerveau de nos ancêtres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Beaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Fonta</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Intellectica - La revue de l’Association pour la Recherche sur les sciences de la Cognition (ARCo)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 73, pp.93-106. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/intel.2020.1966⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03165140v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The bony labyrinth of StW 573 (“Little Foot”): Implications for early hominin evolution and paleobiology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Beaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronald Clarke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bruxelles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kristian Carlson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Crompton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Human Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 127, pp.67-80. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jhevol.2018.12.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02017526v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A multiscale stratigraphic investigation of the context of StW 573 ‘Little Foot’ and Member 2, Sterkfontein Caves, South Africa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bruxelles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominic Justin Stratford</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Maire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Travis Rayne Pickering</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jason Heaton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Human Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 133, pp.78-98. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jhevol.2019.05.008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02864720v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The endocast of StW 573 (“Little Foot”) and hominin brain evolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Beaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronald Clarke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin de Jager</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bruxelles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kristian Carlson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Human Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 126, pp.112-123. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jhevol.2018.11.009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02017490v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sulcal pattern variation in extant human endocasts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin Jager</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albert van Schoor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jakobus Hoffman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Oettlé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Fonta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Anatomy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 235 (4), pp.803-810. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/joa.13030⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02365234v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The long limb bones of the StW 573 Australopithecus skeleton from Sterkfontein Member 2: Descriptions and proportions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jason Heaton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Travis Rayne Pickering</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kristian Carlson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Crompton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tea Jashashvili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Human Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 133, pp.167-197. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jhevol.2019.05.015⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03093002v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neutron Imaging in Cultural Heritage Research at the FRM II Reactor of the Heinz Maier-Leibnitz Center</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Burkhard Schillinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Beaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Fedrigo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Grazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ottmar Kullmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Imaging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 4 (1), pp.22. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/jimaging4010022⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02296686v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">What is South African early Homo? New insights from the molar endostructural signature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Zanolli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lei Pan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew Skinner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Dumoncel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Beaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proceedings of the European Society for Human Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 7, pp.206</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02379747v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The endocranial shape of Australopithecus africanus : surface analysis of the endocasts of Sts 5 and Sts 60</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Beaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Dumoncel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frikkie de Beer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stanley Durrleman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Gilissen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Anatomy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 232 (2), pp.296-303. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/joa.12745⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-01636811v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exploring Hominin and Non-hominin Primate Dental Fossil Remains with Neutron Microtomography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Zanolli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Burkhard Schillinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Beaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ottmar Kullmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Macchiarelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physics Procedia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 88, pp.109-115. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.phpro.2017.06.014⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02296653v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neutron microtomography-based virtual extraction and analysis of a cercopithecoid partial cranium (STS 1039) embedded in a breccia fragment from sterkfontein member 4 (South Africa)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Beaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Braga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frikkie de Beer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Burkhard Schillinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Steininger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">American Journal of Physical Anthropology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 159 (4), pp.737-745. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ajpa.22916⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02296649v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Upper third molar internal structural organization and semicircular canal morphology in Plio-Pleistocene South African cercopithecoids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Beaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Dumoncel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Francis Thackeray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bruxelles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Duployer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Human Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 95, pp.104-120. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jhevol.2016.04.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01564748v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morphoarchitectural variation in South African fossil cercopithecoid endocasts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Beaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Dumoncel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frikkie de Beer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Duployer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stanley Durrleman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Human Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 101, pp.65-78. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jhevol.2016.09.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01440065v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A new cercopithecoid dentognathic specimen attributed to Theropithecus from the late Early Pleistocene (c. 1 Ma) deposits of Simbiro, at Melka Kunture, Ethiopian highlands</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Beaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Zanolli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blade Engda Redae</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Metasebia Endalamaw</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Braga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Comptes Rendus. Palevol</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 14 (8), pp.657-669. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.crpv.2015.07.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02296641v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Proceedings/Recueil des communications (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’enfant de Taung&amp;quot; a 100 ans : un siècle de recherche sur le cerveau d’Australopithecus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Beaudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwin John de Jager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mirriam Tawane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brendon Billings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1849èmes journées de la Société d'Anthropologie de Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2025, Paris, France. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 37 (Supplément), pp.1-2, 2025, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/133nu⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04963656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification de deux corps vertébraux du site de Cooper’s Cave D (Afrique du Sud) : l’organisation du réseau trabéculaire comme source de caractères diagnostiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Beaudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte E.G. Theye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Steininger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1849es journées de la Société d'Anthropologie de Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2024, Bordeaux, France. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 36(S), 2024, Programme et résumés des 1849es journées de la Société d'Anthropologie de Paris (2024), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/bmsap.12421⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04938169v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The HOMME project – Human Origins in Mozambique and Malawi Environments: looking for our origin in the Mozambican karst</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Fourvel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Beaudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Zanolli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcelino Moiana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominic Stratford</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Karstologia Mémoires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 5 (25), pp.219-222, 2022, 18th International Congress of Speleology - Savoie Mont Blanc 2022 - SYMPOSIUM 04 - Geomorphology and Speleogenesis</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03916737v1</w:t>
-              </w:r>
-[...5826 lines deleted...]
-                <w:t xml:space="preserve">hal-02296641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An international research network on bipedalism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Berillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Duveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Cosnefroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Aerts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentina Agostini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th annual European Society for the study of Human Evolution meeting (ESHE 2025)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2025, Paris, France. Paleoanthropology, 2025 (2), pp.435-436, 2025, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.48738/2025.iss2.4032⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05291470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From skull to brain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwin de Jager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Risser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Mescam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Fonta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Beaudet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FENS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03726337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variation pattern of the imprints of the middle meningeal vessels in extant human endocasts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Beaudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Fonta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Mescam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Society for the study of Human Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2020, tubingen, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03417512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Looking for new pieces of the Cradle of Humankind in Southern Africa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bruxelles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominic J. Stratford</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Beaudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Dandurand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Duranthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">French-South African Science and Innovation Days</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2019, Pretoria, South Africa. , 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02379753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6840,1134 +6974,1134 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reconstructing the evolution of cerebral reorganisation in the hominin fossil record</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwin de Jager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Fonta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Mescam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Risser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Amiez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th annual ESHE conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Society for the study of Human Evolution, Sep 2025, Paris (Museum National Histoire Naturelle), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05273888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First insights into the inner ear otolith system of Australopithecus and Paranthropus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christopher Smith</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Urciuoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Cazenave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Braga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Beaudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">93rd Annual Meeting of the American Association of Biological Anthropologists</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2024, Los Angeles, United States. pp.169</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04986305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment les choix méthodologiques influencent l’évaluation des paramètres texturaux de l’os trabéculaire et son interprétation fonctionnelle ? L’exemple des vertèbres chez Homo, Pan et Papio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte E.G. Theye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Beaudet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1849es Journées de la Société d'Anthropologie de Paris (2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société d'Anthropologie de Paris (SAP), Jul 2024, Bordeaux, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/bmsap.13621⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04938182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The HOMME project – Human Origins in Mozambique and Malawi Environments : Looking for our origins in the Mozambican karst</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Baptiste Fourvel</w:t>
+                <w:t xml:space="preserve">Approches interdisciplinaires dans le &amp;quot; berceau de l'Humanité &amp;quot; en Afrique du sud : un nouveau cadre chronologique pour de nouvelles perspectives de recherche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bruxelles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominic Stratford</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Beaudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Dandurand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marcelino Moiana</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Duranthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18ème Congrès International de Spéléologie de l’UIS – Savoie-Mont-Blanc</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Bourget-du-Lac, France</w:t>
+              <w:t xml:space="preserve">XXIIIe colloque du GMPCA : Archéométrie 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Chambéry, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03154855v1</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03850242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The phylogenetic signal of the enamel-dentine junction of primate molars</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Zanolli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Urciuoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miguel Eduardo Delgado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas W Davies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Bouchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annual Meeting of the American Association of Biological Anthropologists</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2022, Denver (CO), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04650808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approches interdisciplinaires dans le &amp;quot; berceau de l'Humanité &amp;quot; en Afrique du sud : un nouveau cadre chronologique pour de nouvelles perspectives de recherche</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Dominic Stratford</w:t>
+                <w:t xml:space="preserve">The HOMME project – Human Origins in Mozambique and Malawi Environments : Looking for our origins in the Mozambican karst</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Fourvel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Beaudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Zanolli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Dandurand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Francis Duranthon</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcelino Moiana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIIIe colloque du GMPCA : Archéométrie 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Chambéry, France</w:t>
+              <w:t xml:space="preserve">18ème Congrès International de Spéléologie de l’UIS – Savoie-Mont-Blanc</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Bourget-du-Lac, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03850242v1</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03154855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D density maps: A powerful tool for studying sulcal imprint variation on extant human endocasts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwin de Jager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Risser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Fonta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Mescam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Beaudet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">From Fossils to Mind Workshop 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, online workshop, South Africa</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03455489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mapping the brain of fossil hominins: the EndoMap project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Beaudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwin de Jager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Risser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Mescam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Fonta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">22nd Annual Conference of the British Association for Biological Anthropology and Osteoarchaeology (BABAO 2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Teesside University, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03370780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Searching for new pieces of the Cradle of Humankind in Southern Africa: HON and HOMME research programs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bruxelles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominic Justin Stratford</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Beaudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Chadelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Dandurand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the European Society for Human Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2020, online, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03003783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantifying the variation of sulcal patterns in extant human endocasts: a probabilistic approach.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwin Jager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7989,722 +8123,722 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Beaudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Oettlé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Fonta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">47th Annual Conference of the Anatomical Society of Southern Africa (ASSA 2019)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Anatomical Society of Southern Africa (ASSA), Apr 2019, Pilanesberg, South Africa</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02883496v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring hominin and non-hominin primate dental fossil remains with neutron microtomography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Zanolli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burkhard Schillinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Beaudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ottmar Kullmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Macchiarelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th International Topical Meeting on Neutron Radiography</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, Pékin, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03155511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The inner structural organization of a (likely) paranthropine patella from Swartkrans Member 2 (SKX 1084): human- and nonhuman-like features.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Cazenave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Beaudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Braga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Oettlé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.F. Thackeray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">85th Annual Meeting of the American Association of Physical Anthropologists</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2016, Atlanta, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02940020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How to build an average model when samples are variably incomplete? Application to fossil data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Dumoncel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Subsol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanley Durrleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Pierre Jessel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Beaudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer Vision and Pattern Recognition Workshops (CVPRW 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Las Vegas, United States. pp.541--548, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/CVPRW.2016.74⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">lirmm-01381310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment caractériser la variabilité d'une surface 3D ? Analyse à partir d'exemples en anatomie comparée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Dumoncel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Subsol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanley Durrleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Braga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Beaudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GTMG 2015 - Journées du Groupe de Travail en Modélisation Géométrique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2015, Poitiers, France. pp.1-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03209334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of Homo-like features in virtually rendered South African australopiths endocasts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Beaudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Dumoncel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Thackeray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanley Durrleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Subsol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Symposium Le Registre Fossile Humain Africain / The African Human Fossil Record (2014)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2014, Toulouse, France. pp.(electronic medium)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03266927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8714,124 +8848,124 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">BRAIN EVOLUTION: PALAEOSCIENCES, NEUROSCIENCE AND ARTIFICIAL INTELLIGENCE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Fonta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Beaudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annael Le Poullennec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lesedi : Carnets de terrain = Lesedi : Field notes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 26, 44 p., 2024, LESEDI</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04785753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8841,288 +8975,288 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&amp;lt;i&amp;gt;Bakeng se Afrika&amp;lt;/i&amp;gt;: Digital Skeletal Repository: Advancing Biological Anthropology and Medical Research in South Africa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ericka N. l'Abbé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amanda Alblas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan H. P. Ackermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lunga Bam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Beaudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">How to use 3D Printing Innovations and Digital Storage to Democratize Anatomy Education</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 6, Springer, pp.63-75, 2024, Biomedical Visualization, 978-3-031-68501-9. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-68501-9_3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId246" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04938222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Some preliminary interpretations of the oldest faunal assemblage from Kromdraai B</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Fourvel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Brink</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hannah O’regan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Beaudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Pavia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">José Braga; John Francis Thackeray. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Kromdraai, a Birthplace of Paranthropus in the Cradle of Humankind</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, African Sun Media, pp.71-104, 2017, 9781928355069</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02565156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9132,166 +9266,166 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">EndoMap – Mapping the brain of our ancestors : Application of probability maps to southern African fossil hominin endocasts [présentation du projet]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Beaudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Fonta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05099561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Beaudet. Paléoanthropologue [présentation du blog]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Beaudet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05099575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9301,91 +9435,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’évolution du cerveau dans la lignée humaine : morphologie, organisation et vascularisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Beaudet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Paléontologie. Université de poitiers, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-05099524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9395,135 +9529,135 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From Fossils to Mind</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tanya Calvey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra de Sousa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Beaudet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsevier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 254 p., 2023, Progress in Brain Research, 275, 978-0-323-99107-0 (print) ; 978-0-323-99108-7 (PDF). </w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/S0079-6123(23)00018-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05158180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9533,395 +9667,395 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A la recherche des origines de l’Homme en Namibie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bruxelles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Beaudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Chadelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Fourvel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Dandurand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Ministère de l'Europe et des Affaires Etrangères - Commission consultative des recherches archéologiques à l’étranger. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03427221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Human Origins in Namibia. « À la recherche des origines de l’Homme en Namibie »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bruxelles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Beaudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Chadelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Dandurand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Duranthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Ministère de l'Europe et des Affaires Etrangères - Commission consultative des recherches archéologiques à l’étranger. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03100555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Human Origin in Namibia. « A la recherche des origines de l’Homme en Namibie »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bruxelles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Beaudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Dandurand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Duranthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Fourvel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Ministère de l'Europe et des Affaires Etrangères - Commission consultative des recherches archéologiques à l’étranger. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03100566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9931,147 +10065,147 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sulcal pattern variation in extant human endocasts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwin J de Jager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Albert N van Schoor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jakobus W Hoffman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna C Oettlé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Fonta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId265" w:history="1">
-              <w:r>
-[...28 lines deleted...]
-            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03781536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10081,114 +10215,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation des structures crânio-dentaires internes des cercopithécoïdes et étude diachronique de leurs variations morphologiques dans la séquence Plio-Pléistocène sud-africaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Beaudet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Anthropologie biologique. Université Paul Sabatier - Toulouse III, 2015. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2015TOU30297⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01430676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId268"/>
+      <w:footerReference w:type="default" r:id="rId273"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -10335,51 +10469,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963656v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Beaudet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin John de Jager" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirriam Tawane" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brendon Billings" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/133nu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938169v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte E.G. Theye" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Steininger" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.12421" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916737v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Fourvel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Zanolli" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelino Moiana" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominic Stratford" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05076881v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13pt4" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05141801v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Wood" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2510387122" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963666v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin de Jager" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17159/sajs.2025/18604" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04839121v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher M Smith" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashley S Hammond" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Urciuoli" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Braga" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2024.103624" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05154777v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasuhiro Kikuchi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fredrick Kyalo Manthi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Ndiema" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-09006-x" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876504v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Crompton" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Elton" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason L Heaton" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Travis Pickering" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristian Carlson" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joa.14106" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764112v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Heaton" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763160v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Bouchet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Alm&#233;cija" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josep Fortuny" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-47034-9" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731632v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Labra" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Mounier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Leprince" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Rivi&#232;re" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Didier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joa.13966" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125446v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Santin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fran&#231;ois Mangin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.11242" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674198v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/evan.21972" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764120v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zachary Cofran" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shawn Hurst" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Zipfel" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2023.103346" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04043111v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Balzeau" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lou Albessard-Ball" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Maria Kubicka" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Filippo" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.10512" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04132002v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra de Sousa" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanya Calvey" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ameline Bardo" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Benoit" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-023-04803-4" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764117v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764124v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiliano Bruner" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2022.103281" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216852v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.89054" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718225v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Risser" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Mescam" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Fonta" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hbm.25964" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04043599v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas W Davies" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Joannes-Boyau" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bruxelles" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2111212119" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891924v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abp9767" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03860970v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucinda Backwell" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyn Wadley" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paloma de la Pe&#241;a" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2022.107452" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03816522v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Dandurand" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03766056v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco d'Errico" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William E. Banks" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2022.107597" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427239v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Huw Crompton" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliet Mcclymont" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susannah Thorpe" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Sellers" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000519723" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103052v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Pina" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2020.102930" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680528v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert C Atwood" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Winfried Kockelmann" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fernandez" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Connolley" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/elife.64804" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427243v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Green" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tea Jashashvili" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2021.102983" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03152572v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dumoncel" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2015215118" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02964453v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Subsol" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanley Durrleman" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bertrand" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joa.13318" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03217217v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03002818v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvador Moy&#224;-Sol&#224;" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/elife.51261" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092998v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronald Clarke" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-60837-2" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03165140v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/intel.2020.1966" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02864720v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominic Justin Stratford" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Maire" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Travis Rayne Pickering" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2019.05.008" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02017526v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2018.12.002" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-69P24F7L-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365234v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin Jager" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert van Schoor" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakobus Hoffman" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Oettl&#233;" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joa.13030" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02017490v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2018.11.009" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093002v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2019.05.015" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379747v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei Pan" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Skinner" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296686v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Burkhard Schillinger" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Fedrigo" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Grazzi" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ottmar Kullmer" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jimaging4010022" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01636811v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frikkie de Beer" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Gilissen" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joa.12745" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296653v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Macchiarelli" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phpro.2017.06.014" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01564748v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Francis Thackeray" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Duployer" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2016.04.004" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296649v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.22916" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-WVT9PHM8-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01440065v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2016.09.003" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296641v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blade Engda Redae" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Metasebia Endalamaw" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crpv.2015.07.003" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05291470v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Berillon" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Duveau" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Cosnefroy" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Aerts" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Agostini" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48738/2025.iss2.4032" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03726337v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03417512v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Bouvier" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379753v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominic J. Stratford" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Duranthon" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05273888v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Amiez" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04986305v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Smith" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Cazenave" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938182v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.13621" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03154855v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650808v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Eduardo Delgado" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850242v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03455489v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03370780v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03003783v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Chadelle" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02883496v2" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03155511v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02940020v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cazenave" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Beaudet" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Braga" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Oettl&#233;" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Thackeray" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01381310v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Jessel" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CVPRW.2016.74" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03209334v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03266927v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Thackeray" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04785753v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annael Le Poullennec" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938222v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ericka N. l'Abb&#233;" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Alblas" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan H. P. Ackermann" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lunga Bam" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-68501-9_3" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02565156v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Brink" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah O&#8217;regan" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Pavia" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099561v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099575v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05099524v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158180v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/bookseries/progress-in-brain-research/vol/275/suppl/C" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0079-6123(23)00018-3" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427221v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100555v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100566v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03781536v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin J de Jager" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert N van Schoor" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakobus W Hoffman" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna C Oettl&#233;" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Fonta" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01430676v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015TOU30297" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05550605v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Beaudet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;meline Dupont" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Guy" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dumoncel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Atwood" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5852/cr-palevol2026v25a3" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05076881v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13pt4" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05141801v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Wood" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2510387122" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963666v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin de Jager" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirriam Tawane" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brendon Billings" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17159/sajs.2025/18604" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04839121v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher M Smith" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashley S Hammond" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Urciuoli" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Braga" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2024.103624" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05154777v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasuhiro Kikuchi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fredrick Kyalo Manthi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Ndiema" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominic Stratford" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-09006-x" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876504v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Crompton" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Elton" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason L Heaton" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Travis Pickering" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristian Carlson" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joa.14106" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764112v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Heaton" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763160v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Bouchet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Zanolli" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Alm&#233;cija" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josep Fortuny" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-47034-9" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731632v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Labra" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Mounier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Leprince" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Rivi&#232;re" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Didier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joa.13966" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04043111v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Balzeau" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lou Albessard-Ball" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Maria Kubicka" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Filippo" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.10512" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674198v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/evan.21972" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125446v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Santin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fran&#231;ois Mangin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.11242" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764120v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zachary Cofran" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shawn Hurst" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Zipfel" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2023.103346" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04132002v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra de Sousa" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanya Calvey" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ameline Bardo" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Benoit" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-023-04803-4" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764117v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764124v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiliano Bruner" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2022.103281" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216852v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.89054" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718225v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin John de Jager" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Risser" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Mescam" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Fonta" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hbm.25964" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891924v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abp9767" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04043599v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas W Davies" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Joannes-Boyau" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bruxelles" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2111212119" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03860970v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucinda Backwell" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyn Wadley" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paloma de la Pe&#241;a" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2022.107452" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03816522v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Fourvel" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Dandurand" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelino Moiana" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03766056v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco d'Errico" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William E. Banks" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2022.107597" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427239v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Huw Crompton" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliet Mcclymont" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susannah Thorpe" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Sellers" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000519723" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103052v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Pina" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2020.102930" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427243v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Green" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tea Jashashvili" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2021.102983" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680528v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert C Atwood" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Winfried Kockelmann" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fernandez" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Connolley" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/elife.64804" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03152572v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2015215118" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02964453v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Subsol" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanley Durrleman" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bertrand" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joa.13318" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03002818v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvador Moy&#224;-Sol&#224;" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/elife.51261" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03217217v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092998v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronald Clarke" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-60837-2" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03165140v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/intel.2020.1966" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02017526v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2018.12.002" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-69P24F7L-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02864720v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominic Justin Stratford" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Maire" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Travis Rayne Pickering" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2019.05.008" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02017490v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2018.11.009" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365234v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin Jager" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert van Schoor" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakobus Hoffman" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Oettl&#233;" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joa.13030" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093002v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2019.05.015" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296686v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Burkhard Schillinger" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Fedrigo" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Grazzi" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ottmar Kullmer" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jimaging4010022" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379747v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei Pan" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Skinner" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01636811v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frikkie de Beer" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Gilissen" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joa.12745" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296653v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Macchiarelli" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phpro.2017.06.014" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296649v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Steininger" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.22916" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-WVT9PHM8-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01564748v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Francis Thackeray" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Duployer" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2016.04.004" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01440065v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2016.09.003" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296641v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blade Engda Redae" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Metasebia Endalamaw" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crpv.2015.07.003" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963656v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/133nu" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938169v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte E.G. Theye" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.12421" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916737v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05291470v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Berillon" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Duveau" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Cosnefroy" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Aerts" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Agostini" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48738/2025.iss2.4032" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03726337v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03417512v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Bouvier" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379753v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominic J. Stratford" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Duranthon" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05273888v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Amiez" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04986305v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Smith" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Cazenave" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938182v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.13621" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850242v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650808v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Eduardo Delgado" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03154855v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03455489v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03370780v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03003783v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Chadelle" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02883496v2" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03155511v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02940020v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cazenave" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Beaudet" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Braga" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Oettl&#233;" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Thackeray" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01381310v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Jessel" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CVPRW.2016.74" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03209334v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03266927v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Thackeray" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04785753v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annael Le Poullennec" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938222v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ericka N. l'Abb&#233;" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Alblas" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan H. P. Ackermann" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lunga Bam" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-68501-9_3" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02565156v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Brink" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah O&#8217;regan" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Pavia" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099561v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099575v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05099524v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158180v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/bookseries/progress-in-brain-research/vol/275/suppl/C" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0079-6123(23)00018-3" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427221v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100555v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100566v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03781536v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin J de Jager" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert N van Schoor" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakobus W Hoffman" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna C Oettl&#233;" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Fonta" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01430676v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015TOU30297" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>