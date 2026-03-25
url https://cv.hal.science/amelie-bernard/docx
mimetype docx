--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -550,381 +550,381 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05495981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unveiling the molecular identity of plant autophagic compartments: A proteo-lipidomic study in &amp;lt;i&amp;gt;Arabidopsis thaliana&amp;lt;/i&amp;gt;</w:t>
+                <w:t xml:space="preserve">Clathrin-coated vesicles are targeted for selective autophagy during osmotic stress</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Josselin Lupette</w:t>
+                <w:t xml:space="preserve">Jonathan Michael Dragwidge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Matthieu Buridan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Kraus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Kosuth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Clément Chambaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...37 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05367204v1</w:t>
+                <w:t xml:space="preserve">hal-05375768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A dual component system instructs membrane hydrolysis during the final stages of plant autophagy</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Unveiling the molecular identity of plant autophagic compartments: A proteo-lipidomic study in &amp;lt;i&amp;gt;Arabidopsis thaliana&amp;lt;/i&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josselin Lupette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Chambaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Buridan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Castets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rodrigo Enrique Gomez</w:t>
+                <w:t xml:space="preserve">Valérie Wattelet-Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05375770v1</w:t>
+                <w:t xml:space="preserve">hal-05367204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clathrin-coated vesicles are targeted for selective autophagy during osmotic stress</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A dual component system instructs membrane hydrolysis during the final stages of plant autophagy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Castets</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Buridan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jonathan Michael Dragwidge</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Buridan</w:t>
+                <w:t xml:space="preserve">Inés Toboso Moreno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julia Kraus</w:t>
+                <w:t xml:space="preserve">Víctor Sánchez de Medina Hernández</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibault Kosuth</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Clément Chambaud</w:t>
+                <w:t xml:space="preserve">Rodrigo Enrique Gomez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05375768v1</w:t>
+                <w:t xml:space="preserve">hal-05375770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (14)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -936,1734 +936,1734 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lipid/protein interplay in membrane formation and remodeling during plant autophagy</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">The phospholipases LCAT3 and LCAT4 are key players in the final stages of autophagy in Arabidopsis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Castets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Buridan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodrigo Enrique Gomez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franziska Dittrich-Domergue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josselin Lupette</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Inés Toboso Moreno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Saclay Plant Sciences seminars</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2025, Versailles, France</w:t>
+              <w:t xml:space="preserve">Plant Proteolysis (GRS) Gordon Research Semina "Proteolysis During Plant Development and Stress Responses"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2025, Lucca, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05283108v1</w:t>
+                <w:t xml:space="preserve">hal-05279370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lipid/protein interplay in membrane formation and remodeling during plant autophagy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Castets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josselin Lupette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Buridan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inés Toboso Moreno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Chambaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Jacques Monod Conference Molecular basis for membrane remodelling and organisation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, Roscoff, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05283163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lipid/protein interplay in membrane formation and remodeling during plant autophagy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Castets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josselin Lupette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Buridan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Chambaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inés Toboso Moreno</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Clément Chambaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th Scientific days on autophagy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2025, Nice, France</w:t>
+              <w:t xml:space="preserve">Saclay Plant Sciences seminars</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2025, Versailles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05283121v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05283108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lipid/protein interplay in membrane remodeling during plant autophagy</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Lipid/protein interplay in membrane formation and remodeling during plant autophagy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Castets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josselin Lupette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Buridan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inés Toboso Moreno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Victor Sánchez de Medina Hernández</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Chambaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20th GERLI International Lipid Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2025, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">12th Scientific days on autophagy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2025, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05283052v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05283121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deciphering the singularity of autophagic membranes: key lipids in autophagy</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Lipid/protein interplay in membrane remodeling during plant autophagy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Castets</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josselin Lupette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Chambaud</w:t>
+                <w:t xml:space="preserve">Matthieu Buridan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inés Toboso Moreno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Yatim</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Marguerite Batsale</w:t>
+                <w:t xml:space="preserve">Victor Sánchez de Medina Hernández</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2025 Gordon Research Seminar</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2025, Lucca, Italy</w:t>
+              <w:t xml:space="preserve">20th GERLI International Lipid Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2025, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05279385v1</w:t>
+                <w:t xml:space="preserve">hal-05283052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The phospholipases LCAT3 and LCAT4 are key players in the final stages of autophagy in Arabidopsis</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Deciphering the singularity of autophagic membranes: key lipids in autophagy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josselin Lupette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Chambaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Yatim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franziska Dittrich-Domergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Josselin Lupette</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marguerite Batsale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Proteolysis (GRS) Gordon Research Semina "Proteolysis During Plant Development and Stress Responses"</w:t>
+              <w:t xml:space="preserve">2025 Gordon Research Seminar</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2025, Lucca, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05279370v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05279385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LCAT3 and LCAT4: dual key players in the final stages of autophagy in Arabidopsis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Lipid/protein interplay in membrane formation and remodeling during plant autophagy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josselin Lupette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Castets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Chambaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Buridan</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Josselin Lupette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th International Congress of the French Society of Plant Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">26th International Plant Molecular Biology (IPMB 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Cairns, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05279307v1</w:t>
+                <w:t xml:space="preserve">hal-05279320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lipid/protein interplay in membrane formation and remodeling during plant autophagy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Castets</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josselin Lupette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Matthieu Buridan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inés Toboso Moreno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Clément Chambaud</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Buridan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26th International Plant Molecular Biology (IPMB 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Cairns, Australia</w:t>
+              <w:t xml:space="preserve">International Plant Proteostasis Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05279320v1</w:t>
+                <w:t xml:space="preserve">hal-05279334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lipid/protein interplay in membrane formation and remodeling during plant autophagy</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Clément Chambaud</w:t>
+                <w:t xml:space="preserve">AtVPS13M1 is involved in lipid remodeling in response to phosphate starvation and is located to mitochondria in Arabidopsis thaliana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Leterme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Albrieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohann Couté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Brugière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Plant Proteostasis Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Vienne, Austria</w:t>
+              <w:t xml:space="preserve">International Conference on Plant Mitochondria Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Saint-Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05279334v1</w:t>
+                <w:t xml:space="preserve">hal-04852503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AtVPS13M1 is involved in lipid remodeling in response to phosphate starvation and is located to mitochondria in Arabidopsis thaliana</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Gillet</w:t>
+                <w:t xml:space="preserve">LCAT3 and LCAT4: dual key players in the final stages of autophagy in Arabidopsis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Castets</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Buridan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodrigo Enrique Gomez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franziska Dittrich-Domergue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josselin Lupette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Plant Mitochondria Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2024, Saint-Malo, France</w:t>
+              <w:t xml:space="preserve">14th International Congress of the French Society of Plant Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04852503v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05279307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The molecular signature of autophagic structures in Arabidopsis thaliana</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">How do membrane lipids contribute to autophagy in plants ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodrigo Enrique Gomez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Chambaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josselin Lupette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Céline Yatim</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Castets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Gros</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Juliette Jouhet</w:t>
+                <w:t xml:space="preserve">Stéphanie Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd French Membrane Meeting Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">ENPER 2023 - 23rd European Network for Plant Endomembrane Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Constance, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05274065v1</w:t>
+                <w:t xml:space="preserve">hal-05274098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular cartography of purified autophagic membranes to decrypt autophagosome formation in Arabidopsis thaliana</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">The molecular signature of autophagic structures in Arabidopsis thaliana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josselin Lupette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Chambaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Yatim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Gros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESPL 2023 - 10th European Symposium on Plant Lipids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Amsterdam, Netherlands</w:t>
+              <w:t xml:space="preserve">2nd French Membrane Meeting Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05274047v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05274065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How do membrane lipids contribute to autophagy in plants ?</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Molecular cartography of purified autophagic membranes to decrypt autophagosome formation in Arabidopsis thaliana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josselin Lupette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Chambaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Pascal</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Yatim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Gros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ENPER 2023 - 23rd European Network for Plant Endomembrane Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Constance, Germany</w:t>
+              <w:t xml:space="preserve">ESPL 2023 - 10th European Symposium on Plant Lipids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Amsterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05274098v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05274047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unravelling the contribution of lipids in plant autophagy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josselin Lupette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Chambaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Castets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Yatim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Gros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant Membrane Club</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Lyon, France</w:t>
@@ -2718,416 +2718,416 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biomolecular condensation orchestrates clathrin-mediated endocytosis in plants</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Chaperone-mediated autophagy in fish: A key function amid a changing environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yanning Wang</w:t>
+                <w:t xml:space="preserve">Simon Schnebert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lysiane Brocard</w:t>
+                <w:t xml:space="preserve">Emilio J. Vélez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andreas de Meyer</w:t>
+                <w:t xml:space="preserve">Maxime Goguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roman Hudeček</w:t>
+                <w:t xml:space="preserve">Karine Dias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Veron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Cell Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41556-024-01354-6⟩</w:t>
+              <w:t xml:space="preserve">Autophagy Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 3 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/27694127.2024.2403956⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04680984v1</w:t>
+                <w:t xml:space="preserve">hal-04794731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">HOPping to the vacuole: Autophagosome and late endosomes combine to control plant autophagosome degradation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Biomolecular condensation orchestrates clathrin-mediated endocytosis in plants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Michael Dragwidge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanning Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lysiane Brocard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas de Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roman Hudeček</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Developmental Cell</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nature Cell Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 26 (3), pp.438-449. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41556-024-01354-6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.devcel.2024.08.005⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04794740v1</w:t>
+                <w:t xml:space="preserve">hal-04680984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chaperone-mediated autophagy in fish: A key function amid a changing environment</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">HOPping to the vacuole: Autophagosome and late endosomes combine to control plant autophagosome degradation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Michael Dragwidge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Autophagy Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 3 (1), </w:t>
+              <w:t xml:space="preserve">Developmental Cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 59 (17), pp.2273-2274. </w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/27694127.2024.2403956⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.devcel.2024.08.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04794731v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04794740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Targeting Ultrastructural Events at the Graft Interface of Arabidopsis thaliana by A Correlative Light Electron Microscopy Approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Chambaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah J. Cookson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3135,51 +3135,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Ollat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lysiane Brocard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bio-protocol </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 13 (2), pp.e4590. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3213,103 +3213,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phosphatidylinositol-4-phosphate controls autophagosome formation in Arabidopsis thaliana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrigo Enrique Gomez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Chambaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josselin Lupette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Castets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 13 (1), pp.4385. </w:t>
@@ -3481,90 +3481,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phosphatidylinositol-4-phosphate joins the dance of plant autophagosome formation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrigo Enrique Gomez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Castets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josselin Lupette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Chambaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Joubès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3615,103 +3615,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AtEH/Pan1 proteins drive phase separation of the TPLATE complex and clathrin polymerisation during plant endocytosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Michael Dragwidge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanning Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lysiane Brocard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas de Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roman Hudeček</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BioRxiv</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, </w:t>
@@ -3883,90 +3883,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How Lipids Contribute to Autophagosome Biogenesis, a Critical Process in Plant Responses to Stresses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrigo Enrique Gomez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josselin Lupette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Chambaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Castets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Ducloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4155,51 +4155,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arabidopsis CER1-LIKE1 Functions in a Cuticular Very-Long-Chain Alkane-Forming Complex 1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4289,51 +4289,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lipids in membrane dynamics during autophagy in plants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrigo Enrique Gomez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Joubès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4551,294 +4551,294 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03156537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Arabidopsis cer26 mutant, like the cer2 mutant, is specifically affected in the very long chain fatty acid elongation process</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Arabidopsis cuticular waxes: Advances in synthesis, export and regulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maud Sorel</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Amelie Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Joubès</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Plant Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/tpj.12060⟩</w:t>
+              <w:t xml:space="preserve">Progress in Lipid Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 52 (1), pp.110 - 129. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.plipres.2012.10.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02643891v1</w:t>
+                <w:t xml:space="preserve">hal-02651423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arabidopsis cuticular waxes: Advances in synthesis, export and regulation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Arabidopsis cer26 mutant, like the cer2 mutant, is specifically affected in the very long chain fatty acid elongation process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Pascal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Sorel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amelie Bernard</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marjorie Pervent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Vile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Progress in Lipid Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.plipres.2012.10.002⟩</w:t>
+              <w:t xml:space="preserve">The Plant Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 73 (5), pp.733-746. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/tpj.12060⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02651423v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02643891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reconstitution of Plant Alkane Biosynthesis in Yeast Demonstrates That Arabidopsis ECERIFERUM1 and ECERIFERUM3 Are Core Components of a Very-Long-Chain Alkane Synthesis Complex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amelie Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Domergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4941,77 +4941,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Overexpression of Arabidopsis ECERIFERUM1 promotes wax very-long-chain alkane biosynthesis and influences plant response to biotic and abiotic stresses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Bourdenx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amelie Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Domergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Leger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5222,734 +5222,734 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FUNCTIONAL CHARACTERIZATION OF AN ATYPICAL PHOSPHOLIPASES FAMILY AT THE CROSSTALK BETWEEN LIPID METABOLISM AND AUTOPHAGY IN ARABIDOPSIS</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Phosphatidylinositol-4-phosphate controls autophagosome formation in Arabidopsis thaliana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodrigo Enrique Gomez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Chambaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josselin Lupette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Castets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Rodrigo Enrique Gomez</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23rd Meeting of the European Network for Plant Endomembrane Research (ENPER 2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Constance, Germany</w:t>
+              <w:t xml:space="preserve">Gordon Research Conference / Plant Lipids: Structure, Metabolism and Function</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2023, Galveston - Texas, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05115133v1</w:t>
+                <w:t xml:space="preserve">hal-05273955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phosphatidylinositol-4-phosphate controls autophagosome formation in Arabidopsis thaliana</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">FUNCTIONAL CHARACTERIZATION OF AN ATYPICAL PHOSPHOLIPASES FAMILY AT THE CROSSTALK BETWEEN LIPID METABOLISM AND AUTOPHAGY IN ARABIDOPSIS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Castets</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josselin Lupette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Chambaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franziska Dittrich-Domergue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrigo Enrique Gomez</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gordon Research Conference / Plant Lipids: Structure, Metabolism and Function</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2023, Galveston - Texas, United States</w:t>
+              <w:t xml:space="preserve">23rd Meeting of the European Network for Plant Endomembrane Research (ENPER 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Constance, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05273955v1</w:t>
+                <w:t xml:space="preserve">hal-05115133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Establishing the molecular signature of autophagic membranes to decrypt autophagosome formation in Arabidopsis thaliana</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Phosphatidylinositol-4-phosphate controls autophagosome formation in Arabidopsis thaliana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Chambaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodrigo E Gomez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Castets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Gros</w:t>
+                <w:t xml:space="preserve">Stéphanie Pascal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lysiane Brocard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISPL 2022 - 25th International Symposium on Plant Lipids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Grenoble, France</w:t>
+              <w:t xml:space="preserve">32nd International Conference on Arabidopsis Research ICAR2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Belfast, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05273858v1</w:t>
+                <w:t xml:space="preserve">hal-05273826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FUNCTIONAL CHARACTERIZATION OF A PROTEIN IN THE CROSSTALK BETWEEN LIPID METABOLISM AND AUTOPHAGY IN ARABIDOPSIS</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Establishing the molecular signature of autophagic membranes to decrypt autophagosome formation in Arabidopsis thaliana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josselin Lupette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Chambaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Castets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Yasin Dagdas</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Yatim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Gros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium of Plant Lipid</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Grenoble, France</w:t>
+              <w:t xml:space="preserve">ISPL 2022 - 25th International Symposium on Plant Lipids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05115106v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05273858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phosphatidylinositol-4-phosphate controls autophagosome formation in Arabidopsis thaliana</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">FUNCTIONAL CHARACTERIZATION OF A PROTEIN IN THE CROSSTALK BETWEEN LIPID METABOLISM AND AUTOPHAGY IN ARABIDOPSIS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Castets</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josselin Lupette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Chambaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodrigo Enrique Gomez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rodrigo E Gomez</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Lysiane Brocard</w:t>
+                <w:t xml:space="preserve">Yasin Dagdas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">32nd International Conference on Arabidopsis Research ICAR2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Belfast, Ireland</w:t>
+              <w:t xml:space="preserve">International Symposium of Plant Lipid</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05273826v1</w:t>
+                <w:t xml:space="preserve">hal-05115106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FUNCTIONAL CHARACTERIZATION OF A PROTEIN IN THE CROSSTALK BETWEEN LIPID METABOLISM AND AUTOPHAGY IN ARABIDOPSIS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Castets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josselin Lupette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Chambaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrigo Enrique Gomez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yasin Dagdas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Groupe d'Etude et de Recherche sur les Lipides</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Bordeaux, France</w:t>
@@ -6068,51 +6068,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="B550E49E"/>
+    <w:nsid w:val="A1580FD2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6299,51 +6299,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/amelie-bernard" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7073-2440" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/157438902" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/289388227" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495981v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Bernard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Maniouloux" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Capitaine" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Petrilli" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibtissam Dich" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05367204v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Lupette" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Chambaud" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Buridan" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Castets" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Wattelet-Boyer" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05375770v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#233;s Toboso Moreno" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#237;ctor S&#225;nchez de Medina Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Enrique Gomez" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05375768v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Michael Dragwidge" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Kraus" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Kosuth" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283108v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283163v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283121v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283052v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor S&#225;nchez de Medina Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05279385v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Yatim" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franziska Dittrich-Domergue" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Batsale" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05279370v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05279307v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05279320v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05279334v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852503v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Leterme" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Albrieux" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Cout&#233;" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Brugi&#232;re" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Gillet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05274065v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gros" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Jouhet" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05274047v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05274098v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Pascal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05273812v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680984v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanning Wang" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lysiane Brocard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas de Meyer" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Hude&#269;ek" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41556-024-01354-6" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794740v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.devcel.2024.08.005" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794731v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Schnebert" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilio J. V&#233;lez" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Goguet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Dias" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Veron" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/27694127.2024.2403956" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297913v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah J. Cookson" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Ollat" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21769/bioprotoc.4590" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774766v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-32109-2" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03957390v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Gonzalez-Rodriguez" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Delorme-Axford" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lily Keane" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vassilis Stratoulias" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41419-022-05381-9" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297803v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Joub&#232;s" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15548627.2022.2132042" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847415v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2022.03.17.484738" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03440254v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuanyuan Qiao" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jae Eun Choi" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Tien" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Simko" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thekkelnaycke Rajendiran" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43018-021-00237-1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03883291v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Ducloy" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells10061272" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03285572v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Klionsky" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Kamal Abdel-Aziz" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Abdelfatah" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Abdellatif" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asghar Abdoli" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15548627.2020.1797280" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368049v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Deslous" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Gronnier" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashley Fournier-Goss" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.18.01075" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177909v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Valentin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Batoko" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Satiat-Jeunema&#238;tre" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erx392" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03156537v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinay Eapen" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Waterman" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Schiffman" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrich Sayas" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1614364114" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643891v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Sorel" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Pervent" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Vile" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.12060" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651423v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelie Bernard" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plipres.2012.10.002" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9CK27MPG-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01003414v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Domergue" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Pascal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinhard Jetter" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Renne" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.112.099796" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651224v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Bourdenx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Leger" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.111.172320" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05190097v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan K Kosma" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugene P Parsons" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shiyou L&#252;" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.109.141911" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05115133v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05273955v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05273858v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05115106v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasin Dagdas" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05273826v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo E Gomez" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05115009v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/amelie-bernard" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7073-2440" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/157438902" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/289388227" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495981v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Bernard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Maniouloux" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Capitaine" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Petrilli" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibtissam Dich" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05375768v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Michael Dragwidge" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Buridan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Kraus" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Kosuth" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Chambaud" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05367204v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Lupette" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Castets" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Wattelet-Boyer" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05375770v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#233;s Toboso Moreno" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#237;ctor S&#225;nchez de Medina Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Enrique Gomez" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05279370v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franziska Dittrich-Domergue" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283163v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283108v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283121v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283052v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor S&#225;nchez de Medina Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05279385v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Yatim" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Batsale" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05279320v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05279334v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852503v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Leterme" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Albrieux" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Cout&#233;" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Brugi&#232;re" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Gillet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05279307v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05274098v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Pascal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05274065v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gros" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Jouhet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05274047v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05273812v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794731v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Schnebert" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilio J. V&#233;lez" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Goguet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Dias" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Veron" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/27694127.2024.2403956" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680984v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanning Wang" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lysiane Brocard" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas de Meyer" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Hude&#269;ek" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41556-024-01354-6" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794740v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.devcel.2024.08.005" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297913v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah J. Cookson" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Ollat" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21769/bioprotoc.4590" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774766v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-32109-2" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03957390v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Gonzalez-Rodriguez" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Delorme-Axford" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lily Keane" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vassilis Stratoulias" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41419-022-05381-9" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297803v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Joub&#232;s" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15548627.2022.2132042" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847415v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2022.03.17.484738" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03440254v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuanyuan Qiao" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jae Eun Choi" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Tien" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Simko" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thekkelnaycke Rajendiran" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43018-021-00237-1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03883291v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Ducloy" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells10061272" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03285572v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Klionsky" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Kamal Abdel-Aziz" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Abdelfatah" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Abdellatif" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asghar Abdoli" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15548627.2020.1797280" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368049v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Deslous" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Gronnier" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashley Fournier-Goss" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.18.01075" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177909v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Valentin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Batoko" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Satiat-Jeunema&#238;tre" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erx392" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03156537v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinay Eapen" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Waterman" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Schiffman" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrich Sayas" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1614364114" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651423v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelie Bernard" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plipres.2012.10.002" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9CK27MPG-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643891v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Sorel" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Pervent" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Vile" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.12060" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01003414v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Domergue" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Pascal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinhard Jetter" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Renne" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.112.099796" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651224v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Bourdenx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Leger" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.111.172320" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05190097v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan K Kosma" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugene P Parsons" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shiyou L&#252;" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.109.141911" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05273955v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05115133v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05273826v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo E Gomez" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05273858v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05115106v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasin Dagdas" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05115009v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>