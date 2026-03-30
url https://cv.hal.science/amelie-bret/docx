--- v0 (2026-03-10)
+++ v1 (2026-03-30)
@@ -75,3127 +75,3127 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (7)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sciences ouvertes et nouvelles pratiques de recherche : deux objets sociaux en émergence au sein de la communauté des chercheuses et chercheurs francophones.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Golda Cohen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Bret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamilla Khamzina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Delaval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Le Hénaff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence internationale sur les représentations sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Brest, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05405273v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adoption et adaptation aux nouvelles pratiques de recherche de science ouverte et transparente chez les chercheur/es en psychologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamilla Khamzina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Golda Cohen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Bret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Delaval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Le Hénaff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">63ème congrès de la Société Française de Psychologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2025, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05425323v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Différences inter-individuelles dans les besoins fondamentaux et le bien-être des étudiants selon certaines caractéristiques sociodémographiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Kindelberger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Chauchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Bret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques-Henri Guignard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Diversité, Réussite[s] dans l’Enseignement Supérieur (2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nantes Université [Nantes Univ], Apr 2024, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04557117v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Première vague affective du COVID 19 : Modèles en courbe de croissance et changement de trajectoire affective avec le déconfinement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Galharret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Sapin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Beffara Bret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.H. Boudoukha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oscar Navarro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8e ATELIER MODEVAIIA : MODÉlisation de la VAriabilité Inter- et IntrA-Individuelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, MODEVAIIA, Jun 2023, Saint-Pierre-de-l'Isle, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04325882v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colère, risque, stress et confiance dans les institutions : Analyse en réseau de la dynamique des liens durant les 3 confinements en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Congard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oscar Navarro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Kop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Sapin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghozlane Fleury-Bahi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">24e Journées Internationales de Psychologie Différentielle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Aix-en-Provence, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03683863v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">PTSD and COVID-19: when repeated lockdowns hinder mental health!</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.H. Boudoukha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Congard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Beffara Bret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Sapin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Galharret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">52th congress of the European Association for Behavioural and Cognitive Therapies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Association for Behavioural and Cognitive Therapies, Sep 2022, Barcelone (Espagne), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04328767v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">European Social Cognition Network, Transfert of Knowledge Conference</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Bret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Batailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Courset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Sanrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soufian Azouaghe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bordeaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04965554v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (17)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trust in scientists and their role in society across 68 countries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viktoria Cologna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Niels G Mede</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Besley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cameron Brick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Human Behaviour</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 9 (4), pp.713 - 730. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41562-024-02090-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05244737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victims of Conspiracies? An Examination of the Relationship Between Conspiracy Beliefs and Dispositional Individual Victimhood</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Toribio‐flórez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlene S Altenmüller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen M Douglas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Gollwitzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Indro Adinugroho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Social Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 55 (7), pp.1252 - 1269. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/ejsp.70008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05540372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution of Basic Psychological Needs to Students' Well‐Being Through Positive and Negative Affect</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Kindelberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Chauchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Bret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques‐henri Guignard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scandinavian Journal of Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, pp.1-14. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/sjop.70067⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05512216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valencia scale of attitudes and beliefs towards hypnosis: adaptation of the French online version</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Data from an International Multi-Centre Study of Statistics and Mathematics Anxieties and Related Variables in University Students (the SMARVUS Dataset)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jenny Terry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert M Ross</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tamás Nagy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauricio Salgado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Garrido-Vásquez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quality and Quantity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11135-023-01640-9⟩</w:t>
+              <w:t xml:space="preserve">Journal of Open Psychology Data</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 11 (1), pp.8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5334/jopd.80⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04584934v2</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04584979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Correction: Valencia scale of attitudes and beliefs towards hypnosis: adaptation of the French online version</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Valencia scale of attitudes and beliefs towards hypnosis: adaptation of the French online version</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Bret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Deledalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Capafons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Robin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quality and Quantity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 58 (1), pp.225-225. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11135-023-01661-4⟩</w:t>
+              <w:t xml:space="preserve">, 2023, 58 (1), pp.207-224. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11135-023-01640-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04811602v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04584934v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Data from an International Multi-Centre Study of Statistics and Mathematics Anxieties and Related Variables in University Students (the SMARVUS Dataset)</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Correction: Valencia scale of attitudes and beliefs towards hypnosis: adaptation of the French online version</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Bret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Deledalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Capafons</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Robin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Open Psychology Data</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5334/jopd.80⟩</w:t>
+              <w:t xml:space="preserve">Quality and Quantity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 58 (1), pp.225-225. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11135-023-01661-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04584979v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04811602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A many-analysts approach to the relation between religiosity and well-being</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alexandra J Alayan</w:t>
+                <w:t xml:space="preserve">Willingness to be vaccinated against COVID-19: the role of risk perception, trust in institutions, and affects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghozlane Fleury-Bahi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Sapin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oscar Navarro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdel Halim Boudoukha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Galharret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Religion, Brain &amp; Behavior</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/2153599X.2022.2070255⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpsyg.2023.1182114⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04272206v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04224040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Willingness to be vaccinated against COVID-19: the role of risk perception, trust in institutions, and affects</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean-Michel Galharret</w:t>
+                <w:t xml:space="preserve">A many-analysts approach to the relation between religiosity and well-being</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suzanne Hoogeveen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Sarafoglou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Balazs Aczel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yonathan Aditya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra J Alayan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpsyg.2023.1182114⟩</w:t>
+              <w:t xml:space="preserve">Religion, Brain &amp; Behavior</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (3), pp.237-283. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/2153599X.2022.2070255⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04224040v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04272206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How regulation strategies protected or worsened emotional experience during France's three lockdowns: Prepandemic versus pandemic comparisons and longitudinal approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Congard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Galharret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sapin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Bret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghozlane Fleury-Bahi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta Psychologica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 234, pp.103857. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.actpsy.2023.103857⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03981749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conséquences psychologiques du premier confinement en France : différences individuelles et vécu affectif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Congard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Boudoukha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J-M Galharret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Bret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Sapin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Psychologie Française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.psfr.2022.02.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03688175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A community-sourced glossary of open scholarship terms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sam Parsons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flávio Azevedo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Elsherif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Guay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Owen Shahim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Human Behaviour</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 6 (3), pp.312-318. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41562-021-01269-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03596508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differentiated evaluation of counter-conditioned stimuli as a function of right-wing authoritarianism</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId74" w:history="1">
+                <w:t xml:space="preserve">A fully automated, transparent, reproducible, and blind protocol for sequential analyses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Beffara Bret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Martial Mermillod</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Beffara Bret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ladislas Nalborczyk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Social Psychological Bulletin</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.32872/spb.6593⟩</w:t>
+              <w:t xml:space="preserve">Meta-Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 5, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15626/MP.2018.869⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03312622v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03283796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A fully automated, transparent, reproducible, and blind protocol for sequential analyses</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId74" w:history="1">
+                <w:t xml:space="preserve">Differentiated evaluation of counter-conditioned stimuli as a function of right-wing authoritarianism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Bret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Beffara Bret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Ladislas Nalborczyk</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Mierop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martial Mermillod</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Meta-Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.15626/MP.2018.869⟩</w:t>
+              <w:t xml:space="preserve">Social Psychological Bulletin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 16, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.32872/spb.6593⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03283796v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03312622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluative Influences of CS-US Pairings Are Non-Reciprocal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Mierop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Bret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Yzerbyt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafaele Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Corneille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Social Psychological Bulletin</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 14 (1), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.32872/spb.v14i1.31408⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04584959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Right wing authoritarianism is associated with race bias in face detection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Bret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Beffara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Mcfadyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martial Mermillod</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 12 (7), pp.e0179894. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pone.0179894⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01676192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Resting high frequency heart rate variability selectively predicts cooperative behavior</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Beffara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Bret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vermeulen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martial Mermillod</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physiology &amp; behavior</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 164, pp.417-428. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.physbeh.2016.06.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04272171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reduction of interference effect by low spatial frequency information priming in an emotional Stroop task</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Beffara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Wicker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vermeulen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Ouellet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Bret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Vision</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 15 (16), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1167/15.6.16⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01232161v1</w:t>
-              </w:r>
-[...901 lines deleted...]
-                <w:t xml:space="preserve">hal-04965554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3213,103 +3213,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Confiance dans les institutions, vulnérabilité, colère et stress</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Congard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oscar Navarro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Kop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ambre Khocha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sapin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Basilie Chevrier; Bruno Dauvier; Isabelle Fort. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actualité de la psychologie différentielle</w:t>
@@ -3400,51 +3400,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Moscovici</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bonetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Beffara Bret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colomba Codaccioni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3533,51 +3533,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Autoritarisme de droite et changement d'attitude dans le conditionnement évaluatif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Bret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Psychologie. Université Grenoble Alpes, 2018. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2018GREAS031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -3636,90 +3636,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Are low spatial frequencies or high contrasts the trigger of threat detection?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martial Mermillod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Kauffmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexia Roux-Sibilon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Bret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Palluel-Germain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3930,51 +3930,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244737v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktoria Cologna" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niels G Mede" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Berger" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Besley" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cameron Brick" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41562-024-02090-5" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05540372v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Toribio&#8208;fl&#243;rez" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlene S Altenm&#252;ller" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen M Douglas" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Gollwitzer" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Indro Adinugroho" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejsp.70008" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05512216v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Kindelberger" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Chauchard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Robin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Bret" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques&#8208;henri Guignard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sjop.70067" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04584934v2" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Deledalle" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Capafons" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11135-023-01640-9" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04811602v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11135-023-01661-4" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04584979v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny Terry" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert M Ross" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tam&#225;s Nagy" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio Salgado" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Garrido-V&#225;squez" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/jopd.80" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04272206v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Hoogeveen" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Sarafoglou" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Balazs Aczel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yonathan Aditya" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra J Alayan" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/2153599X.2022.2070255" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04224040v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghozlane Fleury-Bahi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Sapin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Navarro" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel Halim Boudoukha" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Galharret" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2023.1182114" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03981749v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Congard" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpsy.2023.103857" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03688175v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Congard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Boudoukha" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-M Galharret" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bret" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Sapin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2022.02.001" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03596508v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sam Parsons" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fl&#225;vio Azevedo" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Elsherif" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Guay" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Owen Shahim" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41562-021-01269-4" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03312622v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Beffara Bret" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Mierop" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Mermillod" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32872/spb.6593" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03283796v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Beffara Bret" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ladislas Nalborczyk" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15626/MP.2018.869" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04584959v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Yzerbyt" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafaele Dumas" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Corneille" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32872/spb.v14i1.31408" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676192v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Beffara" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Mcfadyen" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0179894" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04272171v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vermeulen" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physbeh.2016.06.011" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01232161v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Wicker" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Ouellet" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1167/15.6.16" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05425323v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamilla Khamzina" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Golda Cohen" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Delaval" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Le H&#233;naff" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05405273v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04557117v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Henri Guignard" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325882v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.H. Boudoukha" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328767v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03683863v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Kop" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965554v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Batailler" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Courset" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Sanrey" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soufian Azouaghe" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552728v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambre Khocha" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327975v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Moscovici" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bonetto" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colomba Codaccioni" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Delouv&#233;e" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/irsp.432" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02391765v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018GREAS031" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01915872v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Kauffmann" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Roux-Sibilon" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Palluel-Germain" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05405273v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Golda Cohen" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Bret" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamilla Khamzina" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Delaval" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Le H&#233;naff" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05425323v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04557117v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Kindelberger" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Chauchard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Robin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Henri Guignard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325882v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Galharret" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Sapin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Beffara Bret" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.H. Boudoukha" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Navarro" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03683863v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Congard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Kop" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghozlane Fleury-Bahi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328767v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965554v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Batailler" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Courset" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Sanrey" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soufian Azouaghe" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244737v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktoria Cologna" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niels G Mede" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Berger" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Besley" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cameron Brick" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41562-024-02090-5" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05540372v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Toribio&#8208;fl&#243;rez" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlene S Altenm&#252;ller" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen M Douglas" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Gollwitzer" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Indro Adinugroho" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejsp.70008" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05512216v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques&#8208;henri Guignard" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sjop.70067" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04584979v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny Terry" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert M Ross" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tam&#225;s Nagy" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio Salgado" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Garrido-V&#225;squez" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/jopd.80" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04584934v2" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Deledalle" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Capafons" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11135-023-01640-9" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04811602v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11135-023-01661-4" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04224040v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel Halim Boudoukha" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2023.1182114" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04272206v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Hoogeveen" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Sarafoglou" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Balazs Aczel" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yonathan Aditya" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra J Alayan" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/2153599X.2022.2070255" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03981749v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpsy.2023.103857" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03688175v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Congard" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Boudoukha" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-M Galharret" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bret" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Sapin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2022.02.001" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03596508v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sam Parsons" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fl&#225;vio Azevedo" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Elsherif" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Guay" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Owen Shahim" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41562-021-01269-4" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03283796v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Beffara Bret" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ladislas Nalborczyk" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15626/MP.2018.869" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03312622v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Mierop" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Mermillod" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32872/spb.6593" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04584959v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Yzerbyt" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafaele Dumas" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Corneille" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32872/spb.v14i1.31408" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676192v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Beffara" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Mcfadyen" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0179894" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04272171v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vermeulen" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physbeh.2016.06.011" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01232161v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Wicker" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Ouellet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1167/15.6.16" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552728v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambre Khocha" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327975v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Moscovici" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bonetto" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colomba Codaccioni" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Delouv&#233;e" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/irsp.432" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02391765v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018GREAS031" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01915872v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Kauffmann" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Roux-Sibilon" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Palluel-Germain" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>