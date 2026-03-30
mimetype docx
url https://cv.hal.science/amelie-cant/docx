--- v0 (2026-03-04)
+++ v1 (2026-03-30)
@@ -424,295 +424,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04542022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application of the Fpg-modified comet assay on three-spined stickleback in freshwater biomonitoring: toward a multi-biomarker approach of genotoxicity</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Chemical occurrence of pesticides and transformation products in two small lentic waterbodies at the head of agricultural watersheds and biological responses in caged Gasterosteus aculeatus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Slaby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Catteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Le Cor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Cant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dorothée Bolzan</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean Prygiel</w:t>
+                <w:t xml:space="preserve">Vincent Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11356-023-30756-6⟩</w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 904, pp.166326. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2023.166326⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04323389v1</w:t>
+                <w:t xml:space="preserve">anses-04227860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemical occurrence of pesticides and transformation products in two small lentic waterbodies at the head of agricultural watersheds and biological responses in caged Gasterosteus aculeatus</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Slaby</w:t>
+                <w:t xml:space="preserve">Application of the Fpg-modified comet assay on three-spined stickleback in freshwater biomonitoring: toward a multi-biomarker approach of genotoxicity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Cant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Bado-Nilles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audrey Catteau</w:t>
+                <w:t xml:space="preserve">Jean-Marc Porcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Le Cor</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Amélie Cant</w:t>
+                <w:t xml:space="preserve">Dorothée Bolzan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Dufour</w:t>
+                <w:t xml:space="preserve">Jean Prygiel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 904, pp.166326. </w:t>
+              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2023.166326⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11356-023-30756-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">anses-04227860v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04323389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integration of Genotoxic Biomarkers in Environmental Biomonitoring Analysis Using a Multi-Biomarker Approach in Three-Spined Stickleback (Gasterosteus aculeatus Linnaeus, 1758)</w:t>
               </w:r>
@@ -724,77 +724,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Cant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bonnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Porcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Prygiel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Catteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Toxics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 10 (3), pp.101. </w:t>
@@ -858,484 +858,484 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The comet assay and the Fpg-modified comet assay: optimization and field-application on erythrocytes of the three-spined stickleback</w:t>
+                <w:t xml:space="preserve">Intégration de biomarqueurs de génotoxicité dans une étude de biosurveillance utilisant une approche multi-biomarqueurs chez l'épinoche à trois épines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Cant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Bonnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Marc Porcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Prygiel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Catteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14. International Comet Assay Workshop (ICAW)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Maastricht, Netherlands</w:t>
+              <w:t xml:space="preserve">Colloque de la Société Française d'Ecotoxicologie Fondamentale et Appliquée (SEFA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ineris-04029039v1</w:t>
+                <w:t xml:space="preserve">hal-04028102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le test des comètes Fpg-modifié : optimisation sur les érythrocytes de l’épinoche à trois épines et application en biosurveillance aquatique</w:t>
+                <w:t xml:space="preserve">The comet assay and the Fpg-modified comet assay: optimization and field-application on erythrocytes of the three-spined stickleback</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Cant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Bado-Nilles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Marc Porcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Prygiel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Bado-Nilles</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">A. Catteau</w:t>
+                <w:t xml:space="preserve">Audrey Catteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17. colloque annuel EcoBIM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Namur, Belgique</w:t>
+              <w:t xml:space="preserve">14. International Comet Assay Workshop (ICAW)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Maastricht, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ineris-04033637v1</w:t>
+                <w:t xml:space="preserve">ineris-04029039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intégration de biomarqueurs de génotoxicité dans une étude de biosurveillance utilisant une approche multi-biomarqueurs chez l'épinoche à trois épines</w:t>
+                <w:t xml:space="preserve">Le test des comètes Fpg-modifié : optimisation sur les érythrocytes de l’épinoche à trois épines et application en biosurveillance aquatique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Cant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marc Bonnard</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Bado-Nilles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Marc Porcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Audrey Catteau</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Prygiel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Catteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque de la Société Française d'Ecotoxicologie Fondamentale et Appliquée (SEFA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Metz, France</w:t>
+              <w:t xml:space="preserve">17. colloque annuel EcoBIM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Namur, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04028102v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ineris-04033637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of a multi-biomarker approach of genotoxicity on the three spined stickleback for aquatic biomonitoring application</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Cant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Bado-Nilles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Marc Porcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Prygiel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Catteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10. International Conference on Stickleback Behaviour and Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Hólar, Iceland</w:t>
@@ -1390,77 +1390,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Cant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bonnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Porcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Prygiel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Catteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">31. SETAC Europe annual meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Online, Belgium</w:t>
@@ -1502,90 +1502,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biomarqueurs de génotoxicité chez l’épinoche à trois épines pour une application en biosurveillance de la qualité des milieux aquatiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Cant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Porcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Catteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Turies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Prygiel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque de la Société Française d'Ecotoxicologie Fondamentale et Appliquée (SEFA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2020, Online, France</w:t>
@@ -1698,51 +1698,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachid Amara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Auffret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bado-Nilles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque annuel de la Société Française d’Ecotoxicologie Fondamentale et Appliquée (SEFA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Le Havre, France</w:t>
@@ -1861,51 +1861,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0BA9526D"/>
+    <w:nsid w:val="36AC257C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2092,51 +2092,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/amelie-cant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2395-6318" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419708v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Menet-N&#233;d&#233;lec" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Cant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Louis" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04542022v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Slaby" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Geffard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Fisson" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Bonnevalle-Normand" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Allonier-Fernandes" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2024.120784" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323389v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bado-Nilles" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Porcher" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Bolzan" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Prygiel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-023-30756-6" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04227860v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Catteau" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Le Cor" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dufour" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.166326" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-03824416v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bonnard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxics10030101" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-04029039v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Porcher" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-04033637v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Prygiel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Catteau" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04028102v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-03988060v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-03273847v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-03225054v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Turies" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04342861v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Xuereb" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khedidja Abbaci" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Amara" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Auffret" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/amelie-cant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2395-6318" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419708v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Menet-N&#233;d&#233;lec" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Cant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Louis" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04542022v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Slaby" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Geffard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Fisson" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Bonnevalle-Normand" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Allonier-Fernandes" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2024.120784" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04227860v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Catteau" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Le Cor" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dufour" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.166326" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323389v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bado-Nilles" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Porcher" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Bolzan" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Prygiel" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-023-30756-6" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-03824416v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bonnard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxics10030101" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04028102v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Porcher" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-04029039v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-04033637v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Prygiel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Catteau" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-03988060v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-03273847v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-03225054v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Turies" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04342861v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Xuereb" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khedidja Abbaci" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Amara" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Auffret" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>