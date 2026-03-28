--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -233,163 +233,266 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Ouvrages (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une approche en FLE de la pédagogie des multilittératies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Cellier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harmattan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Didactique des langues et des littératures, Jean-Louis Chiss, 978-2-336-56972-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05544364v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intelligence artificielle et didactique des langues et des cultures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Cellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eugénie Duthoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristelle Cavalla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Freund</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ALSIC - Apprentissage des Langues et Systèmes d'Information et de Communication</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 28 (1), https://journals-openedition-org.ezproxy.univ-paris3.fr/alsic/, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04987044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -399,648 +502,648 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De l’enseignement de la civilisation à la pédagogie des multilittératies. Transformations des approches culturelles en DFLE</w:t>
+                <w:t xml:space="preserve">Editorial : Intelligence artificielle et didactique des langues et des cultures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Cellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugénie Duthoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristelle Cavalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Danilo Bomilcar</w:t>
+                <w:t xml:space="preserve">Frédérique Freund</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recherches en Didactique des Langues et Cultures - Les Cahiers de l'Acedle</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ALSIC - Apprentissage des Langues et Systèmes d'Information et de Communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 28 (1), https://doi-org.ezproxy.univ-paris3.fr/10.4000/13fxn. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/13fxn⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/15bf5⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05410649v1</w:t>
+                <w:t xml:space="preserve">hal-04987070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Editorial : Intelligence artificielle et didactique des langues et des cultures</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sensibiliser les enseignant.e.s de FLE en formation initiale aux contenus culturels générés par l’IA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristelle Cavalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugénie Duthoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Donatienne Woerly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Cellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jose Ignacio Aguilar Río</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ALSIC - Apprentissage des Langues et Systèmes d'Information et de Communication</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue TDFLE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 85, https://revue-tdfle.fr/pdf/articles/revue-85/3982-sensibiliser-les-enseignantes-de-fle-en-formation-initiale-aux-contenus-culturels-generes-par-l-ia. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.34745/numerev_2569⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/13fxn⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04987070v1</w:t>
+                <w:t xml:space="preserve">halshs-05144881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensibiliser les enseignant.e.s de FLE en formation initiale aux contenus culturels générés par l’IA</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">De l’enseignement de la civilisation à la pédagogie des multilittératies. Transformations des approches culturelles en DFLE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Cellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danilo Bomilcar</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue TDFLE</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Recherches en Didactique des Langues et Cultures - Les Cahiers de l'Acedle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 23-2, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/15bf5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.34745/numerev_2569⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">halshs-05144881v1</w:t>
+                <w:t xml:space="preserve">hal-05410649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proposition d’hybridation de la perspective actionnelle et de la pédagogie des multilittératies : une nouvelle voie pour la formation des migrants en France ? Premières mises à l’essai</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Cellier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers de l'ILOB</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.18192/olbij.v11i1.6182⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03636205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les archives de l’EPPFE : une porte d’entrée vers l’analyse du champ du français langue étrangère ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marija Apostolović</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice-Hélène Burrows</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Cellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danilo Bomilcar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Documents pour l'histoire du français langue étrangère et seconde</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/dhfles.8425⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03560659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Empathie et expérience picturale dans l’apprentissage d’une langue étrangère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Cellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Borgé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Langues Modernes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, Sens et émotions dans l’enseignement-apprentissage des langues-cultures, 2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02927434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1050,100 +1153,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transposition de la pédagogie des multiliteracies à l'enseignement et à l'apprentissage du FLE. Mises en application en milieu universitaire et sur le terrain des formations linguistiques de l'OFII</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Cellier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Linguistique. Université de la Sorbonne nouvelle - Paris III, 2023. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2023PA030112⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04617891v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1153,1609 +1256,1609 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C'est un long travail laborieux qui est censé être intéressant » : Émotion, agentivité et IAG</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Eugénie Duthoit</w:t>
+                <w:t xml:space="preserve">The effects of Multiliteracies on learning French as a Foreign Language: a Comparative Analysis of Pedagogical Devices in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaolong MA</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Cellier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Évaluer en langues vivantes: enjeux, outils, perspectives</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, APLV, Dec 2025, Nanterre (92), France</w:t>
+              <w:t xml:space="preserve">Les littératies plurilingues en éducation : Approches plurielles dans et au-dehors de la salle de classe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EDILIC, Jul 2025, Hambourg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05411146v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05212221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The effects of Multiliteracies on learning French as a Foreign Language: a Comparative Analysis of Pedagogical Devices in France</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">ChatGPT, un agent d'évaluation formative (et ses limites)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Cellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Freund</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristelle Cavalla</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les littératies plurilingues en éducation : Approches plurielles dans et au-dehors de la salle de classe</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EDILIC, Jul 2025, Hambourg, Germany</w:t>
+              <w:t xml:space="preserve">Evaluations en contexte IA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Sorbonne Nouvelle, Apr 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05212221v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05025960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ChatGPT, un agent d'évaluation formative (et ses limites)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">C'est un long travail laborieux qui est censé être intéressant » : Émotion, agentivité et IAG</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristelle Cavalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugénie Duthoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Cellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Donatienne Woerly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice-Hélène Burrows</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Evaluations en contexte IA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Sorbonne Nouvelle, Apr 2025, Paris, France</w:t>
+              <w:t xml:space="preserve">Évaluer en langues vivantes: enjeux, outils, perspectives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, APLV, Dec 2025, Nanterre (92), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05025960v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05411146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'ingénierie des formations linguistiques de l'OFII : la question didactique des interactions exolingues et interculturelles</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Diana Martinez</w:t>
+                <w:t xml:space="preserve">Cliodifle. Rendre aux enseignant.es de FLE leur histoire : une problématique d'accessibilité des archives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Spaëth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice-Hélène Burrows</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Le Mounier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Cellier</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiangxi JI</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque International Migrations</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut de recherche interdisciplinaire sur les enjeux sociétaux et territoriaux, Jan 2024, Mons, Belgium</w:t>
+              <w:t xml:space="preserve">Journée des données de la recherche. Les données pour la DDLC : Diversités, contraintes méthodologiques, éthique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, DILTEC, Sep 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04466471v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04924892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La décision, entre habitudes et improvisation enseignantes.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L'ingénierie des formations linguistiques de l'OFII : la question didactique des interactions exolingues et interculturelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diana Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Cellier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire de recherche Interaction Didactique et Agir Professoral (IDAP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, DILTEC, Sorbonne Nouvelle, May 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">Colloque International Migrations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut de recherche interdisciplinaire sur les enjeux sociétaux et territoriaux, Jan 2024, Mons, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04613634v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04466471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cliodifle. Rendre aux enseignant.es de FLE leur histoire : une problématique d'accessibilité des archives</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La décision, entre habitudes et improvisation enseignantes.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Cellier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée des données de la recherche. Les données pour la DDLC : Diversités, contraintes méthodologiques, éthique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, DILTEC, Sep 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">Séminaire de recherche Interaction Didactique et Agir Professoral (IDAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, DILTEC, Sorbonne Nouvelle, May 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04924892v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04613634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enseigner à faire sens en FLE à partir de la pédagogie des multiliteracies.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Cellier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">[Retour] du sujet et du sens en didactique des langues étrangères.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Lièges, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04613628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accompagne moi si tu peux !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice-Hélène Burrows</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eugénie Duthoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Donatienne Woerly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Donatienne Woerly</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Jose Ignacio Aguilar Río</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristelle Cavalla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">improviser ne s'improvise pas ! : réflexions sur l'action enseignante et les pratiques de formation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, DILTEC EA2288 - Université Sorbonne Nouvelle, Nov 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04830080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Problematic Case of the Multilinguism in the Transposition of the Pedagogy of Multiliteracies to the Teaching and Learning of French as a Foreign Language in an OFII training organization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Cellier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">LANGSCAPE &amp; ENROPE WINTER SCHOOL 2023 Exploring plurilingual and multilingual teaching practices</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2023, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04015591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'observation-participante en question</w:t>
+                <w:t xml:space="preserve">Développement durable et bien-être au Diltec : résultat d’une enquête des jeunes chercheur.e.s du DILTEC</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Cellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Benzakki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’accompagnement scientifique des doctorants du DILTEC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">Didactique des langues et plurilinguisme conjugués au futur : projections pour un monde durable</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Fontainebleau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03675567v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03675582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement durable et bien-être au Diltec : résultat d’une enquête des jeunes chercheur.e.s du DILTEC</w:t>
+                <w:t xml:space="preserve">L'observation-participante en question</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Cellier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Benzakki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Didactique des langues et plurilinguisme conjugués au futur : projections pour un monde durable</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Fontainebleau, France</w:t>
+              <w:t xml:space="preserve">Journée d’accompagnement scientifique des doctorants du DILTEC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03675582v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03675567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Médiation multimodale. Processus de conscientisation et développement de compétences à l’écrit</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Que disent les archives sur la vie de l'Ecole de préparation des professeurs à l'étranger ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marija Apostolović</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Cellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danilo Bomilcar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Médiations(s) et médiatisation(s) en classe de langue. Quelle(s) mise(s) en oeuvre ? Quelles conséquences ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Angers, France</w:t>
+              <w:t xml:space="preserve">Lancement de la bibliothèque CLIODIFLE : 100 ans d'histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03388007v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03465541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Changements de paradigme culturel en didactique du FLE de 1980 à nos jours : focus sur l’enseignement de la civilisation et sur la pédagogie des multiliteracies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Equipe Cliodifle, DILTEC-Sorbonne Nouvelle : Méthodologie du projet Collex-Cliodifle et premiers résultats du travail sur archives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marija Apostolović</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice-Hélène Burrows</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Cellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Danilo Bomilcar</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Lyabastre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Les Cours de civilisation française de la Sorbonne et les universités parisiennes : 100 ans d’internationalisation de l’enseignement supérieur</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2021, Paris, France</w:t>
+              <w:t xml:space="preserve">Lancement de la bibliothèque numérique CLIODIFLE : 100 ans d'histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03453803v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03465543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Equipe Cliodifle, DILTEC-Sorbonne Nouvelle : Méthodologie du projet Collex-Cliodifle et premiers résultats du travail sur archives</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Changements de paradigme culturel en didactique du FLE de 1980 à nos jours : focus sur l’enseignement de la civilisation et sur la pédagogie des multiliteracies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Cellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Renaud Lyabastre</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danilo Bomilcar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lancement de la bibliothèque numérique CLIODIFLE : 100 ans d'histoire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2021, Paris, France</w:t>
+              <w:t xml:space="preserve">Colloque Les Cours de civilisation française de la Sorbonne et les universités parisiennes : 100 ans d’internationalisation de l’enseignement supérieur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03465543v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03453803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Que disent les archives sur la vie de l'Ecole de préparation des professeurs à l'étranger ?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Médiation multimodale. Processus de conscientisation et développement de compétences à l’écrit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Cellier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Danilo Bomilcar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lancement de la bibliothèque CLIODIFLE : 100 ans d'histoire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2021, Paris, France</w:t>
+              <w:t xml:space="preserve">Médiations(s) et médiatisation(s) en classe de langue. Quelle(s) mise(s) en oeuvre ? Quelles conséquences ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03465541v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03388007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transposer la pédagogie des multiliteracies à l’enseignement et à l’apprentissage du FLE en France : quelles problématiques ? Quels procédés adopter ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Cellier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Choc de contextes et complexification des savoirs en éducation plurilingue et interculturelle </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03450138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction de l’approche phénoménologique comme méthode d’analyse en didactique des langues et des cultures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Cellier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">23èmes Rencontres Jeunes Chercheurs (RJC 2020) Multidimensionnalité, transdisciplinarité À la croisée des approches en Sciences du Langage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2020, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02927489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expérience esthétique de l’exposition Gauguin l’alchimiste, médiation et performance langagière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Borgé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Cellier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Langages artistiques, émotions et multilittératies en didactique des langues. Quels enjeux pour la recherche et pour la formation en didactique des langues et des cultures ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02927446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId58"/>
+      <w:footerReference w:type="default" r:id="rId60"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2902,51 +3005,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amelie.cellier@sorbonne-nouvelle.fr" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987044v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Cellier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Duthoit" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristelle Cavalla" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Freund" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410649v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danilo Bomilcar" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15bf5" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987070v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13fxn" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05144881v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donatienne Woerly" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Ignacio Aguilar R&#237;o" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34745/numerev_2569" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636205v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18192/olbij.v11i1.6182" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560659v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marija Apostolovi&#263;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice-H&#233;l&#232;ne Burrows" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dhfles.8425" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02927434v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Borg&#233;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04617891v3" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023PA030112" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411146v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212221v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaolong MA" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025960v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466471v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Martinez" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613634v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924892v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Spa&#235;th" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Le Mounier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiangxi JI" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613628v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830080v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04015591v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03675567v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03675582v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Benzakki" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388007v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03453803v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465543v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Lyabastre" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465541v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03450138v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02927489v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02927446v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amelie.cellier@sorbonne-nouvelle.fr" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05544364v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Cellier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/catalogue/livre/une-approche-en-fle-de-la-pedagogie-des-multilitteraties/80546" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987044v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Duthoit" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristelle Cavalla" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Freund" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987070v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13fxn" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05144881v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donatienne Woerly" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Ignacio Aguilar R&#237;o" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34745/numerev_2569" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410649v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danilo Bomilcar" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15bf5" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636205v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18192/olbij.v11i1.6182" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560659v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marija Apostolovi&#263;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice-H&#233;l&#232;ne Burrows" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dhfles.8425" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02927434v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Borg&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04617891v3" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023PA030112" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212221v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaolong MA" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025960v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411146v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924892v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Spa&#235;th" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Le Mounier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiangxi JI" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466471v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Martinez" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613634v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613628v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830080v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04015591v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03675582v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Benzakki" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03675567v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465541v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465543v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Lyabastre" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03453803v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388007v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03450138v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02927489v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02927446v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>