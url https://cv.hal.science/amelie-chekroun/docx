--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -147,3419 +147,3419 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (20)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Connexions africaines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hadrien Collet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Chekroun</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Carine Juvin. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Mamlouks 1250-1517</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Skira-Louvre, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05503948v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Section 32 du Comité National de la Recherche Scientifique : « Mondes anciens et médiévaux »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Hurlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Cronier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Badie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuèle Caire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Chekroun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rapport de conjoncture du Comité National de la Recherche Scientifique – Édition 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNRS Éditions, pp.753-777, 2025, 978-2-271-15362-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05524267v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hakuna-s (?) from Nora, 14th to 16th century</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Dorso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Chekroun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Mensan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Anne-Lise Goujon; Lucile Denizot; Léa Legouix. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Guidebook National Museum of Ethiopia Historical Archaeology Exhibition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">éditions Soleb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.62-63, 2025, Les Nilotiques, 978-2-918157-65-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05147583v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Sultanates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Chekroun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothy Insoll</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">National Museum of Ethiopia Historical Archaeology Exhibition - Guidebook</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soleb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p. 56-57, 2025, les nilotiques, 978-2-918157-65-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05396162v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Medieval Ethiopia: At the Crossroads of Faith and Trade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Chekroun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Laure Derat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">National Museum of Ethiopia Historical Archaeology Exhibition - Guidebook</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soleb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.44-45, 2025, Les Nilotiques, 978-2-918157-65-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05396166v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Père Azaïs, père de l’archéologie des sites mégalithiques du Sud éthiopien (1924-1935)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Chekroun</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ethiopie, la vallée des stèles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Musée Fenaille, pp.59-67, 2024, 9782493716002</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04843845v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nora, site médiéval de l’Ifat en Éthiopie : introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Xavier Fauvelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Mensan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Chekroun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deresse Ayenachew</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Habtewold Habtemikael</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nora, ville islamique de l’Éthiopie médiévale (fin du XIIIe-début du XVIe siècle) : les fouilles de 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre français des études éthiopiennes, pp.15-20, 2024, Ad’É Books, Archaeology and History, 978-2-11-172318-4. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/12ixt⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04829468v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Afrique médiévale : ce que révèle l’archéologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Chekroun</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pierre Singaravélou. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colonisations. Notre Histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Seuil, pp.140-141, 2023, 9782021494150</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04273768v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">’Arab Faqīh, Conquest of Ethiopia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Chekroun</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Martha Freferiks. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Christian-Muslim Relations. Primary Sources 600 – 1914; Volume 2: Textual Sources in Christian-Muslim Relations, 1500 - 1700</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bloomsbury, pp.355-357, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04225224v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ethiopie, un passé extraordinaire?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Chekroun</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La grande histoire de l'Afrique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions Sciences Humaines, pp.143-154, 2023, 9782361068462</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04273753v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D’une rive à l’autre du golfe d’Aden : espaces connectés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Chekroun</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pierre Singaravélou. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colonisations. Notre histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Seuil, pp.57-60, 2023, 9782021494150</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04273778v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">To whom do the dead belong? : Preliminary observations on the cemetery of Tsomar, eastern Tigray (Inscriptiones Arabicae Aethiopiae 2)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Loiseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Dorso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hiluf Berhe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deresse Ayenachew</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Chekroun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Caroline Durand; Julie Marchand; Bérangère Redon; Pierre Schneider. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Networked spaces : The spatiality of networks in the Red Sea and Western Indian Ocean</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, , 2022, 978-2-35668-078-5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.momeditions.16521⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03086744v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Sultanates of Medieval Ethiopia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Chekroun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Hirsch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Samantha Kelly. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A Companion to Medieval Ethiopia and Eritrea</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Brill, pp.86-112, 2020, 978-90-04-41943-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1163/9789004419582_005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02505420v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Muslim-Christian Wars and the Oromo Expansion: Transformations at the End of the Middle Ages (c. 1500 – c. 1560)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Chekroun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Hirsch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">S. Kelly (éd.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Companion to Medieval Ethiopia and Eritrea</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Brill, pp.454-476, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1163/9789004419582_017⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02505427v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’Ethiopie, entre Gondar et Harar (XVIe-XVIIIe s.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Chekroun</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">François-Xavier Fauvelle et Isabelle Surun. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Atlas historique de l’Afrique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions Autrement, pp.38-39, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02505435v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’Ethiopie médiévale : de la symbiose économique à la guerre (VIIe-XVIe s)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Chekroun</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">François-Xavier Fauvelle et Isabelle Surun. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Atlas historique de l’Afrique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions Autrement, pp.24-25, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02505431v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ottomans, Yemenis and the &amp;quot;Conquest of Abyssinia&amp;quot; (1531-1543)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Chekroun</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Eloi Ficquet, Ahmed Hassan Omer et Thomas Osmond. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Movements in Ethiopia/Ethiopia in Movement. Proceedings of the 18th International Conference of Ethiopian Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Tsehai Publishers, Addis Ababa University Press, pp.163-174, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02505465v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des futūḥ au Futūḥ al-Ḥabaša : usage symbolique d’un modèle littéraire arabe classique dans l’Éthiopie islamique du xvie siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Chekroun</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Apprendre, produire, se conduire : le modèle au Moyen Âge, XLVe Congrès de la SHMESP (Nancy-Metz, 22-25 mai 2014)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Publications de la Sorbonne, pp.309-317, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02505468v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Harla : archéologie et mémoire des géants d'Éthiopie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Chrétien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Chekroun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Xavier Fauvelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bertrand Hirsch et François-Xavier Fauvelle-Aymar. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Espaces musulmans de la corne de l'Afrique au Moyen Âge</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, De Broca et Centre français des études étiopiennes, pp.75-98, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00707299v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Archéologie des géants d'Éthiopie.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Chekroun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Xavier Fauvelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Hirsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deresse Ayenatchew</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Onézime</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">F.-X. FAUVELLE-AYMAR et B. HIRSCH. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Espaces musulmans de la Corne de l'Afrique au Moyen Âge : Etudes d'archéologie et d'histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, De Boccard/CFEE, pp.75-98, 2011, Annales d'Ethiopie Hors Série 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00695253v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (17)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Derniers échos du jihad éthiopien (XVIe siècle) : l’apport de la biographie du fils de l’imām Aḥmad par al-Jazīrī</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Chekroun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bellica. Guerre, histoire et sociétés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 3 (2), pp.9-30. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.70958/bellica.v3i2.3551⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05395526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeffrey M. Shaw, The Ethiopian–Adal War 1529–1543: The Conquest of Abyssinia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Chekroun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aethiopica, International Journal for Ethiopian and Eritrean Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 26, pp.293-295. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.15460/aethiopica.26.2078⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05396047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Islam médiéval éthiopien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Chekroun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue des Mondes Musulmans et de la Méditerranée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 153, pp.21-34. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/remmm.19256⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04225038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harar as the capital city of the Barr Saʿd ad-Dīn (first half of the 16th century): from its emergence to its fortification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Chekroun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales d'Éthiopie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 34 (1), pp.23-44. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3406/ethio.2022.1710⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04224979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bilet and the wider world. New insights into the archaeology of Islam in Tigray</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Loiseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dorso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Gleize</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Ollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deresse Ayenachew</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Antiquity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 95 (380), pp.508-529. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.15184/aqy.2020.163⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03086740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entre Arabie et Éthiopie chrétienne : le sultan walasma‘ Sa‘d al-Dīn et ses fils</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Chekroun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Médiévales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, Éthiopie, Nubie, Égypte : Pouvoirs chrétiens et musulmans (XIe-XVe siècle), 79 (Automne 2020), pp.117-136. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/medievales.11082⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03086735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Corne de l'Afrique, un carrefour culturel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Chekroun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Monde La Vie. Hors-série</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, Atlas des Afriques, pp.50-51</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03086728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les stèles perdues d'Ethiopie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Chekroun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Carnets de Science, la revue du CNRS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 8, pp.180-195</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03086716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conquête(s) et conversions religieuses dans l’Éthiopie du xvie siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Chekroun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archives de Sciences Sociales des Religions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Signes et scènes de la conversion dans l'espace public (Antiquité-période moderne), 182, pp.149-166. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/assr.38681⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02093836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le sultanat de l’Awfāt, sa capitale et la nécropole des Walasmaʿ</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Le Mäṣḥafä Seddät et le Futūḥ al-Ḥabaša : un cas de contact entre manuscrits islamiques et manuscrits chrétiens d’Éthiopie au XVIe siècle ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Chekroun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Annales Islamologiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/anisl.4054⟩</w:t>
+              <w:t xml:space="preserve">Afriques. Débats, méthodes et terrains d'histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 08, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/afriques.2025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02093810v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02505449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Mäṣḥafä Seddät et le Futūḥ al-Ḥabaša : un cas de contact entre manuscrits islamiques et manuscrits chrétiens d’Éthiopie au XVIe siècle ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Le sultanat de l’Awfāt, sa capitale et la nécropole des Walasmaʿ</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Xavier Fauvelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Hirsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Chekroun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Afriques. Débats, méthodes et terrains d'histoire</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/afriques.2025⟩</w:t>
+              <w:t xml:space="preserve">Les Annales Islamologiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 51, pp.239-295. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/anisl.4054⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02505449v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02093810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dakar, capitale du sultanat éthiopien du Barr Sa‘d ad-dīn (1415-1520)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Chekroun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers d'études africaines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 219, pp.569-586. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/etudesafricaines.18225⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02505490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuscrits, éditions et traductions du Futūḥ al-Ḥabaša : état des lieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Chekroun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Annales Islamologiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 46, pp.293-322</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02505474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un archéologue capucin en Éthiopie - François Bernardin Azaïs (1922 - 1936)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Un archéologue capucin en Éthiopie (1922-1936) : François Bernardin Azaïs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Chekroun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Afriques. Débats, méthodes et terrains d'histoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, s.p</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2011, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/afriques.785⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00695231v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02505458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un archéologue capucin en Éthiopie (1922-1936) : François Bernardin Azaïs</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Un archéologue capucin en Éthiopie - François Bernardin Azaïs (1922 - 1936)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Chekroun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Afriques. Débats, méthodes et terrains d'histoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2011, s.p</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02505458v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00695231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Topographic Survey and Some Soundings at Nora, an Ancient Muslim Town of Ethiopia</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+                <w:t xml:space="preserve">Reconnaissance de trois villes musulmanes de l'époque médiévale dans l'Ifat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Fauvelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Hirsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bruxelles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chalachew Mesfin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Chekroun</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Olivier Onézime</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Ethiopian studies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, XXXIX (1-2), pp.1-11</w:t>
+              <w:t xml:space="preserve">Annales d'Éthiopie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 22 (1), pp.133-175</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00695264v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02017897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reconnaissance de trois villes musulmanes de l'époque médiévale dans l'Ifat</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+                <w:t xml:space="preserve">A Topographic Survey and Some Soundings at Nora, an Ancient Muslim Town of Ethiopia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Fauvelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bruxelles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Chekroun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Mensan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Onézime</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales d'Éthiopie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 22 (1), pp.133-175</w:t>
+              <w:t xml:space="preserve">Journal of Ethiopian studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, XXXIX (1-2), pp.1-11</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...1815 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Pierre Chrétien</w:t>
-[...62 lines deleted...]
-                <w:t xml:space="preserve">halshs-00707299v1</w:t>
+                <w:t xml:space="preserve">halshs-00695264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3577,51 +3577,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D’une rive à l’autre du golfe d’Aden : espaces connectés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Chekroun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colonisations. Notre histoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, p. 57-60</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3646,51 +3646,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Afrique médiévale : ce que révèle l’archéologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Chekroun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colonisations. Notre histoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3747,103 +3747,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ethiopian Islam. Connected studies of Medieval Horn of Africa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Chekroun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dorso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolina Cornax-Gómez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jorge de Torres Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deresse Ayenachew</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue des Mondes Musulmans et de la Méditerranée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 153, 2023, </w:t>
@@ -3881,51 +3881,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">NEW INSIGHTS INTO THE HISTORY OF HARAR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Chekroun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Pedrotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4019,90 +4019,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éthiopie, Nubie, Égypte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Seignobos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laure Derat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Chrétien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Loiseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Chekroun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Médiévales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 79 (79), 2020, </w:t>
@@ -4172,51 +4172,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La conquête de l'Ethiopie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Chekroun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CNRS Editions</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 384 p., 2023, Zena, 9782271145543</w:t>
             </w:r>
           </w:p>
@@ -4275,103 +4275,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preliminary Report Excavations and Surveys: Bilet (Tigray, Ethiopia), 1-20 December 2018</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Loiseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yared Assefa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deresse Ayenachew</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fesseha Berhe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hiluf Berhe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] Authority of Research and Conservation of Cultural Heritage (Addis Ababa). 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -4397,77 +4397,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Archaeological survey around Igre Hariba (Ethiopia, Tigray): Fieldwork Preliminary Report, 8-15 March 2018</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Loiseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Chrétien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Chekroun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] Authority of Research and Conservation of Cultural Heritage (Addis Ababa). 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -4521,103 +4521,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preliminary Report: Archaeological Surveys in South-Eastern Tigray (Ethiopia), October-December 2019</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dorso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Loiseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Chekroun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hiluf Berhe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deresse Ayenachew</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -4675,51 +4675,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Father Azaïs and the Historical Geography of Tchertcher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Chekroun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ethiopian Studies at the Brink of Its 50th Anniversary. Proceedings of the XVIIth International Conference of Ethiopian Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2009, Addis Ababa (Ethiopie), Ethiopia. Addis Ababa University Press, p. 377-387, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4834,51 +4834,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="43651C95"/>
+    <w:nsid w:val="B37409F7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5065,51 +5065,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/amelie-chekroun" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6380-1532" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/181244349" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05395526v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Chekroun" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70958/bellica.v3i2.3551" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05396047v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15460/aethiopica.26.2078" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225038v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remmm.19256" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224979v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ethio.2022.1710" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03086740v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Loiseau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Dorso" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gleize" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ollivier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deresse Ayenachew" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15184/aqy.2020.163" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03086735v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/medievales.11082" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03086728v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03086716v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02093836v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/assr.38681" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02093810v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Fauvelle" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Hirsch" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anisl.4054" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-H0R5W9HR-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02505449v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/afriques.2025" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02505490v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesafricaines.18225" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02505474v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00695231v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02505458v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/afriques.785" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00695264v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bruxelles" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Mensan" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier On&#233;zime" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02017897v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chalachew Mesfin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503948v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadrien Collet" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05524267v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Hurlet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Cronier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Badie" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanu&#232;le Caire" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05147583v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.soleb.com/livres/addis-ababa/suite-01.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05396162v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Insoll" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.soleb.com/soleb/index.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05396166v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Derat" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04843845v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829468v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Habtewold Habtemikael" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12ixt" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273753v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225224v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273768v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273778v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03086744v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiluf Berhe" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.momeditions.16521" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02505420v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004419582_005" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02505427v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004419582_017" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02505431v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02505435v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02505465v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02505468v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00695253v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deresse Ayenatchew" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00707299v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Chr&#233;tien" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225211v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225216v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225031v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Cornax-G&#243;mez" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge de Torres Rodriguez" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remmm.19085" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224993v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Pedrotti" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Mercier" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Mirza" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muna Abubeker" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-04213745v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Seignobos" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/medievales.11042" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225020v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/histoire/la-conquete-de-l-ethiopie/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02909979v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yared Assefa" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fesseha Berhe" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02909992v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05136031v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05395990v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/amelie-chekroun" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6380-1532" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/181244349" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503948v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadrien Collet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Chekroun" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05524267v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Hurlet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Cronier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Badie" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanu&#232;le Caire" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05147583v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Dorso" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Mensan" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.soleb.com/livres/addis-ababa/suite-01.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05396162v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Insoll" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.soleb.com/soleb/index.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05396166v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Derat" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04843845v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829468v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Fauvelle" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deresse Ayenachew" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Habtewold Habtemikael" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12ixt" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273768v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225224v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273753v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273778v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03086744v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Loiseau" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiluf Berhe" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.momeditions.16521" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02505420v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Hirsch" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004419582_005" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02505427v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004419582_017" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02505435v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02505431v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02505465v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02505468v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00707299v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Chr&#233;tien" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00695253v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deresse Ayenatchew" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier On&#233;zime" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05395526v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70958/bellica.v3i2.3551" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05396047v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15460/aethiopica.26.2078" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225038v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remmm.19256" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224979v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ethio.2022.1710" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03086740v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gleize" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ollivier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15184/aqy.2020.163" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03086735v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/medievales.11082" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03086728v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03086716v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02093836v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/assr.38681" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02505449v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/afriques.2025" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02093810v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anisl.4054" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-H0R5W9HR-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02505490v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesafricaines.18225" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02505474v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02505458v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/afriques.785" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00695231v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02017897v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bruxelles" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chalachew Mesfin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00695264v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225211v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225216v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225031v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Cornax-G&#243;mez" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge de Torres Rodriguez" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remmm.19085" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224993v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Pedrotti" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Mercier" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Mirza" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muna Abubeker" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-04213745v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Seignobos" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/medievales.11042" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225020v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/histoire/la-conquete-de-l-ethiopie/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02909979v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yared Assefa" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fesseha Berhe" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02909992v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05136031v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05395990v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>