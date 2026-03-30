--- v0 (2026-03-07)
+++ v1 (2026-03-30)
@@ -66,661 +66,1829 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (4)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gouvernance partagée et ancrage territorial dans les outre-mer</w:t>
+                <w:t xml:space="preserve">Archipels d’enjeux : les politiques publiques dans les économies insulaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frederic Chantreuil</w:t>
+                <w:t xml:space="preserve">Frédéric Chantreuil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Chung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Hoarau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yannick L'Horty</w:t>
+                <w:t xml:space="preserve">Isabelle Lebon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Lebon</w:t>
+                <w:t xml:space="preserve">Yannick L’horty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Études Caribéennes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 14, </w:t>
+              <w:t xml:space="preserve">Revue Française d'Economie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, Vol. XL (1), pp.3-12. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/1516y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/rfe.261.0003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05450298v1</w:t>
+                <w:t xml:space="preserve">hal-05548405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets de contexte et réussite scolaire des jeunes en Nouvelle-Calédonie</w:t>
+                <w:t xml:space="preserve">Gouvernance partagée et ancrage territorial dans les outre-mer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florent Sari</w:t>
+                <w:t xml:space="preserve">Frederic Chantreuil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Chung</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick L'Horty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Lebon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue d'économie régionale et urbaine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/reru.234.0609⟩</w:t>
+              <w:t xml:space="preserve">Études Caribéennes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 14, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/1516y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04467139v1</w:t>
+                <w:t xml:space="preserve">hal-05450298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ethnic diversity and educational success: Evidence from France</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Migrations et emploi en Nouvelle-Calédonie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Chung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Domingues</w:t>
+                <w:t xml:space="preserve">Kathleen Wright</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Research in Economics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 75 (2), pp.133-143. </w:t>
+              <w:t xml:space="preserve">Revue d'économie régionale et urbaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Avril (2), pp.303-326. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.rie.2021.04.002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/reru.252.0303⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04268529v1</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05548404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Effets de contexte et réussite scolaire des jeunes en Nouvelle-Calédonie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Sari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Chung</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'économie régionale et urbaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Octobre (4), pp.609-634. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/reru.234.0609⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04467139v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ethnic diversity and educational success: Evidence from France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Chareyron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Chung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Domingues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Research in Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 75 (2), pp.133-143. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.rie.2021.04.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04268529v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Formation des équipes enseignantes, décrochage et réussite scolaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Chung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves Le Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Galy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers du Laboratoire de recherches juridique et économique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, n° 2019-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03389446v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (10)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inequalitites and public policies in New Caledonia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Chung</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Society For Oceanists 2026 Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Luzern, Jun 2025, Lucerne, Switzerland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05548401v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discrimination à l’emploi et effets de la composition des quartiers en Nouvelle-Calédonie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Chareyron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Chung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Gorohouna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick L'Horty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Ris</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actes de la Recherche ultramarine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04964799v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discrimination dans l'emploi en Nouvelle-Calédonie : une étude expérimentale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Chareyron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Gorohouna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick L'Horty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Chung</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actes de la Recherche Ultramarine 2025, Arum 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04950656v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'interventionnisme économique dans les Outre-Mer : quels enjeux économiques ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Chung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Lebon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'interventionnisme économique dans les Outre-Mer, un levier de développement ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'AJDOM, Jun 2023, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04467140v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inflation, insularité et rémunération</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Chung</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assises de la fonction publique NC 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Nouméa, New Caledonia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04467141v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Migration et emploi en Nouvelle-Calédonie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Chung</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">59e colloque ASRDLF, Les territoires périphériques et ultrapériphériques face aux crises majeures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ASRDLF, Jun 2023, La Réunion(France), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04467142v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discriminations dans l’accès à l’emploi en Nouvelle-Calédonie : une mesure expérimentale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Chareyron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Chung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Gorohouna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick L'Horty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Ris</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actes de la Recherche Ultra Marine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04979143v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Education and racial inequalities in a context of decolonization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Chung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Ris</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">69th annual meeting of Association Française de Sciences Economiques (AFSE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Rennes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04979146v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">What are the effetcs of the law on local employment in New Caledonia?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Chung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Cornier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Gorohouna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Ris</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4th conference of Pacific Islands Universities Research Network (PIURN)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Solomon Islands National University, Nov 2021, Iles Salomons, Solomon Islands</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04979144v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Education and racial inequalities in New Caledonia »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Chung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Ris</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Postgraduate and Early Career Researcher Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Australian Association for Pacific Studies (AAPS), Apr 2021, Waikato, New Zealand</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04979149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Nouvelle-Calédonie, nouvelles fractures », Emission Interception, FranceInter, RadioFrance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Chung</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04950661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'OCEANIE, PANORAMA ECONOMIQUE ET INSTITUTIONNEL</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Lebon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Chung</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04320131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -730,1291 +1898,417 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Les taux d’emploi des plus jeunes reculent »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Chung</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04950663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intervention au débat télévisé NC la 1ere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Chung</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04469799v1</w:t>
-              </w:r>
-[...872 lines deleted...]
-                <w:t xml:space="preserve">hal-04979149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Programme mine et territoires Impacts de la mine sur l'évolution des territoires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Boudjema</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Chung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilbert David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Despinoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CNRT « Nickel &amp; son environnement ». 2023, pp.199</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04979142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quels effets de la loi sur l’emploi local en Nouvelle-Calédonie ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Chung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alban Cornier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Gorohouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K Wright</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CNRT Mines et Territoires. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04979150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2024,114 +2318,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Politiques publiques éducatives et inégalités en Nouvelle-Calédonie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Chung</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sociologie. Université de Nouvelle Calédonie, 2021. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2021NCAL0012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03706678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId49"/>
+      <w:footerReference w:type="default" r:id="rId57"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2278,51 +2572,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05450298v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Chantreuil" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Chung" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Hoarau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick L'Horty" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lebon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1516y" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unc.hal.science/hal-04467139v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Sari" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reru.234.0609" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04268529v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Chareyron" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Domingues" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rie.2021.04.002" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03389446v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Le Roux" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Galy" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ris" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unc.hal.science/hal-04950661v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unc.hal.science/hal-04320131v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unc.hal.science/hal-04950663v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unc.hal.science/hal-04469799v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964799v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Gorohouna" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unc.hal.science/hal-04950656v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unc.hal.science/hal-04467140v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unc.hal.science/hal-04467141v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unc.hal.science/hal-04467142v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979143v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979146v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979144v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Cornier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979149v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979142v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Boudjema" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert David" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Despinoy" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Dumas" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979150v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Wright" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03706678v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021NCAL0012" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05548405v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Chantreuil" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Chung" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Hoarau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lebon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick L&#8217;horty" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfe.261.0003" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05450298v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Chantreuil" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick L'Horty" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1516y" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unc.hal.science/hal-05548404v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathleen Wright" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reru.252.0303" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unc.hal.science/hal-04467139v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Sari" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reru.234.0609" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04268529v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Chareyron" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Domingues" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rie.2021.04.002" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03389446v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Le Roux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Galy" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ris" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unc.hal.science/hal-05548401v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964799v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Gorohouna" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unc.hal.science/hal-04950656v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unc.hal.science/hal-04467140v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unc.hal.science/hal-04467141v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unc.hal.science/hal-04467142v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979143v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979146v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979144v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Cornier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979149v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unc.hal.science/hal-04950661v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unc.hal.science/hal-04320131v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unc.hal.science/hal-04950663v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unc.hal.science/hal-04469799v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979142v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Boudjema" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert David" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Despinoy" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Dumas" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979150v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Wright" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03706678v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021NCAL0012" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>