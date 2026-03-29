--- v0 (2026-03-05)
+++ v1 (2026-03-29)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100.26109660574px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Amélie Florenchie </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">amelie-florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-6844-2401</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">075918307</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Aracil, l’autre héroïne de la trilogie 'La raza' de Pío Baroja</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">HispanismeS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 25, </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/149b9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05509757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une voix féministe oubliée : à propos de la traduction de nouvelles d’Emilia Pardo Bazán (1851-1921)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Destan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thélème, Revista Complutense de Estudios Franceses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 40 (2), pp.259-267. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5209/thel.100833⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05509768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feminista': un cuento radical de Emilia Pardo Bazán</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FemCrítica. Revista de estudios literarios y crítica feminista</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 2 (3), pp.14-24. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.64301/fc.v2i3.41⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05509741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Las edades de Lulú de Almudena Grandes o viva la transgresión!</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NARRAPLUS. Narrativa Española Contemporánea</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 6, pp.14-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04390027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avant-propos : Féminisme(s) et humour : créer des espaces de revendication féministe avec les filles de Baubo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Moreau-Lebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Segas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conceφtos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 8, pp.I-XII. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.46608/conceptos2023b/art1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05446936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feminismo(s) y humor: creando espacios de vindicación feminista con las hijas de Baubo. Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Moreau-Lebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Segas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conceφtos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04394132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La irresistible rebeldía del goce</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Mullaly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Kamchatka. Revista de análisis cultural</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04867330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du concept de post-pornographie au « posporno » (Espagne, 2001-2011)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conceφtos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 1 (1), </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.46608/conceptos2020a/art9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03860227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Femme et travail dans La Tribuna d’Emilia Pardo Bazan. Entraînement à la leçon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Langues néo-latines : revue de langues vivantes romanes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Nueve lecciones sobre La Tribuna de Emilia Pardo Bazán, José Manuel González Herrán et Dolores Thion Soriano-Mollá (coords.), D. Lecleret C. Marion-Andrès (eds.), 387, p. 36-49</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02305328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cincuenta sombras de novelas rosas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pasavento. Revista de Estudios Hispánicos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02176102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juegos de mascaras auctoriales en las fanfics juveniles en español</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista Letral : Revista Electrónica de Estudios Transatlánticos de Literatura</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02134520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neoliberalismo y lirismo en la narrativa de Juan Francisco Ferré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista de ALCES XXI : Journal of Contemporary Spanish Literature &amp; Film </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 1, pp.35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02280627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poética de la gota de agua en tres novelas de Javier Marias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin Hispanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 116 (2), pp.593-610</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02280625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crisis, posmodernismo y libido en Karnaval de Juan Francisco Ferré y La habitación oscura de Isaac Rosa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Líneas : Revue Interdisciplinaire d'Études Hispaniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02280628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El realismo Full-HD de Juan Francisco Ferré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pasavento. Revista de Estudios Hispánicos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02154164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La figure du paria dans Antonio B. el ruso, ciudadano de tercera, de Ramiro Pinilla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Amadis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 10, pp.77-92</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02152779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Féministe. Recueil de nouvelles d’Emilia Pardo Bazán</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Orsini-Saillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires de Pau et des pays de l’Adour (PUPPA); https://una-editions.fr/feministe-emilia-pardo-bazan/, 2025, ISBN html : 978-2-35311-199-2. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.46608/almaelinguae3.9782353111992⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05509798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El blog, veinte años no son nada</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02176100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El discurso pornográfico en la literatura y el cine españoles actuales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marta Alvarez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02176101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nuevos dispositivos enunciativos en la era intermedial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Breton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Amélie Florenchie, Dominique Breton. Orbis Tertius, pp.340, 2015, 978-2-36783-061-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02522125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cuando las nuevas tecnologías dialogan con la creación artística : literatura, espectáculo vivo y ciberarte en el siglo XXI en España</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Breton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">LETRAL Revista Electrónica de Estudios Transatlánticos de Li, pp.250, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02626656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Cuando las TIC dialogan con la creación art\'istica », Letral n\textordmasculine11, diciembre de 2013</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Universidad de Granada, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02626669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nuevas tecnologías y creación literaria en España</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Breton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Touton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Letral, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02626686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La ejemplaridad en la narrativa española contemporánea (1950-2010)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Touton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vervuert-Iberoamericana, pp.323, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02639079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La ejemplaridad en la novela española contemporánea, A.Florenchie I.Touton (eds), Vervuert/Iberoamericana, Madrid, Bern, 2011. http://www.ibero-americana.net/cgi-bin/infodetail.cgi?doknr=521607&lang=es&txt=beschreibung</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vervuert/Iberoamericana,, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02626744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Publication de Féministe. Recueil de nouvelles d’Emilia Pardo Bazán, inédites en français. NUMILIA.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05509785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Humour et féminisme... Vous comprenez ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Moreau-Lebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Segas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conceφtos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 8, 2023, </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.46608/conceptos2023b/art1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05446987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isaac Rosa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NARRAPLUS. Narrativa Española Contemporánea</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04282915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Últimas noticias del realismo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pasavento. Revista de Estudios Hispánicos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, II (1), 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02626636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Référentialité/autoréférentialité dans le roman espagnol contemporain : bilan et perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maylis Santa-Cruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin Hispanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 116-2, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02518345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (27)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anachronisme et féminisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Raphaël Estève. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anachronismes dans les mondes hispaniques et lusophones</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Orbis Tertius, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03934588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erotismo y pornografía en la literatura española : historia de un tabú</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marco Kunz; Silvia Torres. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tabú y transgresión en la literatura hispánica contemporánea</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Orbis Tertius, 2020, 978-2-36783-151-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02965584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Una memoria poética y digital del exilio republicano en El Winnipeg, el barco de la esperanza de María Mencía</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A vueltas con el retorno</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02965593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viaje en la transliteratura con El Winnipeg. El barco de la esperanza de María Mencía</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TransLittératures latino-américaines (2000-2018). TransMédialités et TransCorporalités dans les littératures ultra-contemporaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02965591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanfiction et émancipation féminine dans le monde hispanique : le cas des series juveniles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Visions décentrées des études culturelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02176095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le fantasme de co-écriture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Natalie Noyaret. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'écrivain à l'oeuvre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Orbis Tertius, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02291617v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El cine : nueva matrix de la narrativa española contemporánea? A propósito de Providence de Juan Francisco Ferré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littérature et cinéma : allers-retours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Orbis Tertius, pp.421-435, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02278754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Literatura y ciberimagen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La narrativa española de hoy (2000-2010). La imagen en el texto III</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Peter Lang, pp.1-23, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02278768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du cinéma à la littérature : de The Ghost and Mrs Muir de J. L. Mankiewicz à No más amores de Javier Marías</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">A Allaigre, M Fratnik &amp; P Thibaudeau. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">De la littérature à l'image et de l'image dans la littérature. Espagne et Italie, XXe et XXIe siècles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paris 8, pp.271-286, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02278763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Los realismos de Miguel Espinosa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Orsini-Saillet, Catherine. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dire le réel: culture hispanique contemporaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Bourgogne, Centre Interlangues texte, image, langage, 2013, 978-2-36441-069-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02280566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novela y melodrama: del tratamiento paródico a una estética reaccionaria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Semilla Durán, María A. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Variaciones sobre el melodrama</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Casa de cartón, 2013, 978-84-941345-1-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02280567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dublinesca de Enrique Vila-Matas ou l'épiphanie de l'auteur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Badia, Alain and Blanc, Anne-Lise and Garcia, Mar and Equipe de recherche VECT-Mare nostrum and Groupe de recherche en littératures et autres arts postcoloniaux et émergents. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géographies du vertige dans l'oeuvre d'Enrique Vila-Matas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Perpignan, pp.139-152, 2013, 978-2-35412-177-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02280568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Novela y melodrama: del tratamiento paródico a una estética reaccionaria”, Variaciones sobre el melodrama, M. A. Semilla Durán (ed.), Casa de cartón, Madrid, 2013</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Semilla Durán, María A. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Variaciones sobre el melodrama</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Casa de Cartón, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02626667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imagen y texto en la narrativa de Isaac Rosa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Noyaret, Natalie. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La narrativa española de hoy (2000-2010) La imagen en el texto (II)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.425-448, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02280551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radiografía de la España violenta: la perversión del diálogo en la obra de Isaac Rosa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Champeau, Geneviève. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuevos derroteros de la narrativa española actual</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUZ, pp.257-274, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02626738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El cuadro como métafora de la creación en La tempestad de Juan Manuel de Prada</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Champeau, Geneviève. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Relaciones transestéticas en la España contemporánea</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUB, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02626741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Señora de rojo de Miguel Delibes : un portrait en demi-teintes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bravo, Frédéric. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La fin du texte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 6, MPI/PUB, pp.251-264, 2011, Littéralités</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02626742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isaac Rosa o la ‘escritura responsable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Amélie Florenchie and Isabelle Touton. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La ejemplaridad en la novela española contemporánea</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vervuert/Iberoamericana, pp.131-149, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02626740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrique Vila-Matas o la estética del guiño</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Noyaret, Natalie. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La narrativa española de hoy (2000-2010). La imagen en el texto I</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Peter Lang: Bern, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02626737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enterrar a los muertos de Ignacio Mart\'inez de Pisón : le discours de la sincérité érigée en « valeur de la vérité » (B. Williams)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">M.Ralle, M.G.Besse. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les grands récits : miroirs brisés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Indigo et Côté-Femmes, pp.307-323, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02639117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dialectique de l'enfermement dans Gal\'indez de Manuel Vázquez Montalbán</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">E.Fisbach, C.Dumas. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Récits de prison et enfermement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUA, pp.175-183, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02639116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'adaptation du modèle du roman d'espionnage dans Tu rostro mañana de Javier Mar\'ias ou la redéfinition du Mal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Michel Desvois, Ghislaine Fournès. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Constitution, circulation et dépassement de modèles politiques et culturels en péninsule ibérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUB, pp.275-299, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02639165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Negra espalda del tiempo ou le mystère Mar\'ias : de l'énigme narrative à l'énigme de la création</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">C. Manso and M. Dubois-Lacoste. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Autre dans ses oeuvres : de l'en deça à l'au-delà</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02638479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'héritage de la guerre civile dans Tu rostro mañana de Javier Marías</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">V. Alary and D. Corrado. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La guerre d'Espagne en héritage. Entre mémoire et oubli (de 1975 à nos jours)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Clermont-Ferrand, pp.531-543, 2007, Littératures</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02638499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parodie et continuité dans Bartleby y compañ\'ia de Enrique Vila-Matas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ly, Nadine. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genre et figures du discontinu</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 5, MPI/PUB, pp.245-257, 2007, Littéralités</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02638498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marías en clave borgeana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Casa; Irene and Andres-Suárez; Ana. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Javier Marias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Arco Libros: Madrid, pp.96-110, 2005, Grand séminaire de Neuchâtel</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02638533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La dissolution des seuils dans Negra espalda del tiempo de Javier Mar\'ias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pérès, Christine. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Au commencement du récit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, éditions Lansman, pp.78-92, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02638535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La répétition dans l'oeuvre de Javier Marías</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Littératures. Université Michel de Montaigne - Bordeaux III, 2003. Français. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00842119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId86"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100.26109660574px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Amélie Florenchie </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">amelie-florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-6844-2401</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">075918307</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Aracil, l’autre héroïne de la trilogie 'La raza' de Pío Baroja</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">HispanismeS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 25, </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/149b9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05509757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une voix féministe oubliée : à propos de la traduction de nouvelles d’Emilia Pardo Bazán (1851-1921)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Destan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thélème, Revista Complutense de Estudios Franceses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 40 (2), pp.259-267. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5209/thel.100833⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05509768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feminista': un cuento radical de Emilia Pardo Bazán</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FemCrítica. Revista de estudios literarios y crítica feminista</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 2 (3), pp.14-24. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.64301/fc.v2i3.41⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05509741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Las edades de Lulú de Almudena Grandes o viva la transgresión!</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NARRAPLUS. Narrativa Española Contemporánea</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 6, pp.14-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04390027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avant-propos : Féminisme(s) et humour : créer des espaces de revendication féministe avec les filles de Baubo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Moreau-Lebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Segas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conceφtos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 8, pp.I-XII. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.46608/conceptos2023b/art1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05446936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feminismo(s) y humor: creando espacios de vindicación feminista con las hijas de Baubo. Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Moreau-Lebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Segas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conceφtos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04394132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La irresistible rebeldía del goce</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Mullaly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Kamchatka. Revista de análisis cultural</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04867330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du concept de post-pornographie au « posporno » (Espagne, 2001-2011)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conceφtos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 1 (1), </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.46608/conceptos2020a/art9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03860227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Femme et travail dans La Tribuna d’Emilia Pardo Bazan. Entraînement à la leçon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Langues néo-latines : revue de langues vivantes romanes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Nueve lecciones sobre La Tribuna de Emilia Pardo Bazán, José Manuel González Herrán et Dolores Thion Soriano-Mollá (coords.), D. Lecleret C. Marion-Andrès (eds.), 387, p. 36-49</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02305328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cincuenta sombras de novelas rosas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pasavento. Revista de Estudios Hispánicos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02176102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juegos de mascaras auctoriales en las fanfics juveniles en español</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista Letral : Revista Electrónica de Estudios Transatlánticos de Literatura</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02134520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neoliberalismo y lirismo en la narrativa de Juan Francisco Ferré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista de ALCES XXI : Journal of Contemporary Spanish Literature &amp; Film </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 1, pp.35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02280627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poética de la gota de agua en tres novelas de Javier Marias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin Hispanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 116 (2), pp.593-610</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02280625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crisis, posmodernismo y libido en Karnaval de Juan Francisco Ferré y La habitación oscura de Isaac Rosa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Líneas : Revue Interdisciplinaire d'Études Hispaniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02280628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El realismo Full-HD de Juan Francisco Ferré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pasavento. Revista de Estudios Hispánicos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02154164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La figure du paria dans Antonio B. el ruso, ciudadano de tercera, de Ramiro Pinilla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Amadis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 10, pp.77-92</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02152779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Féministe. Recueil de nouvelles d’Emilia Pardo Bazán</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Orsini-Saillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires de Pau et des pays de l’Adour (PUPPA); https://una-editions.fr/feministe-emilia-pardo-bazan/, 2025, ISBN html : 978-2-35311-199-2. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.46608/almaelinguae3.9782353111992⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05509798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El blog, veinte años no son nada</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02176100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El discurso pornográfico en la literatura y el cine españoles actuales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marta Alvarez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02176101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nuevos dispositivos enunciativos en la era intermedial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Breton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Amélie Florenchie, Dominique Breton. Orbis Tertius, pp.340, 2015, 978-2-36783-061-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02522125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cuando las nuevas tecnologías dialogan con la creación artística : literatura, espectáculo vivo y ciberarte en el siglo XXI en España</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Breton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">LETRAL Revista Electrónica de Estudios Transatlánticos de Li, pp.250, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02626656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Cuando las TIC dialogan con la creación art\'istica », Letral n\textordmasculine11, diciembre de 2013</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Universidad de Granada, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02626669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nuevas tecnologías y creación literaria en España</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Breton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Touton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Letral, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02626686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La ejemplaridad en la narrativa española contemporánea (1950-2010)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Touton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vervuert-Iberoamericana, pp.323, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02639079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La ejemplaridad en la novela española contemporánea, A.Florenchie I.Touton (eds), Vervuert/Iberoamericana, Madrid, Bern, 2011. http://www.ibero-americana.net/cgi-bin/infodetail.cgi?doknr=521607&lang=es&txt=beschreibung</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vervuert/Iberoamericana,, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02626744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Publication de Féministe. Recueil de nouvelles d’Emilia Pardo Bazán, inédites en français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05509785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Humour et féminisme... Vous comprenez ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Moreau-Lebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Segas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conceφtos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 8, 2023, </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.46608/conceptos2023b/art1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05446987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isaac Rosa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NARRAPLUS. Narrativa Española Contemporánea</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04282915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Últimas noticias del realismo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pasavento. Revista de Estudios Hispánicos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, II (1), 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02626636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Référentialité/autoréférentialité dans le roman espagnol contemporain : bilan et perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maylis Santa-Cruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin Hispanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 116-2, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02518345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (27)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anachronisme et féminisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Raphaël Estève. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anachronismes dans les mondes hispaniques et lusophones</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Orbis Tertius, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03934588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erotismo y pornografía en la literatura española : historia de un tabú</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marco Kunz; Silvia Torres. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tabú y transgresión en la literatura hispánica contemporánea</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Orbis Tertius, 2020, 978-2-36783-151-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02965584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Una memoria poética y digital del exilio republicano en El Winnipeg, el barco de la esperanza de María Mencía</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A vueltas con el retorno</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02965593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viaje en la transliteratura con El Winnipeg. El barco de la esperanza de María Mencía</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TransLittératures latino-américaines (2000-2018). TransMédialités et TransCorporalités dans les littératures ultra-contemporaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02965591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanfiction et émancipation féminine dans le monde hispanique : le cas des series juveniles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Visions décentrées des études culturelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02176095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le fantasme de co-écriture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Natalie Noyaret. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'écrivain à l'oeuvre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Orbis Tertius, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02291617v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Literatura y ciberimagen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La narrativa española de hoy (2000-2010). La imagen en el texto III</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Peter Lang, pp.1-23, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02278768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El cine : nueva matrix de la narrativa española contemporánea? A propósito de Providence de Juan Francisco Ferré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littérature et cinéma : allers-retours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Orbis Tertius, pp.421-435, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02278754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du cinéma à la littérature : de The Ghost and Mrs Muir de J. L. Mankiewicz à No más amores de Javier Marías</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">A Allaigre, M Fratnik &amp; P Thibaudeau. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">De la littérature à l'image et de l'image dans la littérature. Espagne et Italie, XXe et XXIe siècles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paris 8, pp.271-286, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02278763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Los realismos de Miguel Espinosa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Orsini-Saillet, Catherine. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dire le réel: culture hispanique contemporaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Bourgogne, Centre Interlangues texte, image, langage, 2013, 978-2-36441-069-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02280566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novela y melodrama: del tratamiento paródico a una estética reaccionaria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Semilla Durán, María A. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Variaciones sobre el melodrama</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Casa de cartón, 2013, 978-84-941345-1-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02280567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dublinesca de Enrique Vila-Matas ou l'épiphanie de l'auteur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Badia, Alain and Blanc, Anne-Lise and Garcia, Mar and Equipe de recherche VECT-Mare nostrum and Groupe de recherche en littératures et autres arts postcoloniaux et émergents. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géographies du vertige dans l'oeuvre d'Enrique Vila-Matas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Perpignan, pp.139-152, 2013, 978-2-35412-177-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02280568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Novela y melodrama: del tratamiento paródico a una estética reaccionaria”, Variaciones sobre el melodrama, M. A. Semilla Durán (ed.), Casa de cartón, Madrid, 2013</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Semilla Durán, María A. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Variaciones sobre el melodrama</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Casa de Cartón, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02626667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imagen y texto en la narrativa de Isaac Rosa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Noyaret, Natalie. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La narrativa española de hoy (2000-2010) La imagen en el texto (II)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.425-448, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02280551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radiografía de la España violenta: la perversión del diálogo en la obra de Isaac Rosa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Champeau, Geneviève. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuevos derroteros de la narrativa española actual</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUZ, pp.257-274, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02626738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El cuadro como métafora de la creación en La tempestad de Juan Manuel de Prada</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Champeau, Geneviève. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Relaciones transestéticas en la España contemporánea</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUB, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02626741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Señora de rojo de Miguel Delibes : un portrait en demi-teintes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bravo, Frédéric. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La fin du texte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 6, MPI/PUB, pp.251-264, 2011, Littéralités</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02626742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isaac Rosa o la ‘escritura responsable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Amélie Florenchie and Isabelle Touton. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La ejemplaridad en la novela española contemporánea</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vervuert/Iberoamericana, pp.131-149, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02626740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrique Vila-Matas o la estética del guiño</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Noyaret, Natalie. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La narrativa española de hoy (2000-2010). La imagen en el texto I</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Peter Lang: Bern, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02626737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enterrar a los muertos de Ignacio Mart\'inez de Pisón : le discours de la sincérité érigée en « valeur de la vérité » (B. Williams)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">M.Ralle, M.G.Besse. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les grands récits : miroirs brisés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Indigo et Côté-Femmes, pp.307-323, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02639117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dialectique de l'enfermement dans Gal\'indez de Manuel Vázquez Montalbán</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">E.Fisbach, C.Dumas. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Récits de prison et enfermement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUA, pp.175-183, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02639116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'adaptation du modèle du roman d'espionnage dans Tu rostro mañana de Javier Mar\'ias ou la redéfinition du Mal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Michel Desvois, Ghislaine Fournès. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Constitution, circulation et dépassement de modèles politiques et culturels en péninsule ibérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUB, pp.275-299, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02639165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Negra espalda del tiempo ou le mystère Mar\'ias : de l'énigme narrative à l'énigme de la création</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">C. Manso and M. Dubois-Lacoste. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Autre dans ses oeuvres : de l'en deça à l'au-delà</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02638479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'héritage de la guerre civile dans Tu rostro mañana de Javier Marías</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">V. Alary and D. Corrado. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La guerre d'Espagne en héritage. Entre mémoire et oubli (de 1975 à nos jours)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Clermont-Ferrand, pp.531-543, 2007, Littératures</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02638499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parodie et continuité dans Bartleby y compañ\'ia de Enrique Vila-Matas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ly, Nadine. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genre et figures du discontinu</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 5, MPI/PUB, pp.245-257, 2007, Littéralités</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02638498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marías en clave borgeana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Casa; Irene and Andres-Suárez; Ana. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Javier Marias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Arco Libros: Madrid, pp.96-110, 2005, Grand séminaire de Neuchâtel</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02638533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La dissolution des seuils dans Negra espalda del tiempo de Javier Mar\'ias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pérès, Christine. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Au commencement du récit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, éditions Lansman, pp.78-92, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02638535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La répétition dans l'oeuvre de Javier Marías</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Florenchie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Littératures. Université Michel de Montaigne - Bordeaux III, 2003. Français. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00842119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId86"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="9857577C"/>
+    <w:nsid w:val="9B6FEBA3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/amelie-florenchie" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6844-2401" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/075918307" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509757v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Florenchie" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/149b9" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509768v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Destan" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5209/thel.100833" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509741v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64301/fc.v2i3.41" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04390027v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446936v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Moreau-Lebert" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Segas" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/conceptos2023b/art1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04394132v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867330v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Mullaly" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-03860227v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/conceptos2020a/art9" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305328v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176102v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134520v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280627v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280625v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280628v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154164v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152779v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509798v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Orsini-Saillet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/almaelinguae3.9782353111992" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176100v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176101v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Alvarez" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522125v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Breton" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02626656v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02626669v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02626686v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Touton" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02639079v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02626744v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509785v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446987v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282915v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02626636v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02518345v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maylis Santa-Cruz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03934588v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965584v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965593v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965591v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176095v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02291617v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278754v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278768v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278763v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280566v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280567v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280568v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02626667v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280551v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02626738v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02626741v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02626742v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02626740v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02626737v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02639117v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02639116v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02639165v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638479v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638499v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638498v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638533v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638535v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00842119v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/amelie-florenchie" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6844-2401" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/075918307" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509757v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Florenchie" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/149b9" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509768v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Destan" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5209/thel.100833" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509741v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64301/fc.v2i3.41" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04390027v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446936v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Moreau-Lebert" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Segas" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/conceptos2023b/art1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04394132v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867330v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Mullaly" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-03860227v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/conceptos2020a/art9" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305328v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176102v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134520v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280627v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280625v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280628v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154164v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152779v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509798v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Orsini-Saillet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/almaelinguae3.9782353111992" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176100v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176101v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Alvarez" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522125v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Breton" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02626656v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02626669v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02626686v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Touton" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02639079v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02626744v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509785v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446987v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282915v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02626636v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02518345v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maylis Santa-Cruz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03934588v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965584v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965593v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965591v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176095v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02291617v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278768v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278754v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278763v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280566v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280567v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280568v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02626667v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280551v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02626738v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02626741v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02626742v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02626740v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02626737v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02639117v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02639116v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02639165v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638479v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638499v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638498v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638533v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638535v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00842119v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>