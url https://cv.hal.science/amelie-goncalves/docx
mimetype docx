--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:91.927083333333px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Amélie Gonçalves </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve"> Ingénieure de recherche en sciences économiques </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les méthodes mixtes : une approche innovante pour l’analyse des enjeux agri-alimentaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Ferru</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie rurale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Les Méthodes mixtes, Janvier-Mars (391), pp.7-12. </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/13j72⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05028627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrated food policies in south-western France: Insights from local policy-making outside major urban areas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Duvernoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Jarrige</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Rural Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 114, pp.103489. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jrurstud.2024.103489⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04841345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthodes mixtes et enjeux agri-alimentaires : état des lieux et perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Ferru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie rurale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Les méthodes mixtes, 391, pp.139-162. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/13j79⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05028618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Governance of sustainability standards in new farmers collective's brands: The case of Occitania dairy sector. Farmers' brands and sustainability standards</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiago Teixeira da Silva Siqueira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melise Dantas Machado Bouroullec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Mur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers COSTECH - Cahiers Connaissance, organisation et systèmes techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Evolution agrotechnique contemporaine, 6, 24 p. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.34746/cahierscostech179⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04420591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eco-innovations towards circular economy: evidence from cases studies of collective methanization in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danielle Galliano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Triboulet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Planning Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 30 (7), pp.1230-1250. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09654313.2021.1902947⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03191685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PSDR4 Repro-Innov - Réorganisations productives et innovations dans les filières agri-alimentaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Triboulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlène Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Chateau Terrisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danielle Galliano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 86 (mars), pp.293-305. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/ciag-2022-vol86-art25⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03644828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Circularities in territories: opportunities & challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danielle Galliano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Planning Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 30 (7), pp.1-9. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09654313.2021.1973174⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03356558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The peripheral systems of eco-innovation: Evidence from eco-innovative agro-food projects in a French rural area</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danielle Galliano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Goncalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Triboulet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Rural Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 72, pp.273-285. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jrurstud.2019.10.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02437627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transport et logistique des circuits courts alimentaires de proximité : la diversité des trajectoires d’innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Vaillant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Raton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Blanquart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations - Revue d’économie et de management de l'innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 54 (3), pp.123. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/inno.pr1.0018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02559016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eco-innovations in rural territories: organizational dynamics and resource mobilization in low density areas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danielle Galliano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Goncalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Triboulet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Innovation Economics &amp; Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 3 (24), 29 p. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/jie.pr1.0014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01608442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transport et logistique des circuits courts alimentaires de proximité : la diversité des trajectoires d'innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Vaillant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Goncalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Raton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Blanquart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations - Revue d’économie et de management de l'innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 2017 (54), pp.123-147. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/inno.pr1.0018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01814368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyser les impacts des circuits courts alimentaires : une étude en Nord-Pas-de-Calais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Goncalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Zeroual</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 20, pp.En ligne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01601659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alimenter les villes par les circuits courts : le défi de la conciliation des politiques publiques et des logiques d’acteurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eleonora Morganti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Blanquart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géocarrefour - Revue de géographie de Lyon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 89 (4), pp.247-259. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/geocarrefour.9581⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01601457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les organisations logistiques à promouvoir dans le cadre des Politiques de Transport Durable de Marchandises : la question des circuits de proximité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Goncalves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Développement durable et territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 4 (3), 18p. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/developpementdurable.10054⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00962231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (29)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’engagement des collectivités sur la logistique de l’alimentation de proximité : des stratégies différenciées en fonction des territoires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Wallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Raimbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaelle Raton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">60. Congrès de l'ASRDLF (Association de Science Régionale de Langue Française) « Territoires, Créativité et Innovation »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04646259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The commitment of local authorities to the logistics of short food supply chains: a diversity of strategies according to the types of territories and the scales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Raton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Raimbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Wallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">63rd ERSA Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Regional Science Association, Aug 2024, Terceira Island, Açores, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04703965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward local food systems? Building new links between policy domains and between actors in the French policy of Projets alimentaires territoriaux (PATs)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Duvernoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Jarrige</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Geographical Union Centennial Congress : Time for geographers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Geographical Union, Jul 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03759693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le rôle des intermédiaires dans la relocalisation de l’alimentation : l’exemple des légumeries en région Occitanie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Duvernoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Le Velly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">58. Colloque ASRDLF : Transitions, gouvernance territoriale et solidarités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03756673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les grands enjeux de la relocalisation de l’approvisionnement en restauration collective. Comment les légumeries répondent elles à ces enjeux ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Duvernoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Alimentation locale et durable en restauration collective</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Corse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04707363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovation Processes in Circulr Economy: insights from Anaerobic Digestion Project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danielle Galliano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Triboulet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spring of Innovation 2020, International Conference on Innovation and Circular Economy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2020, Santiago de Compostela, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03511157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les processus d’éco-innovation dans le cadre de l’économie circulaire. Le cas de la méthanisation collective en Occitanie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danielle Galliano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Triboulet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium PSDR4 "Transitions pour le développement des territoires"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03511163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamiques d’encastrement des processus d’innovation de l’économie circulaire: L’exemple de la méthanisation collective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danielle Galliano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Triboulet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">56ème colloque de l’ASRDLF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Iasi, Roumanie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03511149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des solutions logistiques collectives pour améliorer les performances de l&apos;alimentation de proximité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Goncalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaelle Raton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Wallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque INRA, Reterritorialisation de l&amp;apos;alimentation : quelles contributions à la durabilité des systèmes alimentaires ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Paris, France. 10p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03154889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics of embeddedness and decoupling of innovation processes in the circular economy: insights from French collective methanisation projects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danielle Galliano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Triboulet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">59th congress of the European Regional Sciences Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03511138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The geography of eco-innovations in rural areas: what role of resources and networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danielle Galliano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Triboulet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Geography of Innovation Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2018, Barcelone, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02786619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Which resources to eco-innovate in rural areas? Evidence from agro-food sector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danielle Galliano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Triboulet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. forum Innovation: Réseau de Recherche sur l’innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Nîmes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02786668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eco-innovation path for smart rural development: French case studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danielle Galliano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Goncalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Triboulet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">57. Congress of the European Regional Sciences Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Groningen, Netherlands. 4 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01608214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les déterminants des éco-innovations dans les territoires ruraux : Dynamiques organisationnelles et mobilisation des ressources dans les espaces à faible densité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danielle Galliano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Goncalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Triboulet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. Forum de l'innovation: Réseau de Recherche sur l'Innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Paris, France. 3 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01606464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les trajectoires des éco-innovations dans les territoires ruraux : Dynamiques organisationnelles et mobilisation des ressources dans les espaces à faible densité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Goncalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danielle Galliano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Triboulet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecole-Chercheurs PSDR 4</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Toulouse, France. 3 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01603334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La logistique des circuits courts alimentaires: analyse des dynamiques d’innovation en région Nord – Pas de Calais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Blanquart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Raton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Vaillant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">84. du Congrès de l'Acfas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Montreal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02795685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In what ways agro-food business strategies in rural areas can be considered as “smarts”? The case of the French department of Aveyron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Goncalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Triboulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Plumecocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danielle Galliano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. Geography of innovation Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2016, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01605731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La logistique des circuits courts alimentaires (CCA) : analyse des dynamiques d'innovation en Nord-Pas-de-Calais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Blanquart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Goncalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Raton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Vaillant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">84e congrès de l'ACFAS, Association francophone pour le savoir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Montreal, Canada. 1p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01485200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Logistique des exploitations en circuits courts : fondements d'une typologie pour un meilleur ciblage des solutions d'amélioration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Raton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Blanquart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Goncalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Vaillant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">53iéme colloque de l'ASRDLF 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Gatineau, Canada. 3p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01478795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Logistique des exploitations en circuits courts: fondements d'une typologie pour un meilleur ciblage des solutions d'amélioration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Raton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Blanquart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Vaillant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">53. Colloque de l’ASRDLF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Gatineau, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02795689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vecteurs et freins d’une logistique plus durable dans les circuits courts : le cas du Nord – Pas-de-Calais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Blanquart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Raton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Vaillant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">52. Colloque de l’ASRDLF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association de Science Régionale de Langue Française (ASRDLF). FRA., Jul 2015, Montpellier, France. 17 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02799868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vecteurs et freins d'une logistique plus durable dans les circuits courts : le cas du Nord - Pas-de-Calais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Blanquart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Raton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Vaillant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASRLDF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01176784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Short food supply chains : looking for sustainable logistic solutions In the Nord - Pas-de-Calais Region</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Blanquart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Raton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Vaillant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Zogall</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">55. Congress of the European Regional Sciences Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, Lisbonne, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02795686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les circuits courts alimentaires : vers une logistique plus verte ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Goncalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Zeroual</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RIODD 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, France. 13p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01073035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The management of flows in Alternative Food Networks and in the commodity sector: different needs and different solutions?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Goncalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Zeroual</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th AESOP Sustainable Food Planning Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, France. 1p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01073463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les chaînes logistiques courtes : processus de coordination et conventions de performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Goncalves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">49ème colloque de l'ASRDLF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, France. 10p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01073470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La diversité de l’inscription spatiale des circuits courts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Blanquart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">48. Colloque de l’ARSDLF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Fort de France, France. 12 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01601418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La diversité de l'inscription spatiale des circuits courts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Blanquart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASRLDF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Fort de France, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01176785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The logistic leverages of short food supply chains performance in terms of sustainability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Blanquart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ligdwine Vandenbossche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leila Kebir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th World Conference on Transport Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, Lisbonne, Portugal. 10p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00614963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La construction de l’engagement des collectivités sur la logistique des CCAP : perceptions des problématiques selon les territoires et les échelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Raton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Raimbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Wallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">François Cassière; Virginie Noireaux. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Logistique(s), circuits courts et relocalisation. La réinvention des territoires.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Provence</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.57-78, 2024, Travail et gouvernance, 9791032005149</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04622959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souveraineté alimentaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elienay Dutra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Blancheteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire d’Agroécologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2020, </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/7vaf-cx17⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03727642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Économie circulaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Arthur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Landry Devin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Luzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Choisis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire d’Agroécologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2019, </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/8131-qp85⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03701167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Business strategies for smart rural development: the renewal of territorialized productions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Filippi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danielle Galliano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Triboulet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Is there a smart development for rural areas?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02785875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards an integrated framework for the governance of a territorialised agroecological transition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Triboulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre del Corso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Duru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danielle Galliano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Goncalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agroecological Transitions: From Theory to Practice in Local Participatory Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer Nature Switzerland AG</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 335 p., 2019, 978-3-030-01952-5. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-01953-2_7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02071899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle gouvernance pour favoriser l’insertion des légumineuses dans un système agro-alimentaire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Triboulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Milou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahier d’innovation Légumineuses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 48 p., 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02786678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Logistic Issues and Impacts of Short Food Supply Chains: Case Studies in Nord – Pas de Calais, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Zéroual</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Toward Sustainable Relations Between Agriculture and the City</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1 (1ère édition), </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer International Publishing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 239 p., 2017, Urban Agriculture (Springer), 978-3-319-71035-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02790174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude du projet alimentaire de la ville d’Albi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Duvernoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Merville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03644481v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet GATO : Étude du projet alimentaire de Castelnaudary. D’une politique municipale sur l’alimentation saine à un projet inter-territorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Duvernoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Merville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03756330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude du rôle et la place des légumeries dans la relocalisation des approvisionnements de la restauration collective en région Occitanie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Duvernoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Moran</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03868491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innover dans le rural et les villes moyennes dans le secteur agri-alimentaire : le rôle clé du territoire. Retours sur l’atelier en ligne du 21 janvier 2021.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachel Levy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Triboulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Navereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalia Suarez-Moya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022, 4 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03646744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude du projet alimentaire du Pôle territorial de l’Albigeois et des Bastides. Du soutien au secteur économique agricole à une politique alimentaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Duvernoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Merville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03644487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petit guide de l'accompagnement à la conception collective d'une transition agroécologique à l'échelle du territoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Audouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques-Eric Bergez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Philippe Choisis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Duru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018, </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15454/1.51922370939024E12⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02791709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthèse du projet Gouvernances Alimentaires Territorialisées en Occitanie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Duvernoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Jarrige</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Néel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE. 2023, 17 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03980624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Logistique des circuits alimentaires courts de proximité. Synthèse du rapport.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Raton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leila Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Wallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] RMT Alimentation Locale; Fondation Daniel et Nina Carasso. 2020, 21 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03758034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Logistique des circuits alimentaires courts de proximité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Raton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leila Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Wallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] RMT Alimentation Locale; Fondation Daniel et Nina Carasso. 2020, pp.69</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03758006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alternatives logistiques pour les circuits courts en Nord-Pas-de-Calais, Rapport final ALLOCIRCO, IFSTTAR, Chambre d'agriculture du Nord-Pas-de-Calais, Région Nord-Pas-de-Calais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Raton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amelie Goncalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Vaillant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Blanquart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perrine Loeuilleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] IFSTTAR - Institut Français des Sciences et Technologies des Transports, de l'Aménagement et des Réseaux. 2016, 275p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01930158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Case Study Aveyron County (France, WP4)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danielle Galliano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Plumecocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Triboulet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contract] Inrae. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02797480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alternatives logistiques pour les circuits courts en Nord – Pas de Calais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Raton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Vaillant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Blanquart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Tellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contrat] 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02798376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La performance des organisations logistiques des circuits courts de distribution : une analyse des déterminants et leviers d’amélioration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Economies et finances. Université Lille 1, 2013. Français. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01176056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La performance des organisations logistiques des circuits courts de distribution. Une analyse des déterminants et leviers d’amélioration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences du Vivant [q-bio]. Université des Sciences et Technologies (Lille 1), 2013. Français. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02805926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vidéo (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Repro-Innov. Réorganisations productives et innovations dans les filières agroalimentaires. Les résultats du projet PSDR REPRO-INNOV 2016-2020 : en bref</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Triboulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Labrouche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03578538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Économie circulaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Urdy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adèle Edwards</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Choisis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04159085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId151"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:91.927083333333px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Amélie Gonçalves </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve"> Ingénieure de recherche en sciences économiques </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les méthodes mixtes : une approche innovante pour l’analyse des enjeux agri-alimentaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Ferru</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie rurale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Les Méthodes mixtes, Janvier-Mars (391), pp.7-12. </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/13j72⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05028627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrated food policies in south-western France: Insights from local policy-making outside major urban areas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Duvernoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Jarrige</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Rural Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 114, pp.103489. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jrurstud.2024.103489⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04841345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthodes mixtes et enjeux agri-alimentaires : état des lieux et perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Ferru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie rurale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Les méthodes mixtes, 391, pp.139-162. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/13j79⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05028618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Governance of sustainability standards in new farmers collective's brands: The case of Occitania dairy sector. Farmers' brands and sustainability standards</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiago Teixeira da Silva Siqueira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melise Dantas Machado Bouroullec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Mur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers COSTECH - Cahiers Connaissance, organisation et systèmes techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Evolution agrotechnique contemporaine, 6, 24 p. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.34746/cahierscostech179⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04420591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eco-innovations towards circular economy: evidence from cases studies of collective methanization in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danielle Galliano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Triboulet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Planning Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 30 (7), pp.1230-1250. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09654313.2021.1902947⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03191685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PSDR4 Repro-Innov - Réorganisations productives et innovations dans les filières agri-alimentaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Triboulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlène Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Chateau Terrisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danielle Galliano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 86 (mars), pp.293-305. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/ciag-2022-vol86-art25⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03644828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Circularities in territories: opportunities & challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danielle Galliano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Planning Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 30 (7), pp.1-9. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09654313.2021.1973174⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03356558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The peripheral systems of eco-innovation: Evidence from eco-innovative agro-food projects in a French rural area</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danielle Galliano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Goncalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Triboulet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Rural Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 72, pp.273-285. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jrurstud.2019.10.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02437627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transport et logistique des circuits courts alimentaires de proximité : la diversité des trajectoires d’innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Vaillant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Raton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Blanquart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations - Revue d’économie et de management de l'innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 54 (3), pp.123. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/inno.pr1.0018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02559016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eco-innovations in rural territories: organizational dynamics and resource mobilization in low density areas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danielle Galliano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Goncalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Triboulet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Innovation Economics &amp; Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 3 (24), 29 p. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/jie.pr1.0014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01608442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transport et logistique des circuits courts alimentaires de proximité : la diversité des trajectoires d'innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Vaillant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Goncalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Raton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Blanquart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations - Revue d’économie et de management de l'innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 2017 (54), pp.123-147. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/inno.pr1.0018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01814368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyser les impacts des circuits courts alimentaires : une étude en Nord-Pas-de-Calais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Goncalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Zeroual</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 20, pp.En ligne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01601659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alimenter les villes par les circuits courts : le défi de la conciliation des politiques publiques et des logiques d’acteurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eleonora Morganti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Blanquart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géocarrefour - Revue de géographie de Lyon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 89 (4), pp.247-259. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/geocarrefour.9581⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01601457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les organisations logistiques à promouvoir dans le cadre des Politiques de Transport Durable de Marchandises : la question des circuits de proximité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Goncalves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Développement durable et territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 4 (3), 18p. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/developpementdurable.10054⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00962231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (29)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’engagement des collectivités sur la logistique de l’alimentation de proximité : des stratégies différenciées en fonction des territoires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Wallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Raimbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaelle Raton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">60. Congrès de l'ASRDLF (Association de Science Régionale de Langue Française) « Territoires, Créativité et Innovation »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04646259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The commitment of local authorities to the logistics of short food supply chains: a diversity of strategies according to the types of territories and the scales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Raton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Raimbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Wallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">63rd ERSA Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Regional Science Association, Aug 2024, Terceira Island, Açores, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04703965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les grands enjeux de la relocalisation de l’approvisionnement en restauration collective. Comment les légumeries répondent elles à ces enjeux ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Duvernoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Alimentation locale et durable en restauration collective</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Corse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04707363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward local food systems? Building new links between policy domains and between actors in the French policy of Projets alimentaires territoriaux (PATs)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Duvernoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Jarrige</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Geographical Union Centennial Congress : Time for geographers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Geographical Union, Jul 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03759693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le rôle des intermédiaires dans la relocalisation de l’alimentation : l’exemple des légumeries en région Occitanie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Duvernoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Le Velly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">58. Colloque ASRDLF : Transitions, gouvernance territoriale et solidarités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03756673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovation Processes in Circulr Economy: insights from Anaerobic Digestion Project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danielle Galliano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Triboulet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spring of Innovation 2020, International Conference on Innovation and Circular Economy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2020, Santiago de Compostela, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03511157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les processus d’éco-innovation dans le cadre de l’économie circulaire. Le cas de la méthanisation collective en Occitanie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danielle Galliano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Triboulet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium PSDR4 "Transitions pour le développement des territoires"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03511163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamiques d’encastrement des processus d’innovation de l’économie circulaire: L’exemple de la méthanisation collective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danielle Galliano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Triboulet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">56ème colloque de l’ASRDLF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Iasi, Roumanie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03511149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des solutions logistiques collectives pour améliorer les performances de l&apos;alimentation de proximité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Goncalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaelle Raton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Wallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque INRA, Reterritorialisation de l&amp;apos;alimentation : quelles contributions à la durabilité des systèmes alimentaires ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Paris, France. 10p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03154889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics of embeddedness and decoupling of innovation processes in the circular economy: insights from French collective methanisation projects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danielle Galliano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Triboulet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">59th congress of the European Regional Sciences Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03511138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The geography of eco-innovations in rural areas: what role of resources and networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danielle Galliano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Triboulet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Geography of Innovation Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2018, Barcelone, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02786619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Which resources to eco-innovate in rural areas? Evidence from agro-food sector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danielle Galliano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Triboulet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. forum Innovation: Réseau de Recherche sur l’innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Nîmes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02786668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eco-innovation path for smart rural development: French case studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danielle Galliano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Goncalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Triboulet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">57. Congress of the European Regional Sciences Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Groningen, Netherlands. 4 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01608214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les déterminants des éco-innovations dans les territoires ruraux : Dynamiques organisationnelles et mobilisation des ressources dans les espaces à faible densité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danielle Galliano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Goncalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Triboulet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. Forum de l'innovation: Réseau de Recherche sur l'Innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Paris, France. 3 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01606464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Logistique des exploitations en circuits courts : fondements d'une typologie pour un meilleur ciblage des solutions d'amélioration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Raton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Blanquart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Goncalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Vaillant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">53iéme colloque de l'ASRDLF 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Gatineau, Canada. 3p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01478795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La logistique des circuits courts alimentaires (CCA) : analyse des dynamiques d'innovation en Nord-Pas-de-Calais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Blanquart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Goncalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Raton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Vaillant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">84e congrès de l'ACFAS, Association francophone pour le savoir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Montreal, Canada. 1p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01485200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les trajectoires des éco-innovations dans les territoires ruraux : Dynamiques organisationnelles et mobilisation des ressources dans les espaces à faible densité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Goncalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danielle Galliano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Triboulet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecole-Chercheurs PSDR 4</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Toulouse, France. 3 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01603334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La logistique des circuits courts alimentaires: analyse des dynamiques d’innovation en région Nord – Pas de Calais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Blanquart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Raton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Vaillant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">84. du Congrès de l'Acfas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Montreal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02795685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In what ways agro-food business strategies in rural areas can be considered as “smarts”? The case of the French department of Aveyron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Goncalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Triboulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Plumecocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danielle Galliano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. Geography of innovation Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2016, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01605731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Logistique des exploitations en circuits courts: fondements d'une typologie pour un meilleur ciblage des solutions d'amélioration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Raton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Blanquart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Vaillant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">53. Colloque de l’ASRDLF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Gatineau, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02795689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vecteurs et freins d’une logistique plus durable dans les circuits courts : le cas du Nord – Pas-de-Calais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Blanquart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Raton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Vaillant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">52. Colloque de l’ASRDLF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association de Science Régionale de Langue Française (ASRDLF). FRA., Jul 2015, Montpellier, France. 17 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02799868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vecteurs et freins d'une logistique plus durable dans les circuits courts : le cas du Nord - Pas-de-Calais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Blanquart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Raton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Vaillant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASRLDF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01176784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Short food supply chains : looking for sustainable logistic solutions In the Nord - Pas-de-Calais Region</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Blanquart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Raton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Vaillant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Zogall</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">55. Congress of the European Regional Sciences Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, Lisbonne, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02795686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les circuits courts alimentaires : vers une logistique plus verte ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Goncalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Zeroual</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RIODD 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, France. 13p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01073035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The management of flows in Alternative Food Networks and in the commodity sector: different needs and different solutions?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Goncalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Zeroual</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th AESOP Sustainable Food Planning Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, France. 1p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01073463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les chaînes logistiques courtes : processus de coordination et conventions de performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Goncalves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">49ème colloque de l'ASRDLF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, France. 10p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01073470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La diversité de l’inscription spatiale des circuits courts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Blanquart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">48. Colloque de l’ARSDLF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Fort de France, France. 12 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01601418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La diversité de l'inscription spatiale des circuits courts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Blanquart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASRLDF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Fort de France, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01176785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The logistic leverages of short food supply chains performance in terms of sustainability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Blanquart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ligdwine Vandenbossche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leila Kebir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th World Conference on Transport Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, Lisbonne, Portugal. 10p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00614963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La construction de l’engagement des collectivités sur la logistique des CCAP : perceptions des problématiques selon les territoires et les échelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Raton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Raimbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Wallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">François Cassière; Virginie Noireaux. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Logistique(s), circuits courts et relocalisation. La réinvention des territoires.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Provence</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.57-78, 2024, Travail et gouvernance, 9791032005149</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04622959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souveraineté alimentaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elienay Dutra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Blancheteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire d’Agroécologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2020, </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/7vaf-cx17⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03727642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Business strategies for smart rural development: the renewal of territorialized productions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Filippi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danielle Galliano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Triboulet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Is there a smart development for rural areas?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02785875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Économie circulaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Arthur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Landry Devin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Luzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Choisis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire d’Agroécologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2019, </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/8131-qp85⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03701167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards an integrated framework for the governance of a territorialised agroecological transition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Triboulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre del Corso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Duru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danielle Galliano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Goncalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agroecological Transitions: From Theory to Practice in Local Participatory Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer Nature Switzerland AG</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 335 p., 2019, 978-3-030-01952-5. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-01953-2_7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02071899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle gouvernance pour favoriser l’insertion des légumineuses dans un système agro-alimentaire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Triboulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Milou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahier d’innovation Légumineuses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 48 p., 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02786678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Logistic Issues and Impacts of Short Food Supply Chains: Case Studies in Nord – Pas de Calais, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Zéroual</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Toward Sustainable Relations Between Agriculture and the City</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1 (1ère édition), </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer International Publishing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 239 p., 2017, Urban Agriculture (Springer), 978-3-319-71035-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02790174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude du projet alimentaire de la ville d’Albi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Duvernoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Merville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03644481v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet GATO : Étude du projet alimentaire de Castelnaudary. D’une politique municipale sur l’alimentation saine à un projet inter-territorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Duvernoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Merville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03756330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude du rôle et la place des légumeries dans la relocalisation des approvisionnements de la restauration collective en région Occitanie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Duvernoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Moran</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03868491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innover dans le rural et les villes moyennes dans le secteur agri-alimentaire : le rôle clé du territoire. Retours sur l’atelier en ligne du 21 janvier 2021.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachel Levy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Triboulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Navereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalia Suarez-Moya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022, 4 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03646744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude du projet alimentaire du Pôle territorial de l’Albigeois et des Bastides. Du soutien au secteur économique agricole à une politique alimentaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Duvernoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Merville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03644487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petit guide de l'accompagnement à la conception collective d'une transition agroécologique à l'échelle du territoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Audouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques-Eric Bergez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Philippe Choisis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Duru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018, </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15454/1.51922370939024E12⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02791709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthèse du projet Gouvernances Alimentaires Territorialisées en Occitanie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Duvernoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Jarrige</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Néel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE. 2023, 17 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03980624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Logistique des circuits alimentaires courts de proximité. Synthèse du rapport.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Raton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leila Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Wallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] RMT Alimentation Locale; Fondation Daniel et Nina Carasso. 2020, 21 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03758034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Logistique des circuits alimentaires courts de proximité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Raton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leila Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Wallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] RMT Alimentation Locale; Fondation Daniel et Nina Carasso. 2020, pp.69</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03758006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alternatives logistiques pour les circuits courts en Nord-Pas-de-Calais, Rapport final ALLOCIRCO, IFSTTAR, Chambre d'agriculture du Nord-Pas-de-Calais, Région Nord-Pas-de-Calais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Raton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amelie Goncalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Vaillant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Blanquart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perrine Loeuilleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] IFSTTAR - Institut Français des Sciences et Technologies des Transports, de l'Aménagement et des Réseaux. 2016, 275p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01930158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Case Study Aveyron County (France, WP4)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danielle Galliano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Plumecocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Triboulet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contract] Inrae. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02797480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alternatives logistiques pour les circuits courts en Nord – Pas de Calais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Raton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Vaillant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Blanquart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Tellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contrat] 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02798376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La performance des organisations logistiques des circuits courts de distribution : une analyse des déterminants et leviers d’amélioration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Economies et finances. Université Lille 1, 2013. Français. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01176056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La performance des organisations logistiques des circuits courts de distribution. Une analyse des déterminants et leviers d’amélioration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences du Vivant [q-bio]. Université des Sciences et Technologies (Lille 1), 2013. Français. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02805926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vidéo (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Repro-Innov. Réorganisations productives et innovations dans les filières agroalimentaires. Les résultats du projet PSDR REPRO-INNOV 2016-2020 : en bref</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Triboulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Labrouche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03578538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Économie circulaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Urdy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adèle Edwards</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Choisis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Gonçalves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04159085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId151"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -186,51 +186,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05028627v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Gon&#231;alves" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Ferru" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13j72" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04841345v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Duvernoy" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Jarrige" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jrurstud.2024.103489" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05028618v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13j79" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04420591v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiago Teixeira da Silva Siqueira" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melise Dantas Machado Bouroullec" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Mur" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34746/cahierscostech179" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03191685v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Galliano" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Triboulet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09654313.2021.1902947" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03644828v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Arnaud" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Chateau Terrisse" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2022-vol86-art25" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03356558v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Bourdin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09654313.2021.1973174" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02437627v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Goncalves" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jrurstud.2019.10.009" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02559016v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Vaillant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Raton" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Blanquart" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inno.pr1.0018" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608442v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jie.pr1.0014" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01814368v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601659v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Zeroual" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601457v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonora Morganti" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.9581" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-G03731SZ-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00962231v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.10054" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04646259v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Wallet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Raimbert" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenaelle Raton" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703965v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03759693v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03756673v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Le Velly" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707363v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03511157v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03511163v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03511149v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03154889v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Wallet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03511138v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786619v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786668v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608214v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606464v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603334v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795685v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605731v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Plumecocq" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01485200v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01478795v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795689v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799868v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01176784v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795686v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Zogall" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01073035v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01073463v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01073470v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601418v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01176785v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00614963v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ligdwine Vandenbossche" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Kebir" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Petit" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04622959v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/logistiques-circuits-courts-relocalisation" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03727642v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elienay Dutra" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Blancheteau" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/7vaf-cx17" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03701167v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Arthur" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Landry Devin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Luzi" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Choisis" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/8131-qp85" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785875v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Filippi" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02071899v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre del Corso" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Duru" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-01953-2.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-01953-2_7" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786678v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Milou" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790174v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Z&#233;roual" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.springer.com/us/book/9783319710358" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03644481v2" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Merville" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03756330v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03868491v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Moran" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03646744v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Levy" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Navereau" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Suarez-Moya" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03644487v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791709v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Audouin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Eric Bergez" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Philippe Choisis" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.51922370939024E12" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03980624v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Michel" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire N&#233;el" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758034v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Gaillard" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758006v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01930158v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelie Goncalves" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Loeuilleux" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797480v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798376v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Tellier" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-01176056v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02805926v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03578538v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Labrouche" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04159085v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Urdy" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Edwards" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05028627v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Gon&#231;alves" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Ferru" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13j72" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04841345v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Duvernoy" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Jarrige" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jrurstud.2024.103489" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05028618v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13j79" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04420591v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiago Teixeira da Silva Siqueira" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melise Dantas Machado Bouroullec" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Mur" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34746/cahierscostech179" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03191685v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Galliano" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Triboulet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09654313.2021.1902947" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03644828v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Arnaud" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Chateau Terrisse" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2022-vol86-art25" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03356558v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Bourdin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09654313.2021.1973174" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02437627v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Goncalves" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jrurstud.2019.10.009" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02559016v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Vaillant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Raton" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Blanquart" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inno.pr1.0018" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608442v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jie.pr1.0014" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01814368v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601659v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Zeroual" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601457v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonora Morganti" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.9581" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-G03731SZ-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00962231v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.10054" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04646259v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Wallet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Raimbert" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenaelle Raton" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703965v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707363v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03759693v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03756673v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Le Velly" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03511157v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03511163v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03511149v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03154889v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Wallet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03511138v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786619v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786668v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608214v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606464v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01478795v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01485200v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603334v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795685v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605731v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Plumecocq" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795689v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799868v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01176784v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795686v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Zogall" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01073035v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01073463v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01073470v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601418v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01176785v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00614963v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ligdwine Vandenbossche" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Kebir" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Petit" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04622959v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/logistiques-circuits-courts-relocalisation" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03727642v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elienay Dutra" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Blancheteau" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/7vaf-cx17" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785875v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Filippi" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03701167v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Arthur" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Landry Devin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Luzi" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Choisis" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/8131-qp85" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02071899v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre del Corso" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Duru" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-01953-2.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-01953-2_7" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786678v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Milou" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790174v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Z&#233;roual" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.springer.com/us/book/9783319710358" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03644481v2" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Merville" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03756330v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03868491v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Moran" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03646744v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Levy" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Navereau" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Suarez-Moya" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03644487v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791709v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Audouin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Eric Bergez" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Philippe Choisis" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.51922370939024E12" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03980624v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Michel" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire N&#233;el" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758034v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Gaillard" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758006v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01930158v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelie Goncalves" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Loeuilleux" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797480v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798376v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Tellier" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-01176056v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02805926v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03578538v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Labrouche" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04159085v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Urdy" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Edwards" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>