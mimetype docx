--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -308,51 +308,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03795395v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Global solution of Quadratic Problems by Interval Methods and Convex Relaxations</w:t>
+                <w:t xml:space="preserve">Global solution of quadratic problems using interval methods and convex relaxations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sourour Elloumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Lambert</w:t>
@@ -1682,630 +1682,643 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01125718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (42)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (43)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interval Observer for Battery and Motor Circuit Model of Electric Vehicles</w:t>
+                <w:t xml:space="preserve">Energy-Efficient Function Chaining and Assignment for In-Network Learning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thach Ngoc Dinh</w:t>
+                <w:t xml:space="preserve">Garance Gérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wissam Khennoune</w:t>
+                <w:t xml:space="preserve">Patient Ntumba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Safia Kedad-Sidhoum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Moze</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nancy Perrot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Advanced Robotics, Control, and Artificial Intelligence</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">INOC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2026, Liege/Belgium, Belgium</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05081996v1</w:t>
+                <w:t xml:space="preserve">hal-05556870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A piecewise-quadratic convexification for exactly solving box-constrained quadratic programs</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Interval Observer for Battery and Motor Circuit Model of Electric Vehicles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thach Ngoc Dinh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wissam Khennoune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Daniel Cosmin Porumbel</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Moze</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">WCGO 2023 - The 2023 World Congress on Global Optimization</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Conference on Advanced Robotics, Control, and Artificial Intelligence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2024, Perth, Australia. pp.451-463, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-981-96-5373-7_38⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04101939v1</w:t>
+                <w:t xml:space="preserve">hal-05081996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sous-estimateurs Quadratiques convexes par morceaux pour les problèmes d'optimisation quadratique</w:t>
+                <w:t xml:space="preserve">A piecewise-quadratic convexification for exactly solving box-constrained quadratic programs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Cosmin Porumbel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24ème congrès annuel ROADEF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française de Recherche Opérationnelle et d'Aide à la Décision, Feb 2023, Rennes, France</w:t>
+              <w:t xml:space="preserve">WCGO 2023 - The 2023 World Congress on Global Optimization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Athens, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03941474v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04101939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exact solution of the OPF problem based on compact quadratically constrained convex relaxation</w:t>
+                <w:t xml:space="preserve">Sous-estimateurs Quadratiques convexes par morceaux pour les problèmes d'optimisation quadratique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Cosmin Porumbel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">32nd European Conference on Operational Research (EURO 2022)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Espoo, Finland</w:t>
+              <w:t xml:space="preserve">24ème congrès annuel ROADEF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française de Recherche Opérationnelle et d'Aide à la Décision, Feb 2023, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03699822v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03941474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisations d'arbres de décision optimaux</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Exact solution of the OPF problem based on compact quadratically constrained convex relaxation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Lambert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23ème congrès annuel de la société Française de Recherche Opérationnelle et d'Aide à la Décision (ROADEF 22)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2022, Lyon, France</w:t>
+              <w:t xml:space="preserve">32nd European Conference on Operational Research (EURO 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Espoo, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03699842v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03699822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quadratic reformulations for the optimization of pseudo-boolean functions</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sourour Elloumi</w:t>
+                <w:t xml:space="preserve">Modélisations d'arbres de décision optimaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zacharie Alès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Huré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Lambert</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elisabeth Rodriguez-Heck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on Artificial Intelligence and Mathematics ISAIM 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2022, Fort Lauderdale, United States</w:t>
+              <w:t xml:space="preserve">23ème congrès annuel de la société Française de Recherche Opérationnelle et d'Aide à la Décision (ROADEF 22)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03537270v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03699842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New optimization models for optimal classification trees</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zacharie Alès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2334,631 +2347,618 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">32nd European Conference on Operational Research (EURO 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Espoo, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03699834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Construction d'arbres de décision optimaux</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Zacharie Alès</w:t>
+                <w:t xml:space="preserve">Quadratic reformulations for the optimization of pseudo-boolean functions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Crama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sourour Elloumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Rodriguez-Heck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23ème congrès annuel de la Société Française de Recherche Opérationnelle et d'Aide à la Décision</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INSA Lyon, Feb 2022, Villeurbanne - Lyon, France</w:t>
+              <w:t xml:space="preserve">International Symposium on Artificial Intelligence and Mathematics ISAIM 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2022, Fort Lauderdale, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03595268v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03537270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Global Solution of Quadratic Problems by Interval Methods and Convex Reformulation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sourour Elloumi</w:t>
+                <w:t xml:space="preserve">Construction d'arbres de décision optimaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Huré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zacharie Alès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Lambert</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gilles Trombettoni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">HUGO 2022 - 15th Workshop on Global Optimization</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Szeged, Hungary</w:t>
+              <w:t xml:space="preserve">23ème congrès annuel de la Société Française de Recherche Opérationnelle et d'Aide à la Décision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INSA Lyon, Feb 2022, Villeurbanne - Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03699921v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03595268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Novel Approach Towards Global Optimality of Optimal Power Flow Using Quadratic Convex Optimization</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Global Solution of Quadratic Problems by Interval Methods and Convex Reformulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sourour Elloumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Manuel Ruiz</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Neveu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Trombettoni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th International Conference on Control, Decision and Information Technologies (CoDIT)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">HUGO 2022 - 15th Workshop on Global Optimization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Szeged, Hungary</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/CoDIT.2019.8820584⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02065034v2</w:t>
+                <w:t xml:space="preserve">hal-03699921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Semidefinite programming relaxations through quadratic reformulation for box-constrained polynomial optimization problems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Novel Approach Towards Global Optimality of Optimal Power Flow Using Quadratic Convex Optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hadrien Godard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sourour Elloumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Lazare</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Maeght</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Ruiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2019 6th International Conference on Control, Decision and Information Technologies (CoDIT)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/CoDIT.2019.8820690⟩</w:t>
+              <w:t xml:space="preserve">6th International Conference on Control, Decision and Information Technologies (CoDIT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/CoDIT.2019.8820584⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02455410v1</w:t>
+                <w:t xml:space="preserve">hal-02065034v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solving Alternative Current Optimal Power Flow to Global Optimality with Quadratic Reformulation Using Semi-Definite Programming and Branch-and-Bound</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Semidefinite programming relaxations through quadratic reformulation for box-constrained polynomial optimization problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sourour Elloumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Manuel Ruiz</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Lazare</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PGMO days</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2019 6th International Conference on Control, Decision and Information Technologies (CoDIT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Paris, France. pp.1498-1503, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/CoDIT.2019.8820690⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02455486v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02455410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quadratisation et reformulation convexe pour les polynômes de variables binaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sourour Elloumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2987,2794 +2987,2915 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ROADEF 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2019, Le Havre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02455585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Impact of Quadratization in Convexification-Based Resolution of Polynomial Binary Optimization</w:t>
+                <w:t xml:space="preserve">Solving Alternative Current Optimal Power Flow to Global Optimality with Quadratic Reformulation Using Semi-Definite Programming and Branch-and-Bound</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sourour Elloumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Elisabeth Rodriguez-Heck</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hadrien Godard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Maeght</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Ruiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PGMO days</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2019, Palaiseau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02455497v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02455486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Résolution du problème de suites binaires avec faible autocorrélation à l'aide d'une reformulation quadratique convexe</w:t>
+                <w:t xml:space="preserve">The Impact of Quadratization in Convexification-Based Resolution of Polynomial Binary Optimization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sourour Elloumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Lazare</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Rodriguez-Heck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ROADEF 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2018, Lorient, France</w:t>
+              <w:t xml:space="preserve">PGMO days</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2019, Palaiseau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02455573v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02455497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unconstrained 0-1 polynomial optimization through convex quadratic reformulation</w:t>
+                <w:t xml:space="preserve">Résolution du problème de suites binaires avec faible autocorrélation à l'aide d'une reformulation quadratique convexe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sourour Elloumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Lazare</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISMP 18</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">ROADEF 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2018, Lorient, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02455578v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02455573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valid inequalities for QCQPs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Lambert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISMP 18</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02455582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solve Alternative Current Optimal Power Flow to global optimality</w:t>
+                <w:t xml:space="preserve">Unconstrained 0-1 polynomial optimization through convex quadratic reformulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sourour Elloumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Manuel Ruiz</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Lazare</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISMP 18</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2018, bordeaux, France</w:t>
+              <w:t xml:space="preserve">, Jul 2018, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02455551v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02455578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reformulation Quadratique Convexe Pour l'Optimisation des Flux de Puissance</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId73" w:history="1">
+                <w:t xml:space="preserve">Solve Alternative Current Optimal Power Flow to global optimality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sourour Elloumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hadrien Godard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Maeght</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Ruiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ROADEF 17</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2017, Metz, France</w:t>
+              <w:t xml:space="preserve">ISMP 18</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02455536v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02455551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Global optimisation of binary polynomial programs</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Reformulation Quadratique Convexe Pour l'Optimisation des Flux de Puissance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hadrien Godard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sourour Elloumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Lazare</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Maeght</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Ruiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PGMO Days</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, Palaiseau, France</w:t>
+              <w:t xml:space="preserve">ROADEF 17</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2017, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02455515v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02455536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimisation du maillage électrique du parc éoliennes off-shore – projet Stationis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Egor Gladkikh</w:t>
+                <w:t xml:space="preserve">Global optimisation of binary polynomial programs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sourour Elloumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Marie-Christine Costa</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Lazare</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ROADEF 17</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2017, Metz, France</w:t>
+              <w:t xml:space="preserve">PGMO Days</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Palaiseau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02455568v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02455515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quadratic convex reformulation for partitioning problems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Optimisation du maillage électrique du parc éoliennes off-shore – projet Stationis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Egor Gladkikh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sourour Elloumi</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Faye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitri Watel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Costa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EUROPT 17</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2017, Montreal, Canada</w:t>
+              <w:t xml:space="preserve">ROADEF 17</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2017, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02455475v1</w:t>
+                <w:t xml:space="preserve">hal-02455568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solving Optimal Power Flow through reformulation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Quadratic convex reformulation for partitioning problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sourour Elloumi</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Manuel Ruiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th EUROPT Workshop on Advances in Continuous Optimization</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2017, montréal, Canada</w:t>
+              <w:t xml:space="preserve">EUROPT 17</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Montreal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01811347v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02455475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimisation de programmes polynomiaux en variables 0-1 et sans contraintes</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Solving Optimal Power Flow through reformulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sourour Elloumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hadien Godard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Lazare</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Maeght</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Ruiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ROADEF 17</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2017, Metz, France</w:t>
+              <w:t xml:space="preserve">15th EUROPT Workshop on Advances in Continuous Optimization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02455556v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01811347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reformulation quadratique convexe du problème d'affectation quadratique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Optimisation de programmes polynomiaux en variables 0-1 et sans contraintes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia d'Ambrosio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sourour Elloumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Lazare</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ROADEF 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2016, Compiègne, France</w:t>
+              <w:t xml:space="preserve">ROADEF 17</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2017, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02455448v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02455556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Global solution of mixed-integer polynomial optimization problems through quadratic reformulation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Reformulation quadratique convexe du problème d'affectation quadratique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sourour Elloumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Lambert</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Lazare</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PGMO days</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2016, Palaiseau, France</w:t>
+              <w:t xml:space="preserve">ROADEF 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2016, Compiègne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02455461v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02455448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of Quadratic Convex Reformulations to Solve the Quadratic Assignment Problem</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Global solution of mixed-integer polynomial optimization problems through quadratic reformulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sourour Elloumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Amélie Lambert</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia d'Ambrosio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Lazare</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">cocoa 2016</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">PGMO days</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Palaiseau, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01500220v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02455461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Global Solution of General Quadratic Programs</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comparison of Quadratic Convex Reformulations to Solve the Quadratic Assignment Problem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sourour Elloumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Lambert</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alain Billionnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISMP 15</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">cocoa 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Hong Kong, China. pp.726-734, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-48749-6_54⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02455441v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01500220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recent advances in solving some optimization problems in graphs by quadratic programming</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Global Solution of General Quadratic Programs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sourour Elloumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Amélie Lambert</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Billionnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ninth International Colloquium on Graphs and Optimization. GO IX</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2014, X, Italy. pp.1</w:t>
+              <w:t xml:space="preserve">ISMP 15</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Pittsburg, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01126525v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02455441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Convex reformulations of mixed-integer quadratically constrained programs</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Recent advances in solving some optimization problems in graphs by quadratic programming</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sourour Elloumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Lambert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EUROPT 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2013, Florence, Italy. pp.24</w:t>
+              <w:t xml:space="preserve">Ninth International Colloquium on Graphs and Optimization. GO IX</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, X, Italy. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01126271v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01126525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Global solution of mixed-integer quadratic programs through quadratic convex reformulation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Convex reformulations of mixed-integer quadratically constrained programs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Billionnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sourour Elloumi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alain Billionnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Lambert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EURO XXVI</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2013, ROME, Italy. pp.91</w:t>
+              <w:t xml:space="preserve">EUROPT 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Florence, Italy. pp.24</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01126261v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01126271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quadratic convex reformulation for graph partitionning problems</w:t>
+                <w:t xml:space="preserve">Global solution of mixed-integer quadratic programs through quadratic convex reformulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sourour Elloumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Billionnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Lambert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IFIP TC 7 / 2013 System Modelling and Optimization</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2013, Klagenfurt, Austria. pp.1</w:t>
+              <w:t xml:space="preserve">EURO XXVI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, ROME, Italy. pp.91</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01126262v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01126261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new Branch and Bound algorithm for MIQPs</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Quadratic convex reformulation for graph partitionning problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sourour Elloumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Lambert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EURO 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2012, Vilnius, Liechtenstein. pp.57</w:t>
+              <w:t xml:space="preserve">IFIP TC 7 / 2013 System Modelling and Optimization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Klagenfurt, Austria. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01126099v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01126262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Convex reformulations of Integer Quadratically Constrained Problems</w:t>
+                <w:t xml:space="preserve">A new Branch and Bound algorithm for MIQPs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Billionnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sourour Elloumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Lambert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISMP (21th International Symposium of Mathematical programming)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2012, Berlin, Germany. 1 page</w:t>
+              <w:t xml:space="preserve">EURO 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Vilnius, Liechtenstein. pp.57</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01126039v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01126099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A solution method for quadratically constrained integer problems</w:t>
+                <w:t xml:space="preserve">Convex reformulations of Integer Quadratically Constrained Problems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Billionnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sourour Elloumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Lambert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optimization 2011, Lisbon, Portugal.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2011, X, France. pp.64</w:t>
+              <w:t xml:space="preserve">ISMP (21th International Symposium of Mathematical programming)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2012, Berlin, Germany. 1 page</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01125963v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01126039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solving a general mixed-integer quadratic problem through convex reformulation : a computational study</w:t>
+                <w:t xml:space="preserve">A solution method for quadratically constrained integer problems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Billionnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sourour Elloumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Lambert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EWMINLP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2010, Marseille, France</w:t>
+              <w:t xml:space="preserve">Optimization 2011, Lisbon, Portugal.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2011, X, France. pp.64</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02455431v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01125963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reformulation convexe des programmes quadratiques entiers : un algorithme de Branch and Bound fondé sur la structure du problème reformulé</w:t>
+                <w:t xml:space="preserve">Solving a general mixed-integer quadratic problem through convex reformulation : a computational study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Billionnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sourour Elloumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Lambert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ROADEF 10, 11?me congr?s annuel de la Soci?t? fran?aise de Recherche Op?rationnelle et d?Aide ? la D?cision</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2010, Toulouse, France. 2 p</w:t>
+              <w:t xml:space="preserve">EWMINLP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2010, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01125730v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02455431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Convex reformulations for integer quadratic programs</w:t>
+                <w:t xml:space="preserve">Reformulation convexe des programmes quadratiques entiers : un algorithme de Branch and Bound fondé sur la structure du problème reformulé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Billionnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sourour Elloumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Lambert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20th International Symposium of Mathematical programming (ISMP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2009, Chicago, United States. pp.115</w:t>
+              <w:t xml:space="preserve">ROADEF 10, 11?me congr?s annuel de la Soci?t? fran?aise de Recherche Op?rationnelle et d?Aide ? la D?cision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2010, Toulouse, France. 2 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01125634v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01125730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Résolution de programmes quadratiques en nombres entiers par reformulation convexe</w:t>
+                <w:t xml:space="preserve">Convex reformulations for integer quadratic programs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Billionnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sourour Elloumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Lambert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JPOC 6 (Journ?es Poly?dres et Optimisation Combinatoire)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2009, Bordeaux, France. pp.15-18</w:t>
+              <w:t xml:space="preserve">20th International Symposium of Mathematical programming (ISMP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2009, Chicago, United States. pp.115</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01125633v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01125634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Convex reformulations for binary quadratic programs</w:t>
+                <w:t xml:space="preserve">Résolution de programmes quadratiques en nombres entiers par reformulation convexe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Billionnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sourour Elloumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Lambert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EURO 2009, 23rd European Conference on Operational Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2009, Bonn, Germany. pp.47</w:t>
+              <w:t xml:space="preserve">JPOC 6 (Journ?es Poly?dres et Optimisation Combinatoire)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, Bordeaux, France. pp.15-18</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01125632v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01125633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linear Reformulations of Integer Quadratic Programs</w:t>
+                <w:t xml:space="preserve">Convex reformulations for binary quadratic programs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Billionnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sourour Elloumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Lambert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MCO'08, 2nd international conference on Modelling, Computation and Optimization in Information Systems and Management Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2008, Metz, France. pp.43-51</w:t>
+              <w:t xml:space="preserve">EURO 2009, 23rd European Conference on Operational Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2009, Bonn, Germany. pp.47</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01125562v1</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01125632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linear Reformulations of Integer Quadratic Programs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Billionnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sourour Elloumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MCO'08, 2nd international conference on Modelling, Computation and Optimization in Information Systems and Management Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2008, Metz, France. pp.43-51</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01125562v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparaison de reformulations linéaires de programmes quadratiques en nombres entiers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Billionnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5803,51 +5924,51 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ROADEF'08, 9?me Congr?s de la Soci?t? Fran?aise de Recherche Op?rationnelle et d?Aide ? la D?cision</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2008, Clermont-Ferrand, France. pp.71-72</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01125408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5857,51 +5978,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solving a general mixed-integer quadratic problem through convex reformulation : a computational study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Billionnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5930,51 +6051,51 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Workshop on Mixed Integer Nonlinear Programming</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2010, X, Morocco. pp.197-204, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01126137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5984,147 +6105,147 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Informatique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joelle Delacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Barthélemy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Gil-Michalon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Dunod, 2017, Fluoresciences, 3257227892</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01568651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6134,51 +6255,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polynomial Optimization by Quadratization and Convexification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6187,87 +6308,87 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Cosmin Porumbel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05487821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clustering data for the Optimal Classication Tree Problem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zacharie Ales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Huré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6275,51 +6396,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Lambert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04589656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6329,100 +6450,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Résolution de programmes quadratiques en nombres entiers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Lambert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Recherche opérationnelle [math.OC]. Conservatoire National des Arts et Métiers (CNAM), 2009. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02459253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6432,91 +6553,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exact solutions of polynomial programs through quadratic convex reformulations: theory and applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Lambert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Combinatorics [math.CO]. Conservatoire National des Arts et Métiers, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03443199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6526,291 +6647,291 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solver of Mixed-Integer Quadratic Programs (SMIQP)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Lambert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Logiciel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03179987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">General mixed-integer quadratically constrained problem instances</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Lambert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Logiciel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03184136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">General mixed-integer quadratic problem instances</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Lambert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Logiciel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03184140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">k-cluster or densest subgraph problem instances</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Lambert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Logiciel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03268779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId133"/>
+      <w:footerReference w:type="default" r:id="rId138"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -6957,51 +7078,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04582848v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Lambert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Cosmin Porumbel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-025-01513-5" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03795395v2" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Crama" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sourour Elloumi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Rodr&#237;guez-Heck" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10878-025-01334-y" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016716v2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Neveu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Trombettoni" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-024-01370-8" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865931v2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zacharie Al&#232;s" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Hur&#233;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cor.2023.106515" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03266868v2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cor.2024.106626" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016403v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10556788.2022.2157002" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016397v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhongzhu Chen" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcia Fampa" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon Lee" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10107-020-01588-w" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03907993v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Furini" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas L&#233;tocart" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Liberti" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiliano Traversi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dam.2021.03.022" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01872996v4" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Lazare" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-020-00972-2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01811322v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10556788.2017.1350675" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01811329v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Billionnet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelika Wiegele" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1287/ijoc.2016.0731" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02922683v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10107-015-0921-2" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01126210v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10878-012-9560-1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01126098v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10589-012-9474-y" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-616B5V83-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01125718v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10107-010-0381-7" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-Z5RP48FJ-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-05081996v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thach Ngoc Dinh" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wissam Khennoune" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Moze" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-96-5373-7_38" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04101939v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941474v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03699822v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03699842v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03537270v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Rodriguez-Heck" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03699834v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03595268v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03699921v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065034v2" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadrien Godard" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Maeght" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Ruiz" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CoDIT.2019.8820584" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455410v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CoDIT.2019.8820690" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455486v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455585v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455497v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455573v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455578v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455582v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455551v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455536v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455515v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455568v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Egor Gladkikh" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Faye" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Watel" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Costa" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455475v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01811347v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadien Godard" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455556v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia d'Ambrosio" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455448v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455461v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01500220v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-48749-6_54" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455441v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01126525v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01126271v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01126261v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01126262v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01126099v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01126039v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01125963v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455431v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01125730v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01125634v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01125633v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01125632v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01125562v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01125408v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01126137v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568651v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Delacroix" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Barth&#233;lemy" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Fournier" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gil-Michalon" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487821v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589656v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zacharie Ales" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02459253v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03443199v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03179987v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184136v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184140v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03268779v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04582848v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Lambert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Cosmin Porumbel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-025-01513-5" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03795395v2" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Crama" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sourour Elloumi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Rodr&#237;guez-Heck" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10878-025-01334-y" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016716v2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Neveu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Trombettoni" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-024-01370-8" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865931v2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zacharie Al&#232;s" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Hur&#233;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cor.2023.106515" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03266868v2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cor.2024.106626" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016403v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10556788.2022.2157002" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016397v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhongzhu Chen" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcia Fampa" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon Lee" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10107-020-01588-w" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03907993v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Furini" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas L&#233;tocart" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Liberti" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiliano Traversi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dam.2021.03.022" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01872996v4" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Lazare" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-020-00972-2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01811322v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10556788.2017.1350675" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01811329v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Billionnet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelika Wiegele" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1287/ijoc.2016.0731" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02922683v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10107-015-0921-2" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01126210v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10878-012-9560-1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01126098v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10589-012-9474-y" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-616B5V83-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01125718v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10107-010-0381-7" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-Z5RP48FJ-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05556870v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garance G&#233;rard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patient Ntumba" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safia Kedad-Sidhoum" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Perrot" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-05081996v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thach Ngoc Dinh" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wissam Khennoune" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Moze" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-96-5373-7_38" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04101939v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941474v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03699822v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03699842v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03699834v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03537270v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Rodriguez-Heck" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03595268v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03699921v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065034v2" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadrien Godard" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Maeght" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Ruiz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CoDIT.2019.8820584" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455410v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CoDIT.2019.8820690" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455585v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455486v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455497v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455573v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455582v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455578v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455551v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455536v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455515v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455568v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Egor Gladkikh" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Faye" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Watel" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Costa" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455475v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01811347v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadien Godard" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455556v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia d'Ambrosio" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455448v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455461v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01500220v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-48749-6_54" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455441v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01126525v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01126271v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01126261v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01126262v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01126099v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01126039v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01125963v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455431v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01125730v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01125634v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01125633v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01125632v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01125562v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01125408v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01126137v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568651v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Delacroix" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Barth&#233;lemy" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Fournier" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gil-Michalon" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487821v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589656v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zacharie Ales" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02459253v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03443199v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03179987v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184136v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184140v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03268779v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>