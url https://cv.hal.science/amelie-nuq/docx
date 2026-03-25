--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -3257,112 +3257,181 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Séparation familiale et répression politique : trois itinéraires biographiques d’enfants de ‘rouges’ dans l’Espagne de l’après-guerre civile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Nuq</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Enfants en guerre : « sans famille » dans les guerres du 20ème siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNRS Editions, pp.47-65, 2023, 978-2-271-14195-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04288081v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Autour d’un suicide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Nuq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Routines punitives. Les sanctions du quotidien, XIXe-XXe siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CNRS Editions, pp.375-379, 2023, 978-2-271-13311-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04288074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La mémoire des petits punitions en contexte post-dictatorial (Espagne et Allemagne de l'Est, fin XXe – début XXIe siècle)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Le Bonhomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3395,126 +3464,57 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Elsa Génard; Mathilde Rossigneux-Méheust. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Routines punitives. Les sanctions du quotidien, XIXe-XXe siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CNRS Éditions, pp.311-327, 2023, 978-2-271-13311-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04486677v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">halshs-04288081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scandale en maison de redressement</w:t>
               </w:r>
@@ -4655,51 +4655,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04911989v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Salmon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Baby" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Godicheau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Nuq" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Rousselot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vin.161.0075" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04288105v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/02656914231216298" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04288108v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhei.021.0129" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01744401v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rhei.4098" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01416853v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/hp.029.0171" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01744409v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01744414v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rhei.3739" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01416851v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rhei.3773" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01213428v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ving.127.0165" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01252662v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/histoire-education.2850" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01213457v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rhei.3230" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01213500v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/traces.5037" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01213467v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rives.4072" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01213508v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/framespa.710" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04288114v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04288162v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Thivend" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04194343v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03969715v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Favier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04288156v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04288159v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Vaquero Lecuona" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518492v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04288163v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04288164v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02288587v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02288588v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04288154v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04288115v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01980861v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Le Bonhomme" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Gimenez" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01980886v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01980880v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01980873v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Yvorel" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997348v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01213414v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997338v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997343v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997341v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01213444v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997344v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997347v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04779446v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04288074v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04486677v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04288081v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04288071v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04288086v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03793148v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04288087v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04288089v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03508242v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03138690v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01980840v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01357161v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03808584v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Regnard" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01213486v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01213449v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.cvz.24029" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01213642v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04911989v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Salmon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Baby" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Godicheau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Nuq" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Rousselot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vin.161.0075" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04288105v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/02656914231216298" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04288108v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhei.021.0129" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01744401v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rhei.4098" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01416853v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/hp.029.0171" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01744409v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01744414v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rhei.3739" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01416851v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rhei.3773" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01213428v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ving.127.0165" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01252662v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/histoire-education.2850" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01213457v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rhei.3230" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01213500v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/traces.5037" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01213467v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rives.4072" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01213508v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/framespa.710" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04288114v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04288162v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Thivend" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04194343v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03969715v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Favier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04288156v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04288159v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Vaquero Lecuona" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518492v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04288163v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04288164v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02288587v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02288588v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04288154v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04288115v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01980861v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Le Bonhomme" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Gimenez" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01980886v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01980880v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01980873v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Yvorel" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997348v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01213414v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997338v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997343v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997341v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01213444v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997344v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997347v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04779446v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04288081v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04288074v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04486677v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04288071v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04288086v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03793148v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04288087v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04288089v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03508242v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03138690v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01980840v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01357161v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03808584v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Regnard" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01213486v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01213449v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.cvz.24029" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01213642v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>